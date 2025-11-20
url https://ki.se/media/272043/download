--- v0 (2025-10-08)
+++ v1 (2025-11-20)
@@ -6,56 +6,56 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="6" lowestEdited="5" rupBuild="14420"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="L:\gabimr\Administration LCI\Microscope documents\Tweety\"/>
     </mc:Choice>
   </mc:AlternateContent>
   <bookViews>
-    <workbookView xWindow="0" yWindow="0" windowWidth="38400" windowHeight="19140"/>
+    <workbookView xWindow="0" yWindow="0" windowWidth="17250" windowHeight="19560"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet2" sheetId="2" r:id="rId1"/>
   </sheets>
-  <calcPr calcId="162913"/>
+  <calcPr calcId="152511"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="68" uniqueCount="44">
   <si>
     <t>EXCITATION SPECTRA</t>
   </si>
   <si>
     <t>EMISSION SPECTRA</t>
   </si>
   <si>
@@ -735,57 +735,57 @@
       <t>Where does the</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve"> 685/40 </t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>filter start and end?</t>
     </r>
   </si>
   <si>
-    <t>Tweety: widefield, spinning disk and DeepSIM</t>
+    <t xml:space="preserve">Tweety: widefield, spinning disk </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <fonts count="2" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="15">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
@@ -1569,59 +1569,50 @@
     </xf>
     <xf numFmtId="0" fontId="0" fillId="10" borderId="41" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="10" borderId="42" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="11" borderId="32" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="11" borderId="41" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="12" borderId="41" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="13" borderId="41" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="7" borderId="42" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="14" borderId="41" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="4" borderId="32" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
-[...7 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="90" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="90" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="90" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="90" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="90" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
@@ -1643,50 +1634,59 @@
       <alignment horizontal="center" vertical="center" textRotation="90" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="90" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="90" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="4" borderId="32" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="4" borderId="33" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="4" borderId="34" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FFC0D34D"/>
       <color rgb="FFFF5757"/>
       <color rgb="FFDE0000"/>
       <color rgb="FFFF8585"/>
       <color rgb="FF63CF51"/>
       <color rgb="FF90A7E8"/>
       <color rgb="FFFB9393"/>
       <color rgb="FFF9CBC7"/>
       <color rgb="FFFADD8A"/>
       <color rgb="FFFBF389"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
@@ -1973,557 +1973,557 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:H857"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
-      <selection sqref="A1:C1"/>
+      <selection activeCell="C54" sqref="C54"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="2" width="9.28515625" style="1"/>
     <col min="3" max="3" width="107.28515625" style="1" customWidth="1"/>
     <col min="4" max="6" width="9.28515625" style="1"/>
     <col min="7" max="7" width="9.28515625" style="21"/>
     <col min="8" max="8" width="9.28515625" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A1" s="58" t="s">
+      <c r="A1" s="55" t="s">
         <v>43</v>
       </c>
-      <c r="B1" s="59"/>
-      <c r="C1" s="60"/>
+      <c r="B1" s="56"/>
+      <c r="C1" s="57"/>
       <c r="D1" s="9" t="s">
         <v>5</v>
       </c>
       <c r="E1" s="10" t="s">
         <v>6</v>
       </c>
       <c r="F1" s="10" t="s">
         <v>7</v>
       </c>
       <c r="G1" s="24" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A2" s="72" t="s">
+      <c r="A2" s="69" t="s">
         <v>17</v>
       </c>
-      <c r="B2" s="73"/>
+      <c r="B2" s="70"/>
       <c r="C2" s="11" t="s">
         <v>20</v>
       </c>
       <c r="D2" s="4"/>
       <c r="G2" s="25"/>
     </row>
     <row r="3" spans="1:7" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A3" s="74"/>
-      <c r="B3" s="75"/>
+      <c r="A3" s="71"/>
+      <c r="B3" s="72"/>
       <c r="C3" s="23" t="s">
         <v>21</v>
       </c>
       <c r="D3" s="8"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
       <c r="G3" s="26"/>
     </row>
     <row r="4" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A4" s="74"/>
-      <c r="B4" s="75"/>
+      <c r="A4" s="71"/>
+      <c r="B4" s="72"/>
       <c r="C4" s="23" t="s">
         <v>22</v>
       </c>
       <c r="D4" s="4"/>
       <c r="G4" s="25"/>
     </row>
     <row r="5" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A5" s="76"/>
-      <c r="B5" s="77"/>
+      <c r="A5" s="73"/>
+      <c r="B5" s="74"/>
       <c r="C5" s="23" t="s">
         <v>23</v>
       </c>
       <c r="D5" s="15"/>
       <c r="E5" s="16"/>
       <c r="F5" s="16"/>
       <c r="G5" s="27"/>
     </row>
     <row r="6" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A6" s="71" t="s">
+      <c r="A6" s="68" t="s">
         <v>0</v>
       </c>
-      <c r="B6" s="71" t="s">
+      <c r="B6" s="68" t="s">
         <v>9</v>
       </c>
       <c r="C6" s="31" t="s">
         <v>29</v>
       </c>
-      <c r="D6" s="55" t="s">
+      <c r="D6" s="77" t="s">
         <v>19</v>
       </c>
-      <c r="E6" s="56"/>
-[...1 lines deleted...]
-      <c r="G6" s="57"/>
+      <c r="E6" s="78"/>
+      <c r="F6" s="78"/>
+      <c r="G6" s="79"/>
     </row>
     <row r="7" spans="1:7" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A7" s="71"/>
-      <c r="B7" s="71"/>
+      <c r="A7" s="68"/>
+      <c r="B7" s="68"/>
       <c r="C7" s="32" t="s">
         <v>30</v>
       </c>
       <c r="D7" s="33"/>
       <c r="E7" s="34"/>
       <c r="F7" s="34"/>
       <c r="G7" s="35"/>
     </row>
     <row r="8" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A8" s="71"/>
-      <c r="B8" s="71"/>
+      <c r="A8" s="68"/>
+      <c r="B8" s="68"/>
       <c r="C8" s="36" t="s">
         <v>31</v>
       </c>
-      <c r="D8" s="55" t="s">
+      <c r="D8" s="77" t="s">
         <v>19</v>
       </c>
-      <c r="E8" s="56"/>
-[...1 lines deleted...]
-      <c r="G8" s="57"/>
+      <c r="E8" s="78"/>
+      <c r="F8" s="78"/>
+      <c r="G8" s="79"/>
     </row>
     <row r="9" spans="1:7" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A9" s="71"/>
-      <c r="B9" s="71"/>
+      <c r="A9" s="68"/>
+      <c r="B9" s="68"/>
       <c r="C9" s="36" t="s">
         <v>30</v>
       </c>
       <c r="D9" s="33"/>
       <c r="E9" s="34"/>
       <c r="F9" s="34"/>
       <c r="G9" s="35"/>
     </row>
     <row r="10" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A10" s="71"/>
-      <c r="B10" s="71"/>
+      <c r="A10" s="68"/>
+      <c r="B10" s="68"/>
       <c r="C10" s="37" t="s">
         <v>32</v>
       </c>
-      <c r="D10" s="55" t="s">
+      <c r="D10" s="77" t="s">
         <v>19</v>
       </c>
-      <c r="E10" s="56"/>
-[...1 lines deleted...]
-      <c r="G10" s="57"/>
+      <c r="E10" s="78"/>
+      <c r="F10" s="78"/>
+      <c r="G10" s="79"/>
     </row>
     <row r="11" spans="1:7" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A11" s="71"/>
-      <c r="B11" s="71"/>
+      <c r="A11" s="68"/>
+      <c r="B11" s="68"/>
       <c r="C11" s="37" t="s">
         <v>30</v>
       </c>
       <c r="D11" s="33"/>
       <c r="E11" s="34"/>
       <c r="F11" s="34"/>
       <c r="G11" s="35"/>
     </row>
     <row r="12" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A12" s="71"/>
-      <c r="B12" s="71"/>
+      <c r="A12" s="68"/>
+      <c r="B12" s="68"/>
       <c r="C12" s="38" t="s">
         <v>33</v>
       </c>
-      <c r="D12" s="55" t="s">
+      <c r="D12" s="77" t="s">
         <v>19</v>
       </c>
-      <c r="E12" s="56"/>
-[...1 lines deleted...]
-      <c r="G12" s="57"/>
+      <c r="E12" s="78"/>
+      <c r="F12" s="78"/>
+      <c r="G12" s="79"/>
     </row>
     <row r="13" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A13" s="71"/>
-      <c r="B13" s="71"/>
+      <c r="A13" s="68"/>
+      <c r="B13" s="68"/>
       <c r="C13" s="39" t="s">
         <v>30</v>
       </c>
       <c r="D13" s="40"/>
       <c r="E13" s="41"/>
       <c r="F13" s="41"/>
       <c r="G13" s="42"/>
     </row>
     <row r="14" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A14" s="71"/>
-      <c r="B14" s="71"/>
+      <c r="A14" s="68"/>
+      <c r="B14" s="68"/>
       <c r="C14" s="43" t="s">
         <v>34</v>
       </c>
-      <c r="D14" s="55" t="s">
+      <c r="D14" s="77" t="s">
         <v>19</v>
       </c>
-      <c r="E14" s="56"/>
-[...1 lines deleted...]
-      <c r="G14" s="57"/>
+      <c r="E14" s="78"/>
+      <c r="F14" s="78"/>
+      <c r="G14" s="79"/>
     </row>
     <row r="15" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A15" s="71"/>
-      <c r="B15" s="71"/>
+      <c r="A15" s="68"/>
+      <c r="B15" s="68"/>
       <c r="C15" s="44" t="s">
         <v>30</v>
       </c>
       <c r="D15" s="40"/>
       <c r="E15" s="41"/>
       <c r="F15" s="41"/>
       <c r="G15" s="42"/>
     </row>
     <row r="16" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A16" s="71"/>
-      <c r="B16" s="71"/>
+      <c r="A16" s="68"/>
+      <c r="B16" s="68"/>
       <c r="C16" s="45" t="s">
         <v>35</v>
       </c>
-      <c r="D16" s="55" t="s">
+      <c r="D16" s="77" t="s">
         <v>19</v>
       </c>
-      <c r="E16" s="56"/>
-[...1 lines deleted...]
-      <c r="G16" s="57"/>
+      <c r="E16" s="78"/>
+      <c r="F16" s="78"/>
+      <c r="G16" s="79"/>
     </row>
     <row r="17" spans="1:8" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A17" s="71"/>
-      <c r="B17" s="71"/>
+      <c r="A17" s="68"/>
+      <c r="B17" s="68"/>
       <c r="C17" s="46" t="s">
         <v>30</v>
       </c>
       <c r="D17" s="40"/>
       <c r="E17" s="41"/>
       <c r="F17" s="41"/>
       <c r="G17" s="42"/>
     </row>
     <row r="18" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A18" s="71"/>
-      <c r="B18" s="71"/>
+      <c r="A18" s="68"/>
+      <c r="B18" s="68"/>
       <c r="C18" s="47" t="s">
         <v>36</v>
       </c>
-      <c r="D18" s="55" t="s">
+      <c r="D18" s="77" t="s">
         <v>19</v>
       </c>
-      <c r="E18" s="56"/>
-[...1 lines deleted...]
-      <c r="G18" s="57"/>
+      <c r="E18" s="78"/>
+      <c r="F18" s="78"/>
+      <c r="G18" s="79"/>
     </row>
     <row r="19" spans="1:8" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A19" s="71"/>
-      <c r="B19" s="71"/>
+      <c r="A19" s="68"/>
+      <c r="B19" s="68"/>
       <c r="C19" s="48" t="s">
         <v>30</v>
       </c>
       <c r="D19" s="40"/>
       <c r="E19" s="41"/>
       <c r="F19" s="41"/>
       <c r="G19" s="42"/>
     </row>
     <row r="20" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A20" s="72" t="s">
+      <c r="A20" s="69" t="s">
         <v>18</v>
       </c>
-      <c r="B20" s="73"/>
+      <c r="B20" s="70"/>
       <c r="C20" s="5" t="s">
         <v>10</v>
       </c>
       <c r="D20" s="8"/>
       <c r="E20" s="2"/>
       <c r="F20" s="2"/>
       <c r="G20" s="26"/>
     </row>
     <row r="21" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A21" s="74"/>
-      <c r="B21" s="75"/>
+      <c r="A21" s="71"/>
+      <c r="B21" s="72"/>
       <c r="C21" s="6" t="s">
         <v>11</v>
       </c>
       <c r="D21" s="4"/>
       <c r="G21" s="25"/>
     </row>
     <row r="22" spans="1:8" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A22" s="76"/>
-      <c r="B22" s="77"/>
+      <c r="A22" s="73"/>
+      <c r="B22" s="74"/>
       <c r="C22" s="7" t="s">
         <v>12</v>
       </c>
       <c r="D22" s="15"/>
       <c r="E22" s="16"/>
       <c r="F22" s="16"/>
       <c r="G22" s="27"/>
     </row>
     <row r="23" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A23" s="78" t="s">
+      <c r="A23" s="75" t="s">
         <v>1</v>
       </c>
-      <c r="B23" s="78" t="s">
+      <c r="B23" s="75" t="s">
         <v>2</v>
       </c>
       <c r="C23" s="49" t="s">
         <v>37</v>
       </c>
-      <c r="D23" s="55" t="s">
+      <c r="D23" s="77" t="s">
         <v>19</v>
       </c>
-      <c r="E23" s="56"/>
-[...1 lines deleted...]
-      <c r="G23" s="57"/>
+      <c r="E23" s="78"/>
+      <c r="F23" s="78"/>
+      <c r="G23" s="79"/>
       <c r="H23"/>
     </row>
     <row r="24" spans="1:8" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A24" s="71"/>
-      <c r="B24" s="71"/>
+      <c r="A24" s="68"/>
+      <c r="B24" s="68"/>
       <c r="C24" s="50" t="s">
         <v>38</v>
       </c>
       <c r="D24" s="20"/>
       <c r="E24" s="12"/>
       <c r="F24" s="12"/>
       <c r="G24" s="29"/>
     </row>
     <row r="25" spans="1:8" ht="14.65" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A25" s="71"/>
-      <c r="B25" s="71"/>
+      <c r="A25" s="68"/>
+      <c r="B25" s="68"/>
       <c r="C25" s="51" t="s">
         <v>39</v>
       </c>
-      <c r="D25" s="55" t="s">
+      <c r="D25" s="77" t="s">
         <v>19</v>
       </c>
-      <c r="E25" s="56"/>
-[...1 lines deleted...]
-      <c r="G25" s="57"/>
+      <c r="E25" s="78"/>
+      <c r="F25" s="78"/>
+      <c r="G25" s="79"/>
     </row>
     <row r="26" spans="1:8" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A26" s="71"/>
-      <c r="B26" s="71"/>
+      <c r="A26" s="68"/>
+      <c r="B26" s="68"/>
       <c r="C26" s="51" t="s">
         <v>24</v>
       </c>
       <c r="D26" s="20"/>
       <c r="E26" s="12"/>
       <c r="F26" s="12"/>
       <c r="G26" s="29"/>
     </row>
     <row r="27" spans="1:8" ht="14.65" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A27" s="71"/>
-      <c r="B27" s="71"/>
+      <c r="A27" s="68"/>
+      <c r="B27" s="68"/>
       <c r="C27" s="52" t="s">
         <v>40</v>
       </c>
-      <c r="D27" s="55" t="s">
+      <c r="D27" s="77" t="s">
         <v>19</v>
       </c>
-      <c r="E27" s="56"/>
-[...1 lines deleted...]
-      <c r="G27" s="57"/>
+      <c r="E27" s="78"/>
+      <c r="F27" s="78"/>
+      <c r="G27" s="79"/>
     </row>
     <row r="28" spans="1:8" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A28" s="71"/>
-      <c r="B28" s="71"/>
+      <c r="A28" s="68"/>
+      <c r="B28" s="68"/>
       <c r="C28" s="52" t="s">
         <v>24</v>
       </c>
       <c r="D28" s="20"/>
       <c r="E28" s="12"/>
       <c r="F28" s="12"/>
       <c r="G28" s="29"/>
     </row>
     <row r="29" spans="1:8" ht="14.65" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A29" s="71"/>
-      <c r="B29" s="71"/>
+      <c r="A29" s="68"/>
+      <c r="B29" s="68"/>
       <c r="C29" s="37" t="s">
         <v>25</v>
       </c>
-      <c r="D29" s="55" t="s">
+      <c r="D29" s="77" t="s">
         <v>19</v>
       </c>
-      <c r="E29" s="56"/>
-[...1 lines deleted...]
-      <c r="G29" s="57"/>
+      <c r="E29" s="78"/>
+      <c r="F29" s="78"/>
+      <c r="G29" s="79"/>
     </row>
     <row r="30" spans="1:8" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A30" s="71"/>
-      <c r="B30" s="71"/>
+      <c r="A30" s="68"/>
+      <c r="B30" s="68"/>
       <c r="C30" s="53" t="s">
         <v>24</v>
       </c>
       <c r="D30" s="20"/>
       <c r="E30" s="12"/>
       <c r="F30" s="12"/>
       <c r="G30" s="29"/>
     </row>
     <row r="31" spans="1:8" ht="14.65" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A31" s="71"/>
-      <c r="B31" s="71"/>
+      <c r="A31" s="68"/>
+      <c r="B31" s="68"/>
       <c r="C31" s="54" t="s">
         <v>41</v>
       </c>
-      <c r="D31" s="55" t="s">
+      <c r="D31" s="77" t="s">
         <v>19</v>
       </c>
-      <c r="E31" s="56"/>
-[...1 lines deleted...]
-      <c r="G31" s="57"/>
+      <c r="E31" s="78"/>
+      <c r="F31" s="78"/>
+      <c r="G31" s="79"/>
     </row>
     <row r="32" spans="1:8" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A32" s="71"/>
-      <c r="B32" s="71"/>
+      <c r="A32" s="68"/>
+      <c r="B32" s="68"/>
       <c r="C32" s="54" t="s">
         <v>24</v>
       </c>
       <c r="D32" s="20"/>
       <c r="E32" s="12"/>
       <c r="F32" s="12"/>
       <c r="G32" s="29"/>
     </row>
     <row r="33" spans="1:7" ht="14.65" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A33" s="71"/>
-      <c r="B33" s="71"/>
+      <c r="A33" s="68"/>
+      <c r="B33" s="68"/>
       <c r="C33" s="45" t="s">
         <v>42</v>
       </c>
-      <c r="D33" s="55" t="s">
+      <c r="D33" s="77" t="s">
         <v>19</v>
       </c>
-      <c r="E33" s="56"/>
-[...1 lines deleted...]
-      <c r="G33" s="57"/>
+      <c r="E33" s="78"/>
+      <c r="F33" s="78"/>
+      <c r="G33" s="79"/>
     </row>
     <row r="34" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A34" s="71"/>
-      <c r="B34" s="71"/>
+      <c r="A34" s="68"/>
+      <c r="B34" s="68"/>
       <c r="C34" s="45" t="s">
         <v>24</v>
       </c>
       <c r="D34" s="20"/>
       <c r="E34" s="12"/>
       <c r="F34" s="12"/>
       <c r="G34" s="29"/>
     </row>
     <row r="35" spans="1:7" ht="14.65" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A35" s="71"/>
-      <c r="B35" s="71"/>
+      <c r="A35" s="68"/>
+      <c r="B35" s="68"/>
       <c r="C35" s="47" t="s">
         <v>26</v>
       </c>
-      <c r="D35" s="55" t="s">
+      <c r="D35" s="77" t="s">
         <v>19</v>
       </c>
-      <c r="E35" s="56"/>
-[...1 lines deleted...]
-      <c r="G35" s="57"/>
+      <c r="E35" s="78"/>
+      <c r="F35" s="78"/>
+      <c r="G35" s="79"/>
     </row>
     <row r="36" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A36" s="79"/>
-      <c r="B36" s="79"/>
+      <c r="A36" s="76"/>
+      <c r="B36" s="76"/>
       <c r="C36" s="48" t="s">
         <v>24</v>
       </c>
       <c r="D36" s="20"/>
       <c r="E36" s="12"/>
       <c r="F36" s="12"/>
       <c r="G36" s="29"/>
     </row>
     <row r="37" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A37" s="67" t="s">
+      <c r="A37" s="64" t="s">
         <v>13</v>
       </c>
-      <c r="B37" s="68"/>
+      <c r="B37" s="65"/>
       <c r="C37" s="5" t="s">
         <v>28</v>
       </c>
       <c r="D37" s="17"/>
       <c r="E37" s="18"/>
       <c r="F37" s="18"/>
       <c r="G37" s="28"/>
     </row>
     <row r="38" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A38" s="69"/>
-      <c r="B38" s="70"/>
+      <c r="A38" s="66"/>
+      <c r="B38" s="67"/>
       <c r="C38" s="6" t="s">
         <v>27</v>
       </c>
       <c r="D38" s="19"/>
       <c r="G38" s="25"/>
     </row>
     <row r="39" spans="1:7" ht="17.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A39" s="61" t="s">
+      <c r="A39" s="58" t="s">
         <v>3</v>
       </c>
-      <c r="B39" s="62"/>
+      <c r="B39" s="59"/>
       <c r="C39" s="13" t="s">
         <v>4</v>
       </c>
       <c r="D39" s="17"/>
       <c r="E39" s="18"/>
       <c r="F39" s="18"/>
       <c r="G39" s="28"/>
     </row>
     <row r="40" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A40" s="63"/>
-      <c r="B40" s="64"/>
+      <c r="A40" s="60"/>
+      <c r="B40" s="61"/>
       <c r="C40" s="14" t="s">
         <v>14</v>
       </c>
       <c r="D40" s="19"/>
       <c r="G40" s="25"/>
     </row>
     <row r="41" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A41" s="63"/>
-      <c r="B41" s="64"/>
+      <c r="A41" s="60"/>
+      <c r="B41" s="61"/>
       <c r="C41" s="14" t="s">
         <v>16</v>
       </c>
       <c r="D41" s="19"/>
       <c r="G41" s="25"/>
     </row>
     <row r="42" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A42" s="65"/>
-      <c r="B42" s="66"/>
+      <c r="A42" s="62"/>
+      <c r="B42" s="63"/>
       <c r="C42" s="30" t="s">
         <v>15</v>
       </c>
       <c r="D42" s="20"/>
       <c r="E42" s="12"/>
       <c r="F42" s="12"/>
       <c r="G42" s="29"/>
     </row>
     <row r="43" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A43" s="3"/>
       <c r="B43" s="3"/>
       <c r="C43" s="3"/>
       <c r="D43" s="3"/>
       <c r="E43" s="3"/>
       <c r="F43" s="3"/>
       <c r="G43" s="3"/>
     </row>
     <row r="44" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A44" s="3"/>
       <c r="B44" s="3"/>
       <c r="C44" s="3"/>
       <c r="D44" s="3"/>
       <c r="E44" s="3"/>
       <c r="F44" s="3"/>
       <c r="G44" s="3"/>
@@ -9825,73 +9825,73 @@
       <c r="D855" s="3"/>
       <c r="E855" s="3"/>
       <c r="F855" s="3"/>
       <c r="G855" s="3"/>
     </row>
     <row r="856" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A856" s="3"/>
       <c r="B856" s="3"/>
       <c r="C856" s="3"/>
       <c r="D856" s="3"/>
       <c r="E856" s="3"/>
       <c r="F856" s="3"/>
       <c r="G856" s="3"/>
     </row>
     <row r="857" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A857" s="2"/>
       <c r="B857" s="2"/>
       <c r="C857" s="2"/>
       <c r="D857" s="2"/>
       <c r="E857" s="2"/>
       <c r="F857" s="2"/>
       <c r="G857" s="22"/>
     </row>
   </sheetData>
   <mergeCells count="23">
+    <mergeCell ref="D16:G16"/>
+    <mergeCell ref="D18:G18"/>
+    <mergeCell ref="D6:G6"/>
+    <mergeCell ref="D8:G8"/>
+    <mergeCell ref="D10:G10"/>
+    <mergeCell ref="D12:G12"/>
+    <mergeCell ref="D14:G14"/>
+    <mergeCell ref="D33:G33"/>
+    <mergeCell ref="D35:G35"/>
+    <mergeCell ref="D23:G23"/>
+    <mergeCell ref="D25:G25"/>
+    <mergeCell ref="D27:G27"/>
+    <mergeCell ref="D29:G29"/>
+    <mergeCell ref="D31:G31"/>
     <mergeCell ref="A1:C1"/>
     <mergeCell ref="A39:B42"/>
     <mergeCell ref="A37:B38"/>
     <mergeCell ref="A6:A19"/>
     <mergeCell ref="B6:B19"/>
     <mergeCell ref="A2:B5"/>
     <mergeCell ref="A23:A36"/>
     <mergeCell ref="B23:B36"/>
     <mergeCell ref="A20:B22"/>
-    <mergeCell ref="D33:G33"/>
-[...12 lines deleted...]
-    <mergeCell ref="D14:G14"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" verticalDpi="0" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet2</vt:lpstr>
     </vt:vector>