--- v1 (2025-11-20)
+++ v2 (2026-03-03)
@@ -1,79 +1,67 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
-  <fileVersion appName="xl" lastEdited="6" lowestEdited="5" rupBuild="14420"/>
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="29628"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="L:\gabimr\Administration LCI\Microscope documents\Tweety\"/>
     </mc:Choice>
   </mc:AlternateContent>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{9F259649-7FDE-46A1-8A62-47DEF8FF3A72}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="0" yWindow="0" windowWidth="17250" windowHeight="19560"/>
+    <workbookView xWindow="0" yWindow="45" windowWidth="23025" windowHeight="21195" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet2" sheetId="2" r:id="rId1"/>
   </sheets>
   <calcPr calcId="152511"/>
-  <extLst>
-[...11 lines deleted...]
-  </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="68" uniqueCount="44">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="65" uniqueCount="43">
   <si>
     <t>EXCITATION SPECTRA</t>
   </si>
   <si>
     <t>EMISSION SPECTRA</t>
   </si>
   <si>
     <t>EMISSION FILTERS</t>
   </si>
   <si>
     <t>IMAGING STRATEGY</t>
   </si>
   <si>
     <t>Is this fluorophore expected to be much brighter (B) or dimmer (D) than the others or is this unknown (U)?</t>
   </si>
   <si>
     <t>Fluo 1</t>
   </si>
   <si>
     <t>Fluo 2</t>
   </si>
   <si>
     <t>Fluo 3</t>
   </si>
   <si>
@@ -313,183 +301,99 @@
       <rPr>
         <b/>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve">EXCITATION SPECTRUM </t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>end (in nm)?</t>
     </r>
   </si>
   <si>
     <t xml:space="preserve">What approx. % of the light EMITTED by this fluorophore is collected through this filter? </t>
   </si>
   <si>
-    <t>Where does the 562/40 filter start and end?</t>
-[...56 lines deleted...]
-  <si>
     <r>
       <t xml:space="preserve">Where does the </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>405 nm laser</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve"> start and end?</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">With this laser, what approx. % of the </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>EXCITATION</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve"> photons excite this fluorophore?</t>
-    </r>
-[...24 lines deleted...]
-      <t xml:space="preserve"> start and end?</t>
     </r>
   </si>
   <si>
     <r>
       <t>Where does the</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve">  477 laser</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
@@ -528,176 +432,98 @@
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve">546 nm laser </t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>start and end?</t>
     </r>
   </si>
   <si>
     <r>
-      <t>Where does the 638</t>
-[...50 lines deleted...]
-    <r>
       <t xml:space="preserve">Where does the </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve">438/24 </t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>filter start and end?</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">What approx. % of the light </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>EMITTED</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve"> by this fluorophore is collected through this filter? </t>
-    </r>
-[...24 lines deleted...]
-      <t xml:space="preserve"> filter start and end?</t>
     </r>
   </si>
   <si>
     <r>
       <t>Where does the</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve"> 515/30 </t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
@@ -737,73 +563,318 @@
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve"> 685/40 </t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>filter start and end?</t>
     </r>
   </si>
   <si>
     <t xml:space="preserve">Tweety: widefield, spinning disk </t>
   </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Where does the </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>446</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> nm </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>laser</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> start and end?</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Where does the </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">638 nm laser </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>start and end?</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Where does the </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">749 nm laser </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>start and end?</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Where does the </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>562/40</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> filter start and end?</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Where does the </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>809/81</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> filter start and end?</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Can the </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>DICHROIC MIRROR</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> that sends </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>441/30; 511/26; 592/37; 684/34; 817/66</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> to the sensor be used with this fluorophore?</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Can the </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>DICHROIC MIRROR</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> that sends</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> 485/22; 561/30</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> to the sensor be used with this fluorophore?</t>
+    </r>
+  </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="2" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
-  <fills count="15">
+  <fills count="14">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="6" tint="0.79998168889431442"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFC000"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0" tint="-0.249977111117893"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
@@ -816,80 +887,74 @@
       <patternFill patternType="solid">
         <fgColor theme="3" tint="0.59999389629810485"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFD5E28A"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFAC498"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFF9393"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor rgb="FFFF0000"/>
-[...4 lines deleted...]
-      <patternFill patternType="solid">
         <fgColor rgb="FFDBCDF7"/>
-        <bgColor indexed="64"/>
-[...4 lines deleted...]
-        <fgColor rgb="FFB5EDF5"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="8" tint="0.39997558519241921"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFE389"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FFFF99FF"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
   </fills>
-  <borders count="43">
+  <borders count="45">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
@@ -998,90 +1063,53 @@
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right/>
       <top/>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
-      <right/>
-[...10 lines deleted...]
-      <right style="medium">
+      <right style="thin">
         <color indexed="64"/>
       </right>
-      <top style="medium">
-[...24 lines deleted...]
-      <right/>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
@@ -1401,442 +1429,516 @@
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top/>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="80">
+  <cellXfs count="87">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="16" xfId="0" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="13" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="21" xfId="0" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="18" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="17" xfId="0" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="14" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="22" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...5 lines deleted...]
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="23" xfId="0" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="20" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="5" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="3" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="21" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="22" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="23" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="24" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="25" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="26" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="27" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="28" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="29" xfId="0" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="32" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="33" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="30" xfId="0" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="34" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="31" xfId="0" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="35" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
-    </xf>
-[...4 lines deleted...]
-      <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="36" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="37" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="38" xfId="0" applyBorder="1" applyAlignment="1">
-[...7 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="4" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="5" borderId="32" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="5" borderId="38" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="5" borderId="41" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="28" xfId="0" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="25" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="36" xfId="0" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="33" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="6" borderId="41" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="6" borderId="38" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="7" borderId="41" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="7" borderId="38" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="8" borderId="41" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="8" borderId="38" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="8" borderId="42" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="8" borderId="39" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="29" xfId="0" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="26" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="23" xfId="0" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="20" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="40" xfId="0" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="37" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="3" borderId="41" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="3" borderId="38" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="3" borderId="42" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="3" borderId="39" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="9" borderId="41" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="9" borderId="38" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="9" borderId="42" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="9" borderId="39" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="10" borderId="41" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="10" borderId="29" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="10" borderId="38" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="10" borderId="42" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="11" borderId="38" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="11" borderId="32" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="0" fillId="11" borderId="41" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="7" borderId="39" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="12" borderId="41" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="12" borderId="38" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="13" borderId="41" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="5" borderId="40" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="7" borderId="42" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="41" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="14" borderId="41" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="43" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="44" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="90" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="90" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="90" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="90" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="90" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="90" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="90" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="36" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="25" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="33" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="26" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="37" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="90" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="90" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="4" borderId="32" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="4" borderId="33" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="4" borderId="34" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="4" borderId="29" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="4" borderId="30" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="4" borderId="31" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="4" borderId="40" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="4" borderId="41" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="4" borderId="42" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="13" borderId="38" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="13" borderId="39" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
+      <color rgb="FFFF99FF"/>
       <color rgb="FFC0D34D"/>
       <color rgb="FFFF5757"/>
       <color rgb="FFDE0000"/>
       <color rgb="FFFF8585"/>
       <color rgb="FF63CF51"/>
       <color rgb="FF90A7E8"/>
       <color rgb="FFFB9393"/>
       <color rgb="FFF9CBC7"/>
       <color rgb="FFFADD8A"/>
-      <color rgb="FFFBF389"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
-    <a:clrScheme name="Office">
+    <a:clrScheme name="Office 2007 - 2010">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office">
+    <a:fontScheme name="Office 2007 - 2010">
       <a:majorFont>
-        <a:latin typeface="Cambria" panose="020F0302020204030204"/>
+        <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office">
+    <a:fmtScheme name="Office 2007 - 2010">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
                 <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
@@ -1969,568 +2071,562 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:H857"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
+  <dimension ref="A1:H855"/>
   <sheetViews>
-    <sheetView tabSelected="1" zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
-      <selection activeCell="C54" sqref="C54"/>
+    <sheetView tabSelected="1" topLeftCell="B1" zoomScale="115" zoomScaleNormal="115" workbookViewId="0">
+      <selection activeCell="C36" sqref="C36"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="2" width="9.28515625" style="1"/>
     <col min="3" max="3" width="107.28515625" style="1" customWidth="1"/>
     <col min="4" max="6" width="9.28515625" style="1"/>
-    <col min="7" max="7" width="9.28515625" style="21"/>
+    <col min="7" max="7" width="9.28515625" style="19"/>
     <col min="8" max="8" width="9.28515625" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A1" s="55" t="s">
-        <v>43</v>
+      <c r="A1" s="52" t="s">
+        <v>35</v>
       </c>
-      <c r="B1" s="56"/>
-      <c r="C1" s="57"/>
+      <c r="B1" s="53"/>
+      <c r="C1" s="53"/>
       <c r="D1" s="9" t="s">
         <v>5</v>
       </c>
-      <c r="E1" s="10" t="s">
+      <c r="E1" s="9" t="s">
         <v>6</v>
       </c>
-      <c r="F1" s="10" t="s">
+      <c r="F1" s="9" t="s">
         <v>7</v>
       </c>
-      <c r="G1" s="24" t="s">
+      <c r="G1" s="21" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A2" s="69" t="s">
+      <c r="A2" s="65" t="s">
         <v>17</v>
       </c>
-      <c r="B2" s="70"/>
-      <c r="C2" s="11" t="s">
+      <c r="B2" s="66"/>
+      <c r="C2" s="49" t="s">
         <v>20</v>
       </c>
-      <c r="D2" s="4"/>
+      <c r="D2" s="15"/>
+      <c r="E2" s="16"/>
+      <c r="F2" s="16"/>
       <c r="G2" s="25"/>
     </row>
     <row r="3" spans="1:7" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A3" s="71"/>
-[...1 lines deleted...]
-      <c r="C3" s="23" t="s">
+      <c r="A3" s="67"/>
+      <c r="B3" s="68"/>
+      <c r="C3" s="50" t="s">
         <v>21</v>
       </c>
-      <c r="D3" s="8"/>
-[...2 lines deleted...]
-      <c r="G3" s="26"/>
+      <c r="D3" s="17"/>
+      <c r="G3" s="22"/>
     </row>
     <row r="4" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A4" s="71"/>
-[...1 lines deleted...]
-      <c r="C4" s="23" t="s">
+      <c r="A4" s="67"/>
+      <c r="B4" s="68"/>
+      <c r="C4" s="50" t="s">
         <v>22</v>
       </c>
-      <c r="D4" s="4"/>
-      <c r="G4" s="25"/>
+      <c r="D4" s="17"/>
+      <c r="G4" s="22"/>
     </row>
     <row r="5" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A5" s="73"/>
-[...1 lines deleted...]
-      <c r="C5" s="23" t="s">
+      <c r="A5" s="69"/>
+      <c r="B5" s="70"/>
+      <c r="C5" s="51" t="s">
         <v>23</v>
       </c>
-      <c r="D5" s="15"/>
-[...2 lines deleted...]
-      <c r="G5" s="27"/>
+      <c r="D5" s="18"/>
+      <c r="E5" s="10"/>
+      <c r="F5" s="10"/>
+      <c r="G5" s="26"/>
     </row>
     <row r="6" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A6" s="68" t="s">
+      <c r="A6" s="64" t="s">
         <v>0</v>
       </c>
-      <c r="B6" s="68" t="s">
+      <c r="B6" s="64" t="s">
         <v>9</v>
       </c>
-      <c r="C6" s="31" t="s">
+      <c r="C6" s="48" t="s">
+        <v>25</v>
+      </c>
+      <c r="D6" s="82" t="s">
+        <v>19</v>
+      </c>
+      <c r="E6" s="83"/>
+      <c r="F6" s="83"/>
+      <c r="G6" s="84"/>
+    </row>
+    <row r="7" spans="1:7" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A7" s="64"/>
+      <c r="B7" s="64"/>
+      <c r="C7" s="28" t="s">
+        <v>26</v>
+      </c>
+      <c r="D7" s="29"/>
+      <c r="E7" s="30"/>
+      <c r="F7" s="30"/>
+      <c r="G7" s="31"/>
+    </row>
+    <row r="8" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A8" s="64"/>
+      <c r="B8" s="64"/>
+      <c r="C8" s="32" t="s">
+        <v>36</v>
+      </c>
+      <c r="D8" s="79" t="s">
+        <v>19</v>
+      </c>
+      <c r="E8" s="80"/>
+      <c r="F8" s="80"/>
+      <c r="G8" s="81"/>
+    </row>
+    <row r="9" spans="1:7" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A9" s="64"/>
+      <c r="B9" s="64"/>
+      <c r="C9" s="32" t="s">
+        <v>26</v>
+      </c>
+      <c r="D9" s="29"/>
+      <c r="E9" s="30"/>
+      <c r="F9" s="30"/>
+      <c r="G9" s="31"/>
+    </row>
+    <row r="10" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A10" s="64"/>
+      <c r="B10" s="64"/>
+      <c r="C10" s="33" t="s">
+        <v>27</v>
+      </c>
+      <c r="D10" s="79" t="s">
+        <v>19</v>
+      </c>
+      <c r="E10" s="80"/>
+      <c r="F10" s="80"/>
+      <c r="G10" s="81"/>
+    </row>
+    <row r="11" spans="1:7" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A11" s="64"/>
+      <c r="B11" s="64"/>
+      <c r="C11" s="33" t="s">
+        <v>26</v>
+      </c>
+      <c r="D11" s="29"/>
+      <c r="E11" s="30"/>
+      <c r="F11" s="30"/>
+      <c r="G11" s="31"/>
+    </row>
+    <row r="12" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A12" s="64"/>
+      <c r="B12" s="64"/>
+      <c r="C12" s="34" t="s">
+        <v>28</v>
+      </c>
+      <c r="D12" s="79" t="s">
+        <v>19</v>
+      </c>
+      <c r="E12" s="80"/>
+      <c r="F12" s="80"/>
+      <c r="G12" s="81"/>
+    </row>
+    <row r="13" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A13" s="64"/>
+      <c r="B13" s="64"/>
+      <c r="C13" s="35" t="s">
+        <v>26</v>
+      </c>
+      <c r="D13" s="36"/>
+      <c r="E13" s="37"/>
+      <c r="F13" s="37"/>
+      <c r="G13" s="38"/>
+    </row>
+    <row r="14" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A14" s="64"/>
+      <c r="B14" s="64"/>
+      <c r="C14" s="39" t="s">
         <v>29</v>
       </c>
-      <c r="D6" s="77" t="s">
+      <c r="D14" s="79" t="s">
         <v>19</v>
       </c>
-      <c r="E6" s="78"/>
-[...7 lines deleted...]
-        <v>30</v>
+      <c r="E14" s="80"/>
+      <c r="F14" s="80"/>
+      <c r="G14" s="81"/>
+    </row>
+    <row r="15" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A15" s="64"/>
+      <c r="B15" s="64"/>
+      <c r="C15" s="40" t="s">
+        <v>26</v>
       </c>
-      <c r="D7" s="33"/>
-[...8 lines deleted...]
-        <v>31</v>
+      <c r="D15" s="36"/>
+      <c r="E15" s="37"/>
+      <c r="F15" s="37"/>
+      <c r="G15" s="38"/>
+    </row>
+    <row r="16" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A16" s="64"/>
+      <c r="B16" s="64"/>
+      <c r="C16" s="41" t="s">
+        <v>37</v>
       </c>
-      <c r="D8" s="77" t="s">
+      <c r="D16" s="79" t="s">
         <v>19</v>
       </c>
-      <c r="E8" s="78"/>
-[...7 lines deleted...]
-        <v>30</v>
+      <c r="E16" s="80"/>
+      <c r="F16" s="80"/>
+      <c r="G16" s="81"/>
+    </row>
+    <row r="17" spans="1:8" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A17" s="64"/>
+      <c r="B17" s="64"/>
+      <c r="C17" s="42" t="s">
+        <v>26</v>
       </c>
-      <c r="D9" s="33"/>
-[...8 lines deleted...]
-        <v>32</v>
+      <c r="D17" s="36"/>
+      <c r="E17" s="37"/>
+      <c r="F17" s="37"/>
+      <c r="G17" s="38"/>
+    </row>
+    <row r="18" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A18" s="64"/>
+      <c r="B18" s="64"/>
+      <c r="C18" s="85" t="s">
+        <v>38</v>
       </c>
-      <c r="D10" s="77" t="s">
+      <c r="D18" s="79" t="s">
         <v>19</v>
       </c>
-      <c r="E10" s="78"/>
-[...7 lines deleted...]
-        <v>30</v>
+      <c r="E18" s="80"/>
+      <c r="F18" s="80"/>
+      <c r="G18" s="81"/>
+    </row>
+    <row r="19" spans="1:8" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A19" s="64"/>
+      <c r="B19" s="64"/>
+      <c r="C19" s="86" t="s">
+        <v>26</v>
       </c>
-      <c r="D11" s="33"/>
-[...98 lines deleted...]
-      <c r="G19" s="42"/>
+      <c r="D19" s="36"/>
+      <c r="E19" s="37"/>
+      <c r="F19" s="37"/>
+      <c r="G19" s="38"/>
     </row>
     <row r="20" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A20" s="69" t="s">
+      <c r="A20" s="73" t="s">
         <v>18</v>
       </c>
-      <c r="B20" s="70"/>
+      <c r="B20" s="74"/>
       <c r="C20" s="5" t="s">
         <v>10</v>
       </c>
       <c r="D20" s="8"/>
       <c r="E20" s="2"/>
       <c r="F20" s="2"/>
-      <c r="G20" s="26"/>
+      <c r="G20" s="23"/>
     </row>
     <row r="21" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A21" s="71"/>
-      <c r="B21" s="72"/>
+      <c r="A21" s="75"/>
+      <c r="B21" s="76"/>
       <c r="C21" s="6" t="s">
         <v>11</v>
       </c>
       <c r="D21" s="4"/>
-      <c r="G21" s="25"/>
+      <c r="G21" s="22"/>
     </row>
     <row r="22" spans="1:8" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A22" s="73"/>
-      <c r="B22" s="74"/>
+      <c r="A22" s="77"/>
+      <c r="B22" s="78"/>
       <c r="C22" s="7" t="s">
         <v>12</v>
       </c>
-      <c r="D22" s="15"/>
-[...2 lines deleted...]
-      <c r="G22" s="27"/>
+      <c r="D22" s="13"/>
+      <c r="E22" s="14"/>
+      <c r="F22" s="14"/>
+      <c r="G22" s="24"/>
     </row>
     <row r="23" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A23" s="75" t="s">
+      <c r="A23" s="71" t="s">
         <v>1</v>
       </c>
-      <c r="B23" s="75" t="s">
+      <c r="B23" s="71" t="s">
         <v>2</v>
       </c>
-      <c r="C23" s="49" t="s">
-        <v>37</v>
+      <c r="C23" s="43" t="s">
+        <v>30</v>
       </c>
-      <c r="D23" s="77" t="s">
+      <c r="D23" s="79" t="s">
         <v>19</v>
       </c>
-      <c r="E23" s="78"/>
-[...1 lines deleted...]
-      <c r="G23" s="79"/>
+      <c r="E23" s="80"/>
+      <c r="F23" s="80"/>
+      <c r="G23" s="81"/>
       <c r="H23"/>
     </row>
     <row r="24" spans="1:8" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A24" s="68"/>
-[...2 lines deleted...]
-        <v>38</v>
+      <c r="A24" s="64"/>
+      <c r="B24" s="64"/>
+      <c r="C24" s="44" t="s">
+        <v>31</v>
       </c>
-      <c r="D24" s="20"/>
-[...2 lines deleted...]
-      <c r="G24" s="29"/>
+      <c r="D24" s="18"/>
+      <c r="E24" s="10"/>
+      <c r="F24" s="10"/>
+      <c r="G24" s="26"/>
     </row>
     <row r="25" spans="1:8" ht="14.65" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A25" s="68"/>
-[...1 lines deleted...]
-      <c r="C25" s="51" t="s">
+      <c r="A25" s="64"/>
+      <c r="B25" s="64"/>
+      <c r="C25" s="45" t="s">
+        <v>32</v>
+      </c>
+      <c r="D25" s="79" t="s">
+        <v>19</v>
+      </c>
+      <c r="E25" s="80"/>
+      <c r="F25" s="80"/>
+      <c r="G25" s="81"/>
+    </row>
+    <row r="26" spans="1:8" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A26" s="64"/>
+      <c r="B26" s="64"/>
+      <c r="C26" s="45" t="s">
+        <v>24</v>
+      </c>
+      <c r="D26" s="18"/>
+      <c r="E26" s="10"/>
+      <c r="F26" s="10"/>
+      <c r="G26" s="26"/>
+    </row>
+    <row r="27" spans="1:8" ht="14.65" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A27" s="64"/>
+      <c r="B27" s="64"/>
+      <c r="C27" s="33" t="s">
         <v>39</v>
       </c>
-      <c r="D25" s="77" t="s">
+      <c r="D27" s="79" t="s">
         <v>19</v>
       </c>
-      <c r="E25" s="78"/>
-[...6 lines deleted...]
-      <c r="C26" s="51" t="s">
+      <c r="E27" s="80"/>
+      <c r="F27" s="80"/>
+      <c r="G27" s="81"/>
+    </row>
+    <row r="28" spans="1:8" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A28" s="64"/>
+      <c r="B28" s="64"/>
+      <c r="C28" s="46" t="s">
         <v>24</v>
       </c>
-      <c r="D26" s="20"/>
-[...7 lines deleted...]
-      <c r="C27" s="52" t="s">
+      <c r="D28" s="18"/>
+      <c r="E28" s="10"/>
+      <c r="F28" s="10"/>
+      <c r="G28" s="26"/>
+    </row>
+    <row r="29" spans="1:8" ht="14.65" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A29" s="64"/>
+      <c r="B29" s="64"/>
+      <c r="C29" s="47" t="s">
+        <v>33</v>
+      </c>
+      <c r="D29" s="79" t="s">
+        <v>19</v>
+      </c>
+      <c r="E29" s="80"/>
+      <c r="F29" s="80"/>
+      <c r="G29" s="81"/>
+    </row>
+    <row r="30" spans="1:8" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A30" s="64"/>
+      <c r="B30" s="64"/>
+      <c r="C30" s="47" t="s">
+        <v>24</v>
+      </c>
+      <c r="D30" s="18"/>
+      <c r="E30" s="10"/>
+      <c r="F30" s="10"/>
+      <c r="G30" s="26"/>
+    </row>
+    <row r="31" spans="1:8" ht="14.65" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A31" s="64"/>
+      <c r="B31" s="64"/>
+      <c r="C31" s="41" t="s">
+        <v>34</v>
+      </c>
+      <c r="D31" s="79" t="s">
+        <v>19</v>
+      </c>
+      <c r="E31" s="80"/>
+      <c r="F31" s="80"/>
+      <c r="G31" s="81"/>
+    </row>
+    <row r="32" spans="1:8" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A32" s="64"/>
+      <c r="B32" s="64"/>
+      <c r="C32" s="41" t="s">
+        <v>24</v>
+      </c>
+      <c r="D32" s="18"/>
+      <c r="E32" s="10"/>
+      <c r="F32" s="10"/>
+      <c r="G32" s="26"/>
+    </row>
+    <row r="33" spans="1:7" ht="14.65" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A33" s="64"/>
+      <c r="B33" s="64"/>
+      <c r="C33" s="85" t="s">
         <v>40</v>
       </c>
-      <c r="D27" s="77" t="s">
+      <c r="D33" s="79" t="s">
         <v>19</v>
       </c>
-      <c r="E27" s="78"/>
-[...6 lines deleted...]
-      <c r="C28" s="52" t="s">
+      <c r="E33" s="80"/>
+      <c r="F33" s="80"/>
+      <c r="G33" s="81"/>
+    </row>
+    <row r="34" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A34" s="72"/>
+      <c r="B34" s="72"/>
+      <c r="C34" s="86" t="s">
         <v>24</v>
       </c>
-      <c r="D28" s="20"/>
-[...8 lines deleted...]
-        <v>25</v>
+      <c r="D34" s="18"/>
+      <c r="E34" s="10"/>
+      <c r="F34" s="10"/>
+      <c r="G34" s="26"/>
+    </row>
+    <row r="35" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A35" s="60" t="s">
+        <v>13</v>
       </c>
-      <c r="D29" s="77" t="s">
-[...20 lines deleted...]
-      <c r="C31" s="54" t="s">
+      <c r="B35" s="61"/>
+      <c r="C35" s="5" t="s">
         <v>41</v>
       </c>
-      <c r="D31" s="77" t="s">
-[...20 lines deleted...]
-      <c r="C33" s="45" t="s">
+      <c r="D35" s="15"/>
+      <c r="E35" s="16"/>
+      <c r="F35" s="16"/>
+      <c r="G35" s="25"/>
+    </row>
+    <row r="36" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A36" s="62"/>
+      <c r="B36" s="63"/>
+      <c r="C36" s="6" t="s">
         <v>42</v>
       </c>
-      <c r="D33" s="77" t="s">
-[...64 lines deleted...]
-      <c r="A39" s="58" t="s">
+      <c r="D36" s="17"/>
+      <c r="G36" s="22"/>
+    </row>
+    <row r="37" spans="1:7" ht="17.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A37" s="54" t="s">
         <v>3</v>
       </c>
-      <c r="B39" s="59"/>
-      <c r="C39" s="13" t="s">
+      <c r="B37" s="55"/>
+      <c r="C37" s="11" t="s">
         <v>4</v>
       </c>
-      <c r="D39" s="17"/>
-[...7 lines deleted...]
-      <c r="C40" s="14" t="s">
+      <c r="D37" s="15"/>
+      <c r="E37" s="16"/>
+      <c r="F37" s="16"/>
+      <c r="G37" s="25"/>
+    </row>
+    <row r="38" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A38" s="56"/>
+      <c r="B38" s="57"/>
+      <c r="C38" s="12" t="s">
         <v>14</v>
       </c>
-      <c r="D40" s="19"/>
-[...5 lines deleted...]
-      <c r="C41" s="14" t="s">
+      <c r="D38" s="17"/>
+      <c r="G38" s="22"/>
+    </row>
+    <row r="39" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A39" s="56"/>
+      <c r="B39" s="57"/>
+      <c r="C39" s="12" t="s">
         <v>16</v>
       </c>
-      <c r="D41" s="19"/>
-[...5 lines deleted...]
-      <c r="C42" s="30" t="s">
+      <c r="D39" s="17"/>
+      <c r="G39" s="22"/>
+    </row>
+    <row r="40" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A40" s="58"/>
+      <c r="B40" s="59"/>
+      <c r="C40" s="27" t="s">
         <v>15</v>
       </c>
-      <c r="D42" s="20"/>
-[...2 lines deleted...]
-      <c r="G42" s="29"/>
+      <c r="D40" s="18"/>
+      <c r="E40" s="10"/>
+      <c r="F40" s="10"/>
+      <c r="G40" s="26"/>
+    </row>
+    <row r="41" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A41" s="3"/>
+      <c r="B41" s="3"/>
+      <c r="C41" s="3"/>
+      <c r="D41" s="3"/>
+      <c r="E41" s="3"/>
+      <c r="F41" s="3"/>
+      <c r="G41" s="3"/>
+    </row>
+    <row r="42" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A42" s="3"/>
+      <c r="B42" s="3"/>
+      <c r="C42" s="3"/>
+      <c r="D42" s="3"/>
+      <c r="E42" s="3"/>
+      <c r="F42" s="3"/>
+      <c r="G42" s="3"/>
     </row>
     <row r="43" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A43" s="3"/>
       <c r="B43" s="3"/>
       <c r="C43" s="3"/>
       <c r="D43" s="3"/>
       <c r="E43" s="3"/>
       <c r="F43" s="3"/>
       <c r="G43" s="3"/>
     </row>
     <row r="44" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A44" s="3"/>
       <c r="B44" s="3"/>
       <c r="C44" s="3"/>
       <c r="D44" s="3"/>
       <c r="E44" s="3"/>
       <c r="F44" s="3"/>
       <c r="G44" s="3"/>
     </row>
     <row r="45" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A45" s="3"/>
       <c r="B45" s="3"/>
       <c r="C45" s="3"/>
       <c r="D45" s="3"/>
       <c r="E45" s="3"/>
@@ -9797,100 +9893,81 @@
       <c r="C852" s="3"/>
       <c r="D852" s="3"/>
       <c r="E852" s="3"/>
       <c r="F852" s="3"/>
       <c r="G852" s="3"/>
     </row>
     <row r="853" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A853" s="3"/>
       <c r="B853" s="3"/>
       <c r="C853" s="3"/>
       <c r="D853" s="3"/>
       <c r="E853" s="3"/>
       <c r="F853" s="3"/>
       <c r="G853" s="3"/>
     </row>
     <row r="854" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A854" s="3"/>
       <c r="B854" s="3"/>
       <c r="C854" s="3"/>
       <c r="D854" s="3"/>
       <c r="E854" s="3"/>
       <c r="F854" s="3"/>
       <c r="G854" s="3"/>
     </row>
     <row r="855" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A855" s="3"/>
-[...23 lines deleted...]
-      <c r="G857" s="22"/>
+      <c r="A855" s="2"/>
+      <c r="B855" s="2"/>
+      <c r="C855" s="2"/>
+      <c r="D855" s="2"/>
+      <c r="E855" s="2"/>
+      <c r="F855" s="2"/>
+      <c r="G855" s="20"/>
     </row>
   </sheetData>
-  <mergeCells count="23">
+  <mergeCells count="22">
     <mergeCell ref="D16:G16"/>
     <mergeCell ref="D18:G18"/>
     <mergeCell ref="D6:G6"/>
     <mergeCell ref="D8:G8"/>
     <mergeCell ref="D10:G10"/>
     <mergeCell ref="D12:G12"/>
     <mergeCell ref="D14:G14"/>
+    <mergeCell ref="D31:G31"/>
     <mergeCell ref="D33:G33"/>
-    <mergeCell ref="D35:G35"/>
     <mergeCell ref="D23:G23"/>
     <mergeCell ref="D25:G25"/>
     <mergeCell ref="D27:G27"/>
     <mergeCell ref="D29:G29"/>
-    <mergeCell ref="D31:G31"/>
     <mergeCell ref="A1:C1"/>
-    <mergeCell ref="A39:B42"/>
-    <mergeCell ref="A37:B38"/>
+    <mergeCell ref="A37:B40"/>
+    <mergeCell ref="A35:B36"/>
     <mergeCell ref="A6:A19"/>
     <mergeCell ref="B6:B19"/>
     <mergeCell ref="A2:B5"/>
-    <mergeCell ref="A23:A36"/>
-    <mergeCell ref="B23:B36"/>
+    <mergeCell ref="A23:A34"/>
+    <mergeCell ref="B23:B34"/>
     <mergeCell ref="A20:B22"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" verticalDpi="0" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet2</vt:lpstr>