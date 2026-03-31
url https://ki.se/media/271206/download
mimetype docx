--- v0 (2025-10-07)
+++ v1 (2026-03-31)
@@ -1,4867 +1,2819 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="emf" ContentType="image/x-emf"/>
+  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
+  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
-[...4 lines deleted...]
-  <Default Extension="png" ContentType="image/png"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
-  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
-
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xml:space="preserve">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p>
-[...1 lines deleted...]
-        <w:pStyle w:val="BodyText"/>
+    <w:p w14:paraId="508AE5FC" w14:textId="77777777" w:rsidR="000967FD" w:rsidRDefault="00574577">
+      <w:pPr>
+        <w:pStyle w:val="Brdtext"/>
         <w:ind w:left="123"/>
       </w:pPr>
       <w:r>
-        <w:rPr/>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="423AE3C3" wp14:editId="68408050">
             <wp:extent cx="1509269" cy="640079"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
-            <wp:docPr id="1" name="image1.jpeg" descr=""/>
+            <wp:docPr id="1" name="image1.jpeg"/>
             <wp:cNvGraphicFramePr>
-              <a:graphicFrameLocks noChangeAspect="1"/>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
-            <a:graphic>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
-                <pic:pic>
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="2" name="image1.jpeg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId5" cstate="print"/>
+                    <a:blip r:embed="rId7" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1509269" cy="640079"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
-      <w:r>
-[...5 lines deleted...]
-        <w:pStyle w:val="BodyText"/>
+    </w:p>
+    <w:p w14:paraId="7BA5E3BD" w14:textId="77777777" w:rsidR="000967FD" w:rsidRDefault="000967FD">
+      <w:pPr>
+        <w:pStyle w:val="Brdtext"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p>
-[...1 lines deleted...]
-        <w:pStyle w:val="BodyText"/>
+    <w:p w14:paraId="7F06819C" w14:textId="02C1589C" w:rsidR="00910361" w:rsidRPr="00EB05FD" w:rsidRDefault="00430EC9" w:rsidP="00430EC9">
+      <w:pPr>
+        <w:spacing w:before="181"/>
+        <w:ind w:left="170" w:right="113"/>
         <w:rPr>
           <w:sz w:val="24"/>
-        </w:rPr>
-[...38 lines deleted...]
-    <w:p>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EB05FD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Main supervisor:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="63AF2B2C" w14:textId="7C256D87" w:rsidR="00430EC9" w:rsidRPr="00EB05FD" w:rsidRDefault="00430EC9" w:rsidP="00430EC9">
+      <w:pPr>
+        <w:spacing w:before="181"/>
+        <w:ind w:left="170" w:right="113"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EB05FD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Co-supervisor (s): </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="25B47DE1" w14:textId="64DC3435" w:rsidR="004B05B6" w:rsidRPr="00EB05FD" w:rsidRDefault="004B05B6" w:rsidP="00430EC9">
+      <w:pPr>
+        <w:spacing w:before="181"/>
+        <w:ind w:left="170" w:right="113"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EB05FD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Project title:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5C619C49" w14:textId="67B9293B" w:rsidR="00430EC9" w:rsidRPr="00EB05FD" w:rsidRDefault="004B05B6" w:rsidP="00430EC9">
+      <w:pPr>
+        <w:spacing w:before="181"/>
+        <w:ind w:left="170" w:right="113"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EB05FD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Division:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="20DB8733" w14:textId="3CF7C47D" w:rsidR="000967FD" w:rsidRPr="00EB05FD" w:rsidRDefault="00574577" w:rsidP="00430EC9">
+      <w:pPr>
+        <w:spacing w:before="181"/>
+        <w:ind w:left="170" w:right="113"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EB05FD">
+        <w:rPr>
+          <w:w w:val="115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Department of </w:t>
+      </w:r>
+      <w:r w:rsidR="00EB05FD" w:rsidRPr="00EB05FD">
+        <w:rPr>
+          <w:w w:val="115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>N</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB05FD">
+        <w:rPr>
+          <w:w w:val="115"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>eurobiology, Care Sciences and Society (NVS)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4F930B91" w14:textId="77777777" w:rsidR="00EB05FD" w:rsidRDefault="00EB05FD" w:rsidP="00EB05FD">
       <w:pPr>
         <w:spacing w:before="115"/>
-        <w:ind w:left="343" w:right="0" w:firstLine="0"/>
-[...43 lines deleted...]
-      <w:r>
+        <w:ind w:left="170" w:right="113"/>
         <w:rPr>
           <w:w w:val="110"/>
           <w:sz w:val="26"/>
         </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6AE2336E" w14:textId="180A7463" w:rsidR="000967FD" w:rsidRPr="0091486B" w:rsidRDefault="00574577" w:rsidP="00EB05FD">
+      <w:pPr>
+        <w:spacing w:before="115"/>
+        <w:ind w:right="113"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="993366"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0091486B">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="993366"/>
+          <w:w w:val="110"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
         <w:t>PROJECT PLAN</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...311 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="52AB0F46" w14:textId="74CAF8AA" w:rsidR="00D7350A" w:rsidRPr="0091486B" w:rsidRDefault="005309BF" w:rsidP="00EB05FD">
+      <w:pPr>
+        <w:spacing w:before="122" w:line="249" w:lineRule="auto"/>
         <w:rPr>
           <w:w w:val="110"/>
-          <w:sz w:val="18"/>
-[...18 lines deleted...]
-        </w:numPr>
+          <w:lang/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0091486B">
+        <w:rPr>
+          <w:w w:val="110"/>
+        </w:rPr>
+        <w:t>This should not be a research plan copied from a last grant application. All texts should be in English, approx. 5-7 pages</w:t>
+      </w:r>
+      <w:r w:rsidR="00D7350A" w:rsidRPr="0091486B">
+        <w:rPr>
+          <w:w w:val="110"/>
+        </w:rPr>
+        <w:t>, including</w:t>
+      </w:r>
+      <w:r w:rsidR="00D7350A" w:rsidRPr="0091486B">
+        <w:rPr>
+          <w:w w:val="110"/>
+          <w:lang/>
+        </w:rPr>
+        <w:t xml:space="preserve"> any number of studies. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="34249765" w14:textId="3206C770" w:rsidR="005309BF" w:rsidRPr="0091486B" w:rsidRDefault="00D7350A" w:rsidP="005309BF">
+      <w:pPr>
+        <w:spacing w:before="122" w:line="249" w:lineRule="auto"/>
+        <w:ind w:left="343"/>
+      </w:pPr>
+      <w:r w:rsidRPr="0091486B">
+        <w:rPr>
+          <w:w w:val="110"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4E2FE5AF" w14:textId="77777777" w:rsidR="000967FD" w:rsidRDefault="000967FD">
+      <w:pPr>
+        <w:pStyle w:val="Brdtext"/>
+        <w:spacing w:before="7"/>
+        <w:rPr>
+          <w:sz w:val="17"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6975F556" w14:textId="77777777" w:rsidR="0091486B" w:rsidRPr="0091486B" w:rsidRDefault="0091486B">
+      <w:pPr>
+        <w:pStyle w:val="Brdtext"/>
+        <w:spacing w:before="7"/>
+        <w:rPr>
+          <w:sz w:val="17"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1E8B464A" w14:textId="77777777" w:rsidR="000967FD" w:rsidRPr="0091486B" w:rsidRDefault="00574577">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik1"/>
         <w:tabs>
-          <w:tab w:pos="520" w:val="left" w:leader="none"/>
-[...491 lines deleted...]
-          <w:tab w:pos="9895" w:val="left" w:leader="none"/>
+          <w:tab w:val="left" w:pos="9895"/>
         </w:tabs>
         <w:spacing w:before="92"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="0091486B">
         <w:rPr>
           <w:color w:val="8A0057"/>
           <w:w w:val="115"/>
           <w:u w:val="single" w:color="000000"/>
         </w:rPr>
         <w:t>Research</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="0091486B">
         <w:rPr>
           <w:color w:val="8A0057"/>
           <w:spacing w:val="-14"/>
           <w:w w:val="115"/>
           <w:u w:val="single" w:color="000000"/>
         </w:rPr>
-        <w:t> </w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0091486B">
         <w:rPr>
           <w:color w:val="8A0057"/>
           <w:w w:val="115"/>
           <w:u w:val="single" w:color="000000"/>
         </w:rPr>
         <w:t>background</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="0091486B">
         <w:rPr>
           <w:color w:val="8A0057"/>
           <w:u w:val="single" w:color="000000"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p>
-[...1 lines deleted...]
-        <w:pStyle w:val="BodyText"/>
+    <w:p w14:paraId="3555B67E" w14:textId="2185F9BE" w:rsidR="000B66B4" w:rsidRPr="0091486B" w:rsidRDefault="001816D3" w:rsidP="000B66B4">
+      <w:pPr>
+        <w:pStyle w:val="Brdtext"/>
         <w:spacing w:before="148"/>
         <w:ind w:left="140"/>
-      </w:pPr>
-[...18 lines deleted...]
-        <w:pStyle w:val="Heading1"/>
+        <w:rPr>
+          <w:w w:val="115"/>
+          <w:lang/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0091486B">
+        <w:rPr>
+          <w:w w:val="115"/>
+        </w:rPr>
+        <w:t>D</w:t>
+      </w:r>
+      <w:r w:rsidR="00574577" w:rsidRPr="0091486B">
+        <w:rPr>
+          <w:w w:val="115"/>
+        </w:rPr>
+        <w:t>escribe the research background</w:t>
+      </w:r>
+      <w:r w:rsidR="00CC1382" w:rsidRPr="0091486B">
+        <w:rPr>
+          <w:w w:val="115"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00574577" w:rsidRPr="0091486B">
+        <w:rPr>
+          <w:w w:val="115"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the rational</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED6434" w:rsidRPr="0091486B">
+        <w:rPr>
+          <w:w w:val="115"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidR="00574577" w:rsidRPr="0091486B">
+        <w:rPr>
+          <w:w w:val="115"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> for the project</w:t>
+      </w:r>
+      <w:r w:rsidR="00CC1382" w:rsidRPr="0091486B">
+        <w:rPr>
+          <w:w w:val="115"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and its significance</w:t>
+      </w:r>
+      <w:r w:rsidR="000B66B4" w:rsidRPr="0091486B">
+        <w:rPr>
+          <w:w w:val="115"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, as well as </w:t>
+      </w:r>
+      <w:r w:rsidR="004B3A89" w:rsidRPr="0091486B">
+        <w:rPr>
+          <w:w w:val="115"/>
+        </w:rPr>
+        <w:t>whether the doctoral project is part of a larger research project</w:t>
+      </w:r>
+      <w:r w:rsidR="000B66B4" w:rsidRPr="0091486B">
+        <w:rPr>
+          <w:w w:val="115"/>
+          <w:lang/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="601444F2" w14:textId="3446C409" w:rsidR="000967FD" w:rsidRDefault="000967FD">
+      <w:pPr>
+        <w:pStyle w:val="Brdtext"/>
+        <w:spacing w:before="148"/>
+        <w:ind w:left="140"/>
+        <w:rPr>
+          <w:lang/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1E038E14" w14:textId="77777777" w:rsidR="0091486B" w:rsidRPr="0091486B" w:rsidRDefault="0091486B">
+      <w:pPr>
+        <w:pStyle w:val="Brdtext"/>
+        <w:spacing w:before="148"/>
+        <w:ind w:left="140"/>
+        <w:rPr>
+          <w:lang/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0EFA87EC" w14:textId="77777777" w:rsidR="001D5FEE" w:rsidRPr="0091486B" w:rsidRDefault="001D5FEE">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik1"/>
         <w:tabs>
-          <w:tab w:pos="9895" w:val="left" w:leader="none"/>
+          <w:tab w:val="left" w:pos="9895"/>
         </w:tabs>
-      </w:pPr>
-      <w:r>
         <w:rPr>
           <w:color w:val="8A0057"/>
           <w:w w:val="110"/>
           <w:u w:val="single" w:color="000000"/>
         </w:rPr>
-        <w:t>Study 1</w:t>
-[...4 lines deleted...]
-          <w:spacing w:val="11"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6A2A36BD" w14:textId="498A4376" w:rsidR="000967FD" w:rsidRPr="0091486B" w:rsidRDefault="00E43A40">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik1"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="9895"/>
+        </w:tabs>
+      </w:pPr>
+      <w:r w:rsidRPr="0091486B">
+        <w:rPr>
+          <w:color w:val="8A0057"/>
           <w:w w:val="110"/>
           <w:u w:val="single" w:color="000000"/>
         </w:rPr>
-        <w:t> </w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t>For each s</w:t>
+      </w:r>
+      <w:r w:rsidR="00574577" w:rsidRPr="0091486B">
         <w:rPr>
           <w:color w:val="8A0057"/>
           <w:w w:val="110"/>
           <w:u w:val="single" w:color="000000"/>
         </w:rPr>
-        <w:t>–</w:t>
-[...3 lines deleted...]
-          <w:color w:val="8A0057"/>
+        <w:t>tudy</w:t>
+      </w:r>
+      <w:r w:rsidR="002719A7" w:rsidRPr="0091486B">
+        <w:rPr>
+          <w:color w:val="8A0057"/>
+          <w:w w:val="110"/>
           <w:u w:val="single" w:color="000000"/>
         </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00574577" w:rsidRPr="0091486B">
+        <w:rPr>
+          <w:color w:val="8A0057"/>
+          <w:w w:val="110"/>
+          <w:u w:val="single" w:color="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0091486B">
+        <w:rPr>
+          <w:color w:val="8A0057"/>
+          <w:w w:val="110"/>
+          <w:u w:val="single" w:color="000000"/>
+        </w:rPr>
+        <w:t>describe</w:t>
+      </w:r>
+      <w:r w:rsidR="0091486B" w:rsidRPr="0091486B">
+        <w:rPr>
+          <w:color w:val="8A0057"/>
+          <w:w w:val="110"/>
+          <w:u w:val="single" w:color="000000"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="00574577" w:rsidRPr="0091486B">
+        <w:rPr>
+          <w:color w:val="8A0057"/>
+          <w:u w:val="single" w:color="000000"/>
+        </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p>
-[...1 lines deleted...]
-        <w:pStyle w:val="BodyText"/>
+    <w:p w14:paraId="7082D776" w14:textId="77777777" w:rsidR="000967FD" w:rsidRPr="0091486B" w:rsidRDefault="00574577">
+      <w:pPr>
+        <w:pStyle w:val="Brdtext"/>
         <w:spacing w:before="148"/>
         <w:ind w:left="140"/>
       </w:pPr>
-      <w:r>
-        <w:rPr/>
+      <w:r w:rsidRPr="0091486B">
         <w:t>Aim</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...2 lines deleted...]
-        <w:spacing w:line="249" w:lineRule="auto" w:before="8"/>
+    <w:p w14:paraId="38754FEC" w14:textId="77777777" w:rsidR="0007763E" w:rsidRPr="0091486B" w:rsidRDefault="00574577">
+      <w:pPr>
+        <w:pStyle w:val="Brdtext"/>
+        <w:spacing w:before="8" w:line="249" w:lineRule="auto"/>
         <w:ind w:left="140" w:right="5518"/>
-      </w:pPr>
-[...13 lines deleted...]
-      <w:r>
+        <w:rPr>
+          <w:w w:val="115"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0091486B">
+        <w:rPr>
+          <w:w w:val="115"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Hypothesis/research questions </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4A893A74" w14:textId="6CCA3CE7" w:rsidR="00E72A74" w:rsidRPr="0091486B" w:rsidRDefault="00E72A74">
+      <w:pPr>
+        <w:pStyle w:val="Brdtext"/>
+        <w:spacing w:before="8" w:line="249" w:lineRule="auto"/>
+        <w:ind w:left="140" w:right="5518"/>
+        <w:rPr>
+          <w:w w:val="115"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0091486B">
+        <w:rPr>
+          <w:w w:val="115"/>
+        </w:rPr>
+        <w:t>Study design</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="31820292" w14:textId="3B646752" w:rsidR="00D21E45" w:rsidRPr="0091486B" w:rsidRDefault="00E72A74">
+      <w:pPr>
+        <w:pStyle w:val="Brdtext"/>
+        <w:spacing w:before="8" w:line="249" w:lineRule="auto"/>
+        <w:ind w:left="140" w:right="5518"/>
+        <w:rPr>
+          <w:w w:val="115"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0091486B">
+        <w:rPr>
+          <w:w w:val="115"/>
+        </w:rPr>
+        <w:t>Participants/s</w:t>
+      </w:r>
+      <w:r w:rsidR="006E5E6C" w:rsidRPr="0091486B">
+        <w:rPr>
+          <w:w w:val="115"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ample </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0091486B">
+        <w:rPr>
+          <w:w w:val="115"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="39CC34E3" w14:textId="2E8954C8" w:rsidR="003D395A" w:rsidRPr="0091486B" w:rsidRDefault="00E83662">
+      <w:pPr>
+        <w:pStyle w:val="Brdtext"/>
+        <w:spacing w:before="8" w:line="249" w:lineRule="auto"/>
+        <w:ind w:left="140" w:right="5518"/>
+        <w:rPr>
+          <w:w w:val="115"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0091486B">
+        <w:rPr>
+          <w:w w:val="115"/>
+        </w:rPr>
+        <w:t>Data collection</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="571B9A88" w14:textId="053A46EC" w:rsidR="000967FD" w:rsidRPr="0091486B" w:rsidRDefault="00D21E45" w:rsidP="006E5E6C">
+      <w:pPr>
+        <w:pStyle w:val="Brdtext"/>
+        <w:spacing w:before="8" w:line="249" w:lineRule="auto"/>
+        <w:ind w:left="140" w:right="5518"/>
+        <w:rPr>
+          <w:w w:val="115"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0091486B">
+        <w:rPr>
+          <w:w w:val="115"/>
+        </w:rPr>
+        <w:t>D</w:t>
+      </w:r>
+      <w:r w:rsidR="00574577" w:rsidRPr="0091486B">
+        <w:rPr>
+          <w:w w:val="115"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ata analysis </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5904430C" w14:textId="28377E5D" w:rsidR="000967FD" w:rsidRPr="004E348B" w:rsidRDefault="004E348B" w:rsidP="0091486B">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0091486B">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0091486B">
         <w:rPr>
           <w:w w:val="110"/>
         </w:rPr>
-        <w:t>Ethical considerations</w:t>
-[...8 lines deleted...]
-      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00574577" w:rsidRPr="0091486B">
         <w:rPr>
           <w:w w:val="110"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>The doctoral student’s contribution and specific learning</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...1 lines deleted...]
-        <w:pStyle w:val="BodyText"/>
+    <w:p w14:paraId="138D15EE" w14:textId="77777777" w:rsidR="000967FD" w:rsidRPr="004E348B" w:rsidRDefault="000967FD">
+      <w:pPr>
+        <w:pStyle w:val="Brdtext"/>
         <w:spacing w:before="10"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="38B75E8F" w14:textId="77777777" w:rsidR="004E348B" w:rsidRDefault="004E348B" w:rsidP="00545B11">
+      <w:pPr>
+        <w:pStyle w:val="Brdtext"/>
+        <w:spacing w:before="10"/>
         <w:rPr>
           <w:sz w:val="30"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p>
-[...78 lines deleted...]
-        <w:pStyle w:val="BodyText"/>
+    <w:p w14:paraId="5B89CD1D" w14:textId="77777777" w:rsidR="004E348B" w:rsidRDefault="004E348B" w:rsidP="00545B11">
+      <w:pPr>
+        <w:pStyle w:val="Brdtext"/>
+        <w:spacing w:before="10"/>
+        <w:rPr>
+          <w:sz w:val="30"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6C800622" w14:textId="77777777" w:rsidR="004E348B" w:rsidRDefault="004E348B" w:rsidP="00545B11">
+      <w:pPr>
+        <w:pStyle w:val="Brdtext"/>
+        <w:spacing w:before="10"/>
+        <w:rPr>
+          <w:sz w:val="30"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="344ADA6D" w14:textId="77777777" w:rsidR="00F8109E" w:rsidRDefault="00F8109E">
+      <w:pPr>
+        <w:pStyle w:val="Brdtext"/>
         <w:spacing w:before="8"/>
         <w:ind w:left="140"/>
-      </w:pPr>
-[...18 lines deleted...]
-        <w:pStyle w:val="Heading1"/>
+        <w:rPr>
+          <w:color w:val="8A0057"/>
+          <w:w w:val="105"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:u w:val="single" w:color="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="189CB546" w14:textId="3764E250" w:rsidR="00683541" w:rsidRPr="0091486B" w:rsidRDefault="00683541" w:rsidP="00D4129A">
+      <w:pPr>
+        <w:pStyle w:val="Brdtext"/>
+        <w:spacing w:before="8"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0091486B">
+        <w:rPr>
+          <w:color w:val="8A0057"/>
+          <w:w w:val="105"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:u w:val="single" w:color="000000"/>
+        </w:rPr>
+        <w:t>Ethics</w:t>
+      </w:r>
+      <w:r w:rsidR="00C270EE" w:rsidRPr="0091486B">
+        <w:rPr>
+          <w:color w:val="8A0057"/>
+          <w:w w:val="105"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7BEF04E5" w14:textId="77777777" w:rsidR="001D5FEE" w:rsidRPr="0091486B" w:rsidRDefault="001D5FEE" w:rsidP="009E5202">
+      <w:pPr>
+        <w:pStyle w:val="Brdtext"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="42756BA8" w14:textId="120C463B" w:rsidR="00386C6A" w:rsidRPr="0091486B" w:rsidRDefault="00386C6A" w:rsidP="009E5202">
+      <w:pPr>
+        <w:pStyle w:val="Brdtext"/>
+        <w:rPr>
+          <w:lang/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0091486B">
+        <w:rPr>
+          <w:lang/>
+        </w:rPr>
+        <w:t xml:space="preserve">Planned ethical application. </w:t>
+      </w:r>
+      <w:r w:rsidR="008E1AAC" w:rsidRPr="0091486B">
+        <w:rPr>
+          <w:lang/>
+        </w:rPr>
+        <w:t xml:space="preserve">If in Sweden, indicate the research principal and participating entities (e.g., “Karolinska Institutet”, “Region Stockholm”, etc). </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0091486B">
+        <w:rPr>
+          <w:lang/>
+        </w:rPr>
+        <w:t>If studies are conducted outside Sweden, please add information about where the data will be collected and analysed, whether any data transfers will occur, and in which country/countries the ethical application will be submitted and approved.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2882BE91" w14:textId="77777777" w:rsidR="00D202BF" w:rsidRPr="0091486B" w:rsidRDefault="00D202BF" w:rsidP="009E5202">
+      <w:pPr>
+        <w:pStyle w:val="Brdtext"/>
+        <w:rPr>
+          <w:lang/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2FF7B764" w14:textId="1EB49C63" w:rsidR="000967FD" w:rsidRPr="0091486B" w:rsidRDefault="00386C6A" w:rsidP="009E5202">
+      <w:pPr>
+        <w:pStyle w:val="Brdtext"/>
+      </w:pPr>
+      <w:r w:rsidRPr="0091486B">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="563BA342" w14:textId="77777777" w:rsidR="002719A7" w:rsidRDefault="002719A7" w:rsidP="009E5202">
+      <w:pPr>
+        <w:pStyle w:val="Brdtext"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="776E3556" w14:textId="77777777" w:rsidR="0091486B" w:rsidRPr="0091486B" w:rsidRDefault="0091486B" w:rsidP="009E5202">
+      <w:pPr>
+        <w:pStyle w:val="Brdtext"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="41132F79" w14:textId="4DCE8EBE" w:rsidR="001D5FEE" w:rsidRPr="0091486B" w:rsidRDefault="00FD1E45">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik1"/>
         <w:tabs>
-          <w:tab w:pos="9895" w:val="left" w:leader="none"/>
-[...108 lines deleted...]
-          <w:tab w:pos="9893" w:val="left" w:leader="none"/>
+          <w:tab w:val="left" w:pos="9893"/>
         </w:tabs>
         <w:spacing w:before="1"/>
-      </w:pPr>
-[...3 lines deleted...]
-          <w:w w:val="110"/>
+        <w:rPr>
+          <w:color w:val="8A0057"/>
+          <w:w w:val="105"/>
           <w:u w:val="single" w:color="000000"/>
         </w:rPr>
-        <w:t>Study 4</w:t>
-[...5 lines deleted...]
-          <w:w w:val="110"/>
+      </w:pPr>
+      <w:r w:rsidRPr="0091486B">
+        <w:rPr>
+          <w:color w:val="8A0057"/>
+          <w:w w:val="105"/>
           <w:u w:val="single" w:color="000000"/>
         </w:rPr>
-        <w:t> </w:t>
-[...4 lines deleted...]
-          <w:w w:val="110"/>
+        <w:t>Feasibility</w:t>
+      </w:r>
+      <w:r w:rsidR="00204B78" w:rsidRPr="0091486B">
+        <w:rPr>
+          <w:color w:val="8A0057"/>
+          <w:w w:val="105"/>
           <w:u w:val="single" w:color="000000"/>
         </w:rPr>
-        <w:t>–</w:t>
-[...3 lines deleted...]
-          <w:color w:val="8A0057"/>
+        <w:t xml:space="preserve"> and </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0091486B">
+        <w:rPr>
+          <w:color w:val="8A0057"/>
+          <w:w w:val="105"/>
           <w:u w:val="single" w:color="000000"/>
         </w:rPr>
-        <w:tab/>
-[...63 lines deleted...]
-        <w:pStyle w:val="Heading1"/>
+        <w:t>Risk assessmen</w:t>
+      </w:r>
+      <w:r w:rsidR="00204B78" w:rsidRPr="0091486B">
+        <w:rPr>
+          <w:color w:val="8A0057"/>
+          <w:w w:val="105"/>
+          <w:u w:val="single" w:color="000000"/>
+        </w:rPr>
+        <w:t>t</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0091486B">
+        <w:rPr>
+          <w:color w:val="8A0057"/>
+          <w:w w:val="105"/>
+          <w:u w:val="single" w:color="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5B2ED05B" w14:textId="582466FE" w:rsidR="00CC6BFC" w:rsidRPr="00C14E2B" w:rsidRDefault="00FA2D1F">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik1"/>
         <w:tabs>
-          <w:tab w:pos="9893" w:val="left" w:leader="none"/>
+          <w:tab w:val="left" w:pos="9893"/>
         </w:tabs>
         <w:spacing w:before="1"/>
-      </w:pPr>
-[...65 lines deleted...]
-        <w:pStyle w:val="BodyText"/>
+        <w:rPr>
+          <w:w w:val="105"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0091486B">
+        <w:rPr>
+          <w:w w:val="105"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Describe potential scientific, </w:t>
+      </w:r>
+      <w:r w:rsidR="00353747" w:rsidRPr="0091486B">
+        <w:rPr>
+          <w:w w:val="105"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>technical and operational</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0091486B">
+        <w:rPr>
+          <w:w w:val="105"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> risks</w:t>
+      </w:r>
+      <w:r w:rsidR="00353747" w:rsidRPr="0091486B">
+        <w:rPr>
+          <w:w w:val="105"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> that may affect</w:t>
+      </w:r>
+      <w:r w:rsidR="0004347E" w:rsidRPr="0091486B">
+        <w:rPr>
+          <w:w w:val="105"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0070737F" w:rsidRPr="0091486B">
+        <w:rPr>
+          <w:w w:val="105"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>feasibility</w:t>
+      </w:r>
+      <w:r w:rsidR="0004347E" w:rsidRPr="0091486B">
+        <w:rPr>
+          <w:w w:val="105"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>, timeline or outcomes</w:t>
+      </w:r>
+      <w:r w:rsidR="00C7624B" w:rsidRPr="0091486B">
+        <w:rPr>
+          <w:w w:val="105"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (e.g., access to data, recruitment</w:t>
+      </w:r>
+      <w:r w:rsidR="00C14E2B" w:rsidRPr="0091486B">
+        <w:rPr>
+          <w:w w:val="105"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>, resources)</w:t>
+      </w:r>
+      <w:r w:rsidR="0004347E" w:rsidRPr="0091486B">
+        <w:rPr>
+          <w:w w:val="105"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="0056241A" w:rsidRPr="0091486B">
+        <w:rPr>
+          <w:w w:val="105"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Provide</w:t>
+      </w:r>
+      <w:r w:rsidR="00DF1ADE" w:rsidRPr="0091486B">
+        <w:rPr>
+          <w:w w:val="105"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> alternative strategies to mitigate these risks</w:t>
+      </w:r>
+      <w:r w:rsidR="003D020F" w:rsidRPr="0091486B">
+        <w:rPr>
+          <w:w w:val="105"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidR="00C14E2B" w:rsidRPr="0091486B">
+        <w:rPr>
+          <w:w w:val="105"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>i.e.</w:t>
+      </w:r>
+      <w:r w:rsidR="003D020F" w:rsidRPr="0091486B">
+        <w:rPr>
+          <w:w w:val="105"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>, backup plan)</w:t>
+      </w:r>
+      <w:r w:rsidR="00DF1ADE" w:rsidRPr="0091486B">
+        <w:rPr>
+          <w:w w:val="105"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="390C0ACA" w14:textId="77777777" w:rsidR="00CC6BFC" w:rsidRDefault="00CC6BFC">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik1"/>
         <w:tabs>
-          <w:tab w:pos="2007" w:val="left" w:leader="none"/>
-[...6 lines deleted...]
-          <w:tab w:pos="9240" w:val="left" w:leader="none"/>
+          <w:tab w:val="left" w:pos="9893"/>
         </w:tabs>
         <w:spacing w:before="1"/>
-        <w:ind w:left="207"/>
+        <w:rPr>
+          <w:color w:val="8A0057"/>
+          <w:w w:val="105"/>
+          <w:u w:val="single" w:color="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="77B5089C" w14:textId="77777777" w:rsidR="0091486B" w:rsidRDefault="0091486B">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik1"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="9893"/>
+        </w:tabs>
+        <w:spacing w:before="1"/>
+        <w:rPr>
+          <w:color w:val="8A0057"/>
+          <w:w w:val="105"/>
+          <w:u w:val="single" w:color="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="01EDB361" w14:textId="77777777" w:rsidR="00CC6BFC" w:rsidRDefault="00CC6BFC">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik1"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="9893"/>
+        </w:tabs>
+        <w:spacing w:before="1"/>
+        <w:rPr>
+          <w:color w:val="8A0057"/>
+          <w:w w:val="105"/>
+          <w:u w:val="single" w:color="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4D433299" w14:textId="61DB952A" w:rsidR="000967FD" w:rsidRDefault="00D4129A">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik1"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="9893"/>
+        </w:tabs>
+        <w:spacing w:before="1"/>
+        <w:rPr>
+          <w:color w:val="8A0057"/>
+          <w:w w:val="105"/>
+          <w:u w:val="single" w:color="000000"/>
+        </w:rPr>
       </w:pPr>
       <w:r>
-        <w:rPr/>
-[...21 lines deleted...]
-      </w:r>
+        <w:rPr>
+          <w:color w:val="8A0057"/>
+          <w:w w:val="105"/>
+          <w:u w:val="single" w:color="000000"/>
+        </w:rPr>
+        <w:t>T</w:t>
+      </w:r>
+      <w:r w:rsidR="00574577">
+        <w:rPr>
+          <w:color w:val="8A0057"/>
+          <w:w w:val="105"/>
+          <w:u w:val="single" w:color="000000"/>
+        </w:rPr>
+        <w:t>ime</w:t>
+      </w:r>
+      <w:r w:rsidR="00574577">
+        <w:rPr>
+          <w:color w:val="8A0057"/>
+          <w:spacing w:val="37"/>
+          <w:w w:val="105"/>
+          <w:u w:val="single" w:color="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00574577">
+        <w:rPr>
+          <w:color w:val="8A0057"/>
+          <w:w w:val="105"/>
+          <w:u w:val="single" w:color="000000"/>
+        </w:rPr>
+        <w:t>plan</w:t>
+      </w:r>
+      <w:r w:rsidR="00480E8B">
+        <w:rPr>
+          <w:color w:val="8A0057"/>
+          <w:w w:val="105"/>
+          <w:u w:val="single" w:color="000000"/>
+        </w:rPr>
+        <w:t>______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="25F8E50F" w14:textId="58E24489" w:rsidR="000967FD" w:rsidRDefault="0014015F">
+      <w:pPr>
+        <w:pStyle w:val="Brdtext"/>
+        <w:spacing w:before="186" w:line="247" w:lineRule="auto"/>
+        <w:ind w:left="140"/>
+      </w:pPr>
       <w:r>
-        <w:rPr/>
-[...12 lines deleted...]
-        </w:pict>
+        <w:rPr>
+          <w:w w:val="115"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Describe the </w:t>
+      </w:r>
+      <w:r w:rsidR="00EE6B52">
+        <w:rPr>
+          <w:w w:val="115"/>
+        </w:rPr>
+        <w:t>time plan for each</w:t>
       </w:r>
       <w:r>
-        <w:rPr/>
-[...154 lines deleted...]
-          <w:sz w:val="19"/>
+        <w:rPr>
+          <w:w w:val="115"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> study and</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE6B52">
+        <w:rPr>
+          <w:w w:val="115"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the overall doctoral education. </w:t>
+      </w:r>
+      <w:r w:rsidR="00350BDC">
+        <w:rPr>
+          <w:w w:val="115"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Year 1, 2, 3 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00350BDC">
+        <w:rPr>
+          <w:w w:val="115"/>
+        </w:rPr>
+        <w:t>etc</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00350BDC">
+        <w:rPr>
+          <w:w w:val="115"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5878433E" w14:textId="77777777" w:rsidR="000967FD" w:rsidRDefault="000967FD">
+      <w:pPr>
+        <w:pStyle w:val="Brdtext"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7B0F2CD9" w14:textId="77777777" w:rsidR="000D1244" w:rsidRDefault="000D1244">
+      <w:pPr>
+        <w:pStyle w:val="Brdtext"/>
+        <w:spacing w:before="4"/>
+        <w:rPr>
+          <w:color w:val="C0504D" w:themeColor="accent2"/>
+          <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
+        <w:tblStyle w:val="Tabellrutnt"/>
         <w:tblW w:w="0" w:type="auto"/>
-        <w:jc w:val="left"/>
-[...16 lines deleted...]
-        <w:tblLook w:val="01E0"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1694"/>
-[...15 lines deleted...]
-        <w:gridCol w:w="520"/>
+        <w:gridCol w:w="2263"/>
+        <w:gridCol w:w="7513"/>
       </w:tblGrid>
-      <w:tr>
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="00F2532A" w14:paraId="53707571" w14:textId="77777777" w:rsidTr="00F2532A">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1694" w:type="dxa"/>
+            <w:tcW w:w="2263" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="219F81CD" w14:textId="45272A3C" w:rsidR="00F2532A" w:rsidRPr="00A92120" w:rsidRDefault="00F2532A">
             <w:pPr>
-              <w:pStyle w:val="TableParagraph"/>
-[...1 lines deleted...]
-              <w:ind w:left="98"/>
+              <w:pStyle w:val="Brdtext"/>
+              <w:spacing w:before="4"/>
               <w:rPr>
-                <w:sz w:val="20"/>
+                <w:color w:val="943634" w:themeColor="accent2" w:themeShade="BF"/>
+                <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00A92120">
               <w:rPr>
-                <w:w w:val="110"/>
-                <w:sz w:val="20"/>
+                <w:color w:val="943634" w:themeColor="accent2" w:themeShade="BF"/>
+                <w:sz w:val="24"/>
               </w:rPr>
-              <w:t>Registration</w:t>
+              <w:t xml:space="preserve">Year </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="517" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFF9EB"/>
+            <w:tcW w:w="7513" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="7F4348B9" w14:textId="773E9AC8" w:rsidR="00F2532A" w:rsidRPr="00A92120" w:rsidRDefault="003A7672">
             <w:pPr>
-              <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:before="3"/>
+              <w:pStyle w:val="Brdtext"/>
+              <w:spacing w:before="4"/>
               <w:rPr>
-                <w:sz w:val="2"/>
+                <w:color w:val="943634" w:themeColor="accent2" w:themeShade="BF"/>
+                <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...3 lines deleted...]
-              <w:ind w:left="86"/>
+            <w:r w:rsidRPr="00A92120">
               <w:rPr>
-                <w:sz w:val="20"/>
+                <w:color w:val="943634" w:themeColor="accent2" w:themeShade="BF"/>
+                <w:sz w:val="24"/>
               </w:rPr>
-            </w:pPr>
-[...43 lines deleted...]
-              </w:rPr>
+              <w:t>Study/activity</w:t>
             </w:r>
           </w:p>
         </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F2532A" w14:paraId="3D8F4287" w14:textId="77777777" w:rsidTr="00F2532A">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="516" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFF9EB"/>
+            <w:tcW w:w="2263" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="1C564BEA" w14:textId="2B33DA5C" w:rsidR="00F2532A" w:rsidRPr="003A7672" w:rsidRDefault="00F2532A">
             <w:pPr>
-              <w:pStyle w:val="TableParagraph"/>
+              <w:pStyle w:val="Brdtext"/>
+              <w:spacing w:before="4"/>
               <w:rPr>
-                <w:sz w:val="20"/>
+                <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="516" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="FDEDE2"/>
+            <w:tcW w:w="7513" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="35AB1E02" w14:textId="7F4CB377" w:rsidR="00F2532A" w:rsidRPr="003A7672" w:rsidRDefault="00F2532A">
             <w:pPr>
-              <w:pStyle w:val="TableParagraph"/>
+              <w:pStyle w:val="Brdtext"/>
+              <w:spacing w:before="4"/>
               <w:rPr>
-                <w:sz w:val="20"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F2532A" w14:paraId="168E1F4F" w14:textId="77777777" w:rsidTr="00F2532A">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2263" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3BF814CE" w14:textId="3C8DD757" w:rsidR="00F2532A" w:rsidRPr="003A7672" w:rsidRDefault="00F2532A">
+            <w:pPr>
+              <w:pStyle w:val="Brdtext"/>
+              <w:spacing w:before="4"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="517" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="FDEDE2"/>
+            <w:tcW w:w="7513" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="3742E706" w14:textId="288AE8DE" w:rsidR="00F2532A" w:rsidRPr="003A7672" w:rsidRDefault="00F2532A">
             <w:pPr>
-              <w:pStyle w:val="TableParagraph"/>
+              <w:pStyle w:val="Brdtext"/>
+              <w:spacing w:before="4"/>
               <w:rPr>
-                <w:sz w:val="20"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F2532A" w14:paraId="2E1E5881" w14:textId="77777777" w:rsidTr="00F2532A">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2263" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6553C861" w14:textId="4AA75DDF" w:rsidR="00F2532A" w:rsidRPr="003A7672" w:rsidRDefault="00F2532A">
+            <w:pPr>
+              <w:pStyle w:val="Brdtext"/>
+              <w:spacing w:before="4"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="519" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFF9EB"/>
+            <w:tcW w:w="7513" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="5A3B114C" w14:textId="74145254" w:rsidR="00F2532A" w:rsidRPr="003A7672" w:rsidRDefault="00F2532A">
             <w:pPr>
-              <w:pStyle w:val="TableParagraph"/>
+              <w:pStyle w:val="Brdtext"/>
+              <w:spacing w:before="4"/>
               <w:rPr>
-                <w:sz w:val="20"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F2532A" w14:paraId="0DB5AA19" w14:textId="77777777" w:rsidTr="00F2532A">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2263" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5D3613D2" w14:textId="11C90982" w:rsidR="00F2532A" w:rsidRPr="003A7672" w:rsidRDefault="00F2532A">
+            <w:pPr>
+              <w:pStyle w:val="Brdtext"/>
+              <w:spacing w:before="4"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="513" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFF9EB"/>
+            <w:tcW w:w="7513" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="7EA339A6" w14:textId="77777777" w:rsidR="00F2532A" w:rsidRPr="003A7672" w:rsidRDefault="00F2532A">
             <w:pPr>
-              <w:pStyle w:val="TableParagraph"/>
+              <w:pStyle w:val="Brdtext"/>
+              <w:spacing w:before="4"/>
               <w:rPr>
-                <w:sz w:val="20"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F2532A" w14:paraId="068584EC" w14:textId="77777777" w:rsidTr="00F2532A">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2263" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0D4B328A" w14:textId="687E7D5E" w:rsidR="00F2532A" w:rsidRPr="003A7672" w:rsidRDefault="00F2532A">
+            <w:pPr>
+              <w:pStyle w:val="Brdtext"/>
+              <w:spacing w:before="4"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="515" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="FDEDE2"/>
+            <w:tcW w:w="7513" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="18DE871E" w14:textId="77777777" w:rsidR="00F2532A" w:rsidRPr="003A7672" w:rsidRDefault="00F2532A">
             <w:pPr>
-              <w:pStyle w:val="TableParagraph"/>
+              <w:pStyle w:val="Brdtext"/>
+              <w:spacing w:before="4"/>
               <w:rPr>
-                <w:sz w:val="20"/>
-[...2234 lines deleted...]
-                <w:sz w:val="20"/>
+                <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...1 lines deleted...]
-        <w:pStyle w:val="Heading1"/>
+    <w:p w14:paraId="18B896B7" w14:textId="4CA5432E" w:rsidR="000967FD" w:rsidRPr="000906D0" w:rsidRDefault="000906D0">
+      <w:pPr>
+        <w:pStyle w:val="Brdtext"/>
+        <w:spacing w:before="4"/>
+        <w:rPr>
+          <w:color w:val="C0504D" w:themeColor="accent2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000906D0">
+        <w:rPr>
+          <w:color w:val="C0504D" w:themeColor="accent2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="014DC369" w14:textId="080257AF" w:rsidR="000967FD" w:rsidRDefault="00E6729A">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik1"/>
         <w:spacing w:before="239"/>
       </w:pPr>
-      <w:r>
-[...30 lines deleted...]
-      </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="8A0057"/>
           <w:w w:val="110"/>
           <w:u w:val="single" w:color="8A0057"/>
         </w:rPr>
         <w:t>Supervisors’ competences and role in the project</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...2 lines deleted...]
-        <w:spacing w:line="247" w:lineRule="auto" w:before="9"/>
+    <w:p w14:paraId="1F4E5323" w14:textId="77777777" w:rsidR="000967FD" w:rsidRDefault="00574577">
+      <w:pPr>
+        <w:pStyle w:val="Brdtext"/>
+        <w:spacing w:before="9" w:line="247" w:lineRule="auto"/>
         <w:ind w:left="140" w:right="182"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:w w:val="115"/>
         </w:rPr>
         <w:t>Please state each supervisor's expertise and role in the project. If there are more than two co-supervisors, explain the need for an additional co-supervisor and describe the specific expertise and roles that this additional supervisor contributes with.</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...1 lines deleted...]
-        <w:pStyle w:val="BodyText"/>
+    <w:p w14:paraId="1AD81DD7" w14:textId="77777777" w:rsidR="000967FD" w:rsidRDefault="000967FD">
+      <w:pPr>
+        <w:pStyle w:val="Brdtext"/>
         <w:spacing w:before="3"/>
         <w:rPr>
           <w:sz w:val="26"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p>
-[...1 lines deleted...]
-        <w:pStyle w:val="Heading1"/>
+    <w:p w14:paraId="12EA562E" w14:textId="77777777" w:rsidR="00410BB0" w:rsidRDefault="00410BB0">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik1"/>
         <w:spacing w:after="16"/>
-      </w:pPr>
-      <w:r>
         <w:rPr>
           <w:color w:val="8A0057"/>
           <w:w w:val="110"/>
           <w:u w:val="single" w:color="8A0057"/>
         </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6FFD81F4" w14:textId="190C962F" w:rsidR="000967FD" w:rsidRDefault="00574577">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik1"/>
+        <w:spacing w:after="16"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="8A0057"/>
+          <w:w w:val="110"/>
+          <w:u w:val="single" w:color="8A0057"/>
+        </w:rPr>
         <w:t>Brief description of research environment</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...1 lines deleted...]
-        <w:pStyle w:val="BodyText"/>
+    <w:p w14:paraId="6B6F62B7" w14:textId="50DA4167" w:rsidR="000967FD" w:rsidRDefault="00E6729A">
+      <w:pPr>
+        <w:pStyle w:val="Brdtext"/>
         <w:spacing w:line="20" w:lineRule="exact"/>
         <w:ind w:left="106"/>
         <w:rPr>
           <w:sz w:val="2"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
+          <w:noProof/>
           <w:sz w:val="2"/>
         </w:rPr>
-        <w:pict>
-[...15 lines deleted...]
-        <w:pStyle w:val="BodyText"/>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wpg">
+            <w:drawing>
+              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5BC16338" wp14:editId="2FAB11E5">
+                <wp:extent cx="6128385" cy="6350"/>
+                <wp:effectExtent l="6985" t="7620" r="8255" b="5080"/>
+                <wp:docPr id="1411554234" name="Group 2"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
+                    <wpg:wgp>
+                      <wpg:cNvGrpSpPr>
+                        <a:grpSpLocks/>
+                      </wpg:cNvGrpSpPr>
+                      <wpg:grpSpPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="6128385" cy="6350"/>
+                          <a:chOff x="0" y="0"/>
+                          <a:chExt cx="9651" cy="10"/>
+                        </a:xfrm>
+                      </wpg:grpSpPr>
+                      <wps:wsp>
+                        <wps:cNvPr id="1999794859" name="Line 3"/>
+                        <wps:cNvCnPr>
+                          <a:cxnSpLocks noChangeShapeType="1"/>
+                        </wps:cNvCnPr>
+                        <wps:spPr bwMode="auto">
+                          <a:xfrm>
+                            <a:off x="0" y="5"/>
+                            <a:ext cx="9650" cy="0"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="line">
+                            <a:avLst/>
+                          </a:prstGeom>
+                          <a:noFill/>
+                          <a:ln w="6096">
+                            <a:solidFill>
+                              <a:srgbClr val="000000"/>
+                            </a:solidFill>
+                            <a:prstDash val="solid"/>
+                            <a:round/>
+                            <a:headEnd/>
+                            <a:tailEnd/>
+                          </a:ln>
+                          <a:extLst>
+                            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                                <a:noFill/>
+                              </a14:hiddenFill>
+                            </a:ext>
+                          </a:extLst>
+                        </wps:spPr>
+                        <wps:bodyPr/>
+                      </wps:wsp>
+                    </wpg:wgp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:inline>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:group w14:anchorId="207CD793" id="Group 2" o:spid="_x0000_s1026" style="width:482.55pt;height:.5pt;mso-position-horizontal-relative:char;mso-position-vertical-relative:line" coordsize="9651,10" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDHunCPLAIAALgEAAAOAAAAZHJzL2Uyb0RvYy54bWyklM2O2jAQx++V+g6W7yUECiURYQ+wy4W2&#10;SLt9gMFxEquObdmGwNt37GSB7l6qLQfLznz4P78Zs3w4t5KcuHVCq4KmozElXDFdClUX9NfL05cF&#10;Jc6DKkFqxQt64Y4+rD5/WnYm5xPdaFlySzCJcnlnCtp4b/IkcazhLbiRNlyhsdK2BY9HWyelhQ6z&#10;tzKZjMfzpNO2NFYz7hx+3fRGuor5q4oz/7OqHPdEFhS1+bjauB7CmqyWkNcWTCPYIAM+oKIFofDS&#10;a6oNeCBHK96lagWz2unKj5huE11VgvFYA1aTjt9Us7X6aGItdd7V5ooJ0b7h9OG07Mdpa82z2dte&#10;PW53mv12yCXpTJ3f28O57p3JofuuS+wnHL2OhZ8r24YUWBI5R76XK19+9oThx3k6WUwXM0oY2ubT&#10;2YCfNdijd0GseRzCsvks7WPSGJFA3t8WFQ6KQsdxhNyNkvs/Ss8NGB7hu0Bhb4koccKzLPuWfV3M&#10;MkoUtEhgJxQn0zBIQQB6rlUPk53VAJMovW5A1TzmfLkYDEtDBBZwFxIODjvxj3Bn/fC+wkVKOOCB&#10;7N+QIDfW+S3XLQmbgkoUHFsGp53zQcXNJXRQ6SchJX6HXCrSYafG2TwGOC1FGYzB5mx9WEtLThCe&#10;VvzFktBy7xbu3IBrer9o6nXjbKsy3tJwKB+HvQch+z2qkmpAFKj0fA+6vOztKzps9zCn+DxiIcNT&#10;Du/v/hy9bn84qz8AAAD//wMAUEsDBBQABgAIAAAAIQBljBz72gAAAAMBAAAPAAAAZHJzL2Rvd25y&#10;ZXYueG1sTI9BS8NAEIXvgv9hGcGb3URp0ZhNKUU9FcFWEG/T7DQJzc6G7DZJ/72jF3t5MLzHe9/k&#10;y8m1aqA+NJ4NpLMEFHHpbcOVgc/d690jqBCRLbaeycCZAiyL66scM+tH/qBhGyslJRwyNFDH2GVa&#10;h7Imh2HmO2LxDr53GOXsK217HKXctfo+SRbaYcOyUGNH65rK4/bkDLyNOK4e0pdhczysz9+7+fvX&#10;JiVjbm+m1TOoSFP8D8MvvqBDIUx7f2IbVGtAHol/Kt7TYp6C2ksoAV3k+pK9+AEAAP//AwBQSwEC&#10;LQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNd&#10;LnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8u&#10;cmVsc1BLAQItABQABgAIAAAAIQDHunCPLAIAALgEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJv&#10;RG9jLnhtbFBLAQItABQABgAIAAAAIQBljBz72gAAAAMBAAAPAAAAAAAAAAAAAAAAAIYEAABkcnMv&#10;ZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAjQUAAAAA&#10;">
+                <v:line id="Line 3" o:spid="_x0000_s1027" style="position:absolute;visibility:visible;mso-wrap-style:square" from="0,5" to="9650,5" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQB1UdFPxwAAAOMAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9fS8Mw&#10;EH8X/A7hBN9cqqhd6rKhwjahT05hezySsyk2l9LEtn57Iwg+3u//rTaz78RIQ2wDa7heFCCITbAt&#10;Nxre37ZXSxAxIVvsApOGb4qwWZ+frbCyYeJXGg+pETmEY4UaXEp9JWU0jjzGReiJM/cRBo8pn0Mj&#10;7YBTDvedvCmKe+mx5dzgsKdnR+bz8OU1jPv6NNZlQLM/1k/ObHdtOe20vryYHx9AJJrTv/jP/WLz&#10;fKVUqW6Xdwp+f8oAyPUPAAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAA&#10;AAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEA&#10;AAsAAAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAHVR0U/HAAAA4wAA&#10;AA8AAAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD7AgAAAAA=&#10;" strokeweight=".48pt"/>
+                <w10:anchorlock/>
+              </v:group>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2B2AEC76" w14:textId="4EE3C81D" w:rsidR="000967FD" w:rsidRDefault="00574577">
+      <w:pPr>
+        <w:pStyle w:val="Brdtext"/>
         <w:spacing w:line="247" w:lineRule="auto"/>
         <w:ind w:left="140" w:right="387"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="333333"/>
           <w:w w:val="110"/>
         </w:rPr>
-        <w:t>Describe the research environment  where the student  will carry out the PhD education. Include  a description of how the </w:t>
+        <w:t xml:space="preserve">Describe the research environment where the student will carry out the </w:t>
+      </w:r>
+      <w:r w:rsidR="00410BB0">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:w w:val="110"/>
+        </w:rPr>
+        <w:t>doctoral</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:w w:val="110"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> education. Include a description of how the </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="333333"/>
           <w:spacing w:val="-2"/>
           <w:w w:val="110"/>
         </w:rPr>
-        <w:t>PhD </w:t>
+        <w:t xml:space="preserve">PhD </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="333333"/>
           <w:w w:val="110"/>
         </w:rPr>
         <w:t>project fits with the general research or education themes in the department or section.</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...1 lines deleted...]
-        <w:pStyle w:val="BodyText"/>
+    <w:p w14:paraId="28BE2696" w14:textId="77777777" w:rsidR="000967FD" w:rsidRDefault="000967FD">
+      <w:pPr>
+        <w:pStyle w:val="Brdtext"/>
         <w:spacing w:before="6"/>
       </w:pPr>
     </w:p>
-    <w:p>
-[...1 lines deleted...]
-        <w:pStyle w:val="Heading1"/>
+    <w:p w14:paraId="36EB09A0" w14:textId="77777777" w:rsidR="000967FD" w:rsidRDefault="000967FD">
+      <w:pPr>
+        <w:pStyle w:val="Brdtext"/>
+        <w:spacing w:before="3"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="71DD0747" w14:textId="77777777" w:rsidR="000967FD" w:rsidRDefault="00574577">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik1"/>
+        <w:spacing w:before="1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="8A0057"/>
-          <w:w w:val="110"/>
+          <w:w w:val="115"/>
           <w:u w:val="single" w:color="8A0057"/>
         </w:rPr>
-        <w:t>Brief description of cost and finance other than salary cost</w:t>
-[...32 lines deleted...]
-        </w:rPr>
         <w:t>References</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...1 lines deleted...]
-        <w:pStyle w:val="BodyText"/>
+    <w:p w14:paraId="476D2BEC" w14:textId="77777777" w:rsidR="000967FD" w:rsidRDefault="00574577">
+      <w:pPr>
+        <w:pStyle w:val="Brdtext"/>
         <w:spacing w:before="11"/>
         <w:ind w:left="140"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="333333"/>
           <w:w w:val="110"/>
         </w:rPr>
         <w:t>List key literature references which you have referred to in the text</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="333333"/>
           <w:spacing w:val="50"/>
           <w:w w:val="110"/>
         </w:rPr>
-        <w:t> </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="333333"/>
           <w:w w:val="110"/>
         </w:rPr>
         <w:t>above.</w:t>
       </w:r>
     </w:p>
-    <w:sectPr>
+    <w:sectPr w:rsidR="000967FD">
+      <w:footerReference w:type="default" r:id="rId8"/>
       <w:pgSz w:w="12240" w:h="15840"/>
-      <w:pgMar w:top="740" w:bottom="280" w:left="1180" w:right="880"/>
+      <w:pgMar w:top="740" w:right="880" w:bottom="280" w:left="1180" w:header="720" w:footer="720" w:gutter="0"/>
+      <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
+<file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:endnote w:type="separator" w:id="-1">
+    <w:p w14:paraId="1D86E20E" w14:textId="77777777" w:rsidR="00763141" w:rsidRDefault="00763141" w:rsidP="00695DB6">
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+  <w:endnote w:type="continuationSeparator" w:id="0">
+    <w:p w14:paraId="058E8857" w14:textId="77777777" w:rsidR="00763141" w:rsidRDefault="00763141" w:rsidP="00695DB6">
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+</w:endnotes>
+</file>
+
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
-    <w:altName w:val="Times New Roman"/>
-    <w:charset w:val="0"/>
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Cambria">
+    <w:panose1 w:val="02040503050406030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
+<file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:sdt>
+    <w:sdtPr>
+      <w:id w:val="-1969340602"/>
+      <w:docPartObj>
+        <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
+        <w:docPartUnique/>
+      </w:docPartObj>
+    </w:sdtPr>
+    <w:sdtEndPr/>
+    <w:sdtContent>
+      <w:p w14:paraId="4F08802F" w14:textId="6DC54E0A" w:rsidR="00695DB6" w:rsidRDefault="00695DB6">
+        <w:pPr>
+          <w:pStyle w:val="Sidfot"/>
+          <w:jc w:val="right"/>
+        </w:pPr>
+        <w:r>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r>
+          <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:lang w:val="sv-SE"/>
+          </w:rPr>
+          <w:t>2</w:t>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:p>
+    </w:sdtContent>
+  </w:sdt>
+  <w:p w14:paraId="7266D9FE" w14:textId="77777777" w:rsidR="00695DB6" w:rsidRDefault="00695DB6">
+    <w:pPr>
+      <w:pStyle w:val="Sidfot"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:footnote w:type="separator" w:id="-1">
+    <w:p w14:paraId="521409F2" w14:textId="77777777" w:rsidR="00763141" w:rsidRDefault="00763141" w:rsidP="00695DB6">
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:type="continuationSeparator" w:id="0">
+    <w:p w14:paraId="3D444E88" w14:textId="77777777" w:rsidR="00763141" w:rsidRDefault="00763141" w:rsidP="00695DB6">
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+</w:footnotes>
+</file>
+
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="1">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="07BC6F3B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0">
-      <w:start w:val="0"/>
+    <w:tmpl w:val="DA00CDCA"/>
+    <w:lvl w:ilvl="0" w:tplc="56DA6024">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="□"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="265" w:hanging="132"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
         <w:w w:val="78"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1">
-      <w:start w:val="0"/>
+    <w:lvl w:ilvl="1" w:tplc="ACD26C5C">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="530" w:hanging="132"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2">
-      <w:start w:val="0"/>
+    <w:lvl w:ilvl="2" w:tplc="A74698CA">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="800" w:hanging="132"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3">
-      <w:start w:val="0"/>
+    <w:lvl w:ilvl="3" w:tplc="1CF64886">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1070" w:hanging="132"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4">
-      <w:start w:val="0"/>
+    <w:lvl w:ilvl="4" w:tplc="98DC9BEC">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1341" w:hanging="132"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5">
-      <w:start w:val="0"/>
+    <w:lvl w:ilvl="5" w:tplc="4E2C585E">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1611" w:hanging="132"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6">
-      <w:start w:val="0"/>
+    <w:lvl w:ilvl="6" w:tplc="A3266B08">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1881" w:hanging="132"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7">
-      <w:start w:val="0"/>
+    <w:lvl w:ilvl="7" w:tplc="A6C4309E">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2151" w:hanging="132"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8">
-      <w:start w:val="0"/>
+    <w:lvl w:ilvl="8" w:tplc="A23E9572">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2422" w:hanging="132"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="0">
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="177A54E1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0">
-      <w:start w:val="0"/>
+    <w:tmpl w:val="E8BAE1C8"/>
+    <w:lvl w:ilvl="0" w:tplc="7C02E7F8">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="□"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="519" w:hanging="135"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
         <w:w w:val="78"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1">
-      <w:start w:val="0"/>
+    <w:lvl w:ilvl="1" w:tplc="B14050DC">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="754" w:hanging="135"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2">
-      <w:start w:val="0"/>
+    <w:lvl w:ilvl="2" w:tplc="57C0F7DE">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="989" w:hanging="135"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3">
-      <w:start w:val="0"/>
+    <w:lvl w:ilvl="3" w:tplc="C3E24B86">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1224" w:hanging="135"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4">
-      <w:start w:val="0"/>
+    <w:lvl w:ilvl="4" w:tplc="EC9A804A">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1459" w:hanging="135"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5">
-      <w:start w:val="0"/>
+    <w:lvl w:ilvl="5" w:tplc="3654850E">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1693" w:hanging="135"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6">
-      <w:start w:val="0"/>
+    <w:lvl w:ilvl="6" w:tplc="E8DA7C88">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1928" w:hanging="135"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7">
-      <w:start w:val="0"/>
+    <w:lvl w:ilvl="7" w:tplc="04045B96">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2163" w:hanging="135"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8">
-      <w:start w:val="0"/>
+    <w:lvl w:ilvl="8" w:tplc="2752BD84">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2398" w:hanging="135"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="2">
+  <w:num w:numId="1" w16cid:durableId="1273174909">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="417409241">
     <w:abstractNumId w:val="1"/>
-  </w:num>
-[...1 lines deleted...]
-    <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
-  <w:zoom w:percent="120"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
+  <w:hyphenationZone w:val="425"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:savePreviewPicture/>
+  <w:footnotePr>
+    <w:footnote w:id="-1"/>
+    <w:footnote w:id="0"/>
+  </w:footnotePr>
+  <w:endnotePr>
+    <w:endnote w:id="-1"/>
+    <w:endnote w:id="0"/>
+  </w:endnotePr>
   <w:compat>
     <w:ulTrailSpace/>
-    <w:useFELayout/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
+  <w:rsids>
+    <w:rsidRoot w:val="000967FD"/>
+    <w:rsid w:val="0002125F"/>
+    <w:rsid w:val="0004347E"/>
+    <w:rsid w:val="000773BD"/>
+    <w:rsid w:val="0007763E"/>
+    <w:rsid w:val="000906D0"/>
+    <w:rsid w:val="000967FD"/>
+    <w:rsid w:val="000A53E4"/>
+    <w:rsid w:val="000B1EA6"/>
+    <w:rsid w:val="000B66B4"/>
+    <w:rsid w:val="000D1244"/>
+    <w:rsid w:val="0014015F"/>
+    <w:rsid w:val="001816D3"/>
+    <w:rsid w:val="001D5FEE"/>
+    <w:rsid w:val="001F1375"/>
+    <w:rsid w:val="00204B78"/>
+    <w:rsid w:val="00206E70"/>
+    <w:rsid w:val="002156F2"/>
+    <w:rsid w:val="00246981"/>
+    <w:rsid w:val="002523F4"/>
+    <w:rsid w:val="0027128F"/>
+    <w:rsid w:val="002719A7"/>
+    <w:rsid w:val="00296013"/>
+    <w:rsid w:val="002A5771"/>
+    <w:rsid w:val="002B688F"/>
+    <w:rsid w:val="002E32C0"/>
+    <w:rsid w:val="00332C36"/>
+    <w:rsid w:val="00350BDC"/>
+    <w:rsid w:val="00353747"/>
+    <w:rsid w:val="00361437"/>
+    <w:rsid w:val="00386C6A"/>
+    <w:rsid w:val="003A7672"/>
+    <w:rsid w:val="003D020F"/>
+    <w:rsid w:val="003D395A"/>
+    <w:rsid w:val="00410BB0"/>
+    <w:rsid w:val="00410F2D"/>
+    <w:rsid w:val="004157F8"/>
+    <w:rsid w:val="00430EC9"/>
+    <w:rsid w:val="00455C74"/>
+    <w:rsid w:val="00457334"/>
+    <w:rsid w:val="00462745"/>
+    <w:rsid w:val="00480E8B"/>
+    <w:rsid w:val="004B05B6"/>
+    <w:rsid w:val="004B3A89"/>
+    <w:rsid w:val="004D3616"/>
+    <w:rsid w:val="004E348B"/>
+    <w:rsid w:val="005309BF"/>
+    <w:rsid w:val="00545B11"/>
+    <w:rsid w:val="0056241A"/>
+    <w:rsid w:val="00566024"/>
+    <w:rsid w:val="00574577"/>
+    <w:rsid w:val="005D4AA3"/>
+    <w:rsid w:val="00614B48"/>
+    <w:rsid w:val="006269C5"/>
+    <w:rsid w:val="00634177"/>
+    <w:rsid w:val="00683541"/>
+    <w:rsid w:val="00684013"/>
+    <w:rsid w:val="00695DB6"/>
+    <w:rsid w:val="006A1C92"/>
+    <w:rsid w:val="006E3916"/>
+    <w:rsid w:val="006E5E6C"/>
+    <w:rsid w:val="006F2EAD"/>
+    <w:rsid w:val="0070737F"/>
+    <w:rsid w:val="00763141"/>
+    <w:rsid w:val="007A74AB"/>
+    <w:rsid w:val="007B341E"/>
+    <w:rsid w:val="007D6056"/>
+    <w:rsid w:val="007E31E5"/>
+    <w:rsid w:val="00897BDA"/>
+    <w:rsid w:val="008A00B3"/>
+    <w:rsid w:val="008B73AA"/>
+    <w:rsid w:val="008E1AAC"/>
+    <w:rsid w:val="008E3154"/>
+    <w:rsid w:val="00910361"/>
+    <w:rsid w:val="0091486B"/>
+    <w:rsid w:val="00924D26"/>
+    <w:rsid w:val="00955B78"/>
+    <w:rsid w:val="009625FF"/>
+    <w:rsid w:val="009A5AF6"/>
+    <w:rsid w:val="009B70C9"/>
+    <w:rsid w:val="009C47CA"/>
+    <w:rsid w:val="009D31B0"/>
+    <w:rsid w:val="009E5202"/>
+    <w:rsid w:val="009E57CE"/>
+    <w:rsid w:val="00A06690"/>
+    <w:rsid w:val="00A22400"/>
+    <w:rsid w:val="00A44B8A"/>
+    <w:rsid w:val="00A526D9"/>
+    <w:rsid w:val="00A92120"/>
+    <w:rsid w:val="00A96A91"/>
+    <w:rsid w:val="00AA00D3"/>
+    <w:rsid w:val="00AA6925"/>
+    <w:rsid w:val="00AA6F9A"/>
+    <w:rsid w:val="00B94511"/>
+    <w:rsid w:val="00C14E2B"/>
+    <w:rsid w:val="00C25F1F"/>
+    <w:rsid w:val="00C270EE"/>
+    <w:rsid w:val="00C42D7C"/>
+    <w:rsid w:val="00C7624B"/>
+    <w:rsid w:val="00CB33D8"/>
+    <w:rsid w:val="00CC1382"/>
+    <w:rsid w:val="00CC6BFC"/>
+    <w:rsid w:val="00D1419D"/>
+    <w:rsid w:val="00D202BF"/>
+    <w:rsid w:val="00D21E45"/>
+    <w:rsid w:val="00D34462"/>
+    <w:rsid w:val="00D37B40"/>
+    <w:rsid w:val="00D4129A"/>
+    <w:rsid w:val="00D6750B"/>
+    <w:rsid w:val="00D7350A"/>
+    <w:rsid w:val="00D81BC1"/>
+    <w:rsid w:val="00DF1ADE"/>
+    <w:rsid w:val="00E01578"/>
+    <w:rsid w:val="00E424AE"/>
+    <w:rsid w:val="00E43A40"/>
+    <w:rsid w:val="00E4778E"/>
+    <w:rsid w:val="00E6729A"/>
+    <w:rsid w:val="00E71DC0"/>
+    <w:rsid w:val="00E72A74"/>
+    <w:rsid w:val="00E83662"/>
+    <w:rsid w:val="00EB05FD"/>
+    <w:rsid w:val="00EB6D05"/>
+    <w:rsid w:val="00ED07AD"/>
+    <w:rsid w:val="00ED3877"/>
+    <w:rsid w:val="00ED6434"/>
+    <w:rsid w:val="00EE2C3C"/>
+    <w:rsid w:val="00EE4E5A"/>
+    <w:rsid w:val="00EE6B52"/>
+    <w:rsid w:val="00F15137"/>
+    <w:rsid w:val="00F22247"/>
+    <w:rsid w:val="00F22661"/>
+    <w:rsid w:val="00F2532A"/>
+    <w:rsid w:val="00F53AA2"/>
+    <w:rsid w:val="00F641AF"/>
+    <w:rsid w:val="00F773AD"/>
+    <w:rsid w:val="00F8109E"/>
+    <w:rsid w:val="00F8548A"/>
+    <w:rsid w:val="00F96C93"/>
+    <w:rsid w:val="00FA2D1F"/>
+    <w:rsid w:val="00FB7350"/>
+    <w:rsid w:val="00FD1E45"/>
+    <w:rsid w:val="00FF650A"/>
+  </w:rsids>
+  <m:mathPr>
+    <m:mathFont m:val="Cambria Math"/>
+    <m:brkBin m:val="before"/>
+    <m:brkBinSub m:val="--"/>
+    <m:smallFrac m:val="0"/>
+    <m:dispDef/>
+    <m:lMargin m:val="0"/>
+    <m:rMargin m:val="0"/>
+    <m:defJc m:val="centerGroup"/>
+    <m:wrapIndent m:val="1440"/>
+    <m:intLim m:val="subSup"/>
+    <m:naryLim m:val="undOvr"/>
+  </m:mathPr>
+  <w:themeFontLang/>
+  <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
+  <w:shapeDefaults>
+    <o:shapedefaults v:ext="edit" spidmax="1026"/>
+    <o:shapelayout v:ext="edit">
+      <o:idmap v:ext="edit" data="1"/>
+    </o:shapelayout>
+  </w:shapeDefaults>
+  <w:decimalSymbol w:val=","/>
+  <w:listSeparator w:val=";"/>
+  <w14:docId w14:val="4D5F8E61"/>
+  <w15:docId w15:val="{E0DA6985-860B-4958-92E8-B99723C3E549}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:cstheme="minorBidi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:asciiTheme="minorHAnsi"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
-        <w:lang w:val="en-US" w:bidi="ar-SA" w:eastAsia="en-US"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
-        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
-[...1 lines deleted...]
-        <w:jc w:val="left"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:style w:styleId="DefaultParagraphFont" w:default="1" w:type="character">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+    <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 3" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 4" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 4" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 5" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
+    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
+    <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
+    <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
+    <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
+    <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
+    <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
+    <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
+  </w:latentStyles>
+  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
+    <w:name w:val="Normal"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Rubrik1">
+    <w:name w:val="heading 1"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:ind w:left="140"/>
+      <w:outlineLvl w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="26"/>
+      <w:szCs w:val="26"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Rubrik2">
+    <w:name w:val="heading 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="9"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:spacing w:before="90"/>
+      <w:ind w:left="162"/>
+      <w:outlineLvl w:val="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:default="1" w:styleId="Standardstycketeckensnitt">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:styleId="TableNormal" w:default="1" w:type="table">
-    <w:name w:val="Table Normal"/>
+  <w:style w:type="table" w:default="1" w:styleId="Normaltabell">
+    <w:name w:val="Normal Table"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="numbering" w:default="1" w:styleId="Ingenlista">
+    <w:name w:val="No List"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="TableNormal1">
+    <w:name w:val="Table Normal1"/>
     <w:uiPriority w:val="2"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:styleId="NoList" w:default="1" w:type="numbering">
-[...14 lines deleted...]
-  <w:style w:styleId="BodyText" w:type="paragraph">
+  <w:style w:type="paragraph" w:styleId="Brdtext">
     <w:name w:val="Body Text"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:pPr/>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:styleId="Heading1" w:type="paragraph">
-[...30 lines deleted...]
-  <w:style w:styleId="ListParagraph" w:type="paragraph">
+  <w:style w:type="paragraph" w:styleId="Liststycke">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:pPr>
       <w:ind w:left="265" w:hanging="132"/>
     </w:pPr>
-    <w:rPr>
-[...1 lines deleted...]
-    </w:rPr>
   </w:style>
-  <w:style w:styleId="TableParagraph" w:type="paragraph">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="TableParagraph">
     <w:name w:val="Table Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:pPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="Kommentarsreferens">
+    <w:name w:val="annotation reference"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00634177"/>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
     </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Kommentarer">
+    <w:name w:val="annotation text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="KommentarerChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00634177"/>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="KommentarerChar">
+    <w:name w:val="Kommentarer Char"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:link w:val="Kommentarer"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00634177"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Kommentarsmne">
+    <w:name w:val="annotation subject"/>
+    <w:basedOn w:val="Kommentarer"/>
+    <w:next w:val="Kommentarer"/>
+    <w:link w:val="KommentarsmneChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00634177"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="KommentarsmneChar">
+    <w:name w:val="Kommentarsämne Char"/>
+    <w:basedOn w:val="KommentarerChar"/>
+    <w:link w:val="Kommentarsmne"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00634177"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Revision">
+    <w:name w:val="Revision"/>
+    <w:hidden/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00ED6434"/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:autoSpaceDE/>
+      <w:autoSpaceDN/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Sidhuvud">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="SidhuvudChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00695DB6"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4513"/>
+        <w:tab w:val="right" w:pos="9026"/>
+      </w:tabs>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="SidhuvudChar">
+    <w:name w:val="Sidhuvud Char"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:link w:val="Sidhuvud"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00695DB6"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Sidfot">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="SidfotChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00695DB6"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4513"/>
+        <w:tab w:val="right" w:pos="9026"/>
+      </w:tabs>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="SidfotChar">
+    <w:name w:val="Sidfot Char"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:link w:val="Sidfot"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00695DB6"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="Tabellrutnt">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="Normaltabell"/>
+    <w:uiPriority w:val="39"/>
+    <w:rsid w:val="009C47CA"/>
+    <w:tblPr>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+    </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
+<file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du"/>
+</file>
+
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/></Relationships>
-
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -5107,54 +3059,82 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
+  <Pages>2</Pages>
+  <Words>301</Words>
+  <Characters>1931</Characters>
   <Application>Microsoft Office Word</Application>
-  <DocSecurity>0</DocSecurity>
+  <DocSecurity>4</DocSecurity>
+  <Lines>81</Lines>
+  <Paragraphs>31</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Rubrik</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr>Microsoft Word - Template Research Plan NVS_final</vt:lpstr>
+    </vt:vector>
+  </TitlesOfParts>
+  <Company>Karolinska Institutet</Company>
   <LinksUpToDate>false</LinksUpToDate>
+  <CharactersWithSpaces>2218</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:title>Microsoft Word - Template Research Plan NVS_final</dc:title>
   <dc:creator>Ulrica Nilsson</dc:creator>
-  <dc:title>Microsoft Word - Template Research Plan NVS_final</dc:title>
+  <cp:lastModifiedBy></cp:lastModifiedBy>
+  <cp:revision></cp:revision>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Created">
     <vt:filetime>2025-02-05T00:00:00Z</vt:filetime>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="LastSaved">
     <vt:filetime>2025-08-13T00:00:00Z</vt:filetime>
   </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="GrammarlyDocumentId">
+    <vt:lpwstr>1b7aefc2-9674-4081-9643-6ace4dc71ae3</vt:lpwstr>
+  </property>
 </Properties>
 </file>