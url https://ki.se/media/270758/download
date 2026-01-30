--- v0 (2025-10-19)
+++ v1 (2026-01-30)
@@ -11,147 +11,147 @@
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="7E5E4655" w14:textId="77777777" w:rsidR="00EA2995" w:rsidRDefault="00EA2995" w:rsidP="001C463C">
       <w:pPr>
         <w:pStyle w:val="Normalwebb"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="01BD2817" w14:textId="3C1E1FAC" w:rsidR="001C463C" w:rsidRPr="00F74950" w:rsidRDefault="00C8030A" w:rsidP="001C463C">
+    <w:p w14:paraId="01BD2817" w14:textId="141CA803" w:rsidR="001C463C" w:rsidRPr="00F74950" w:rsidRDefault="00C8030A" w:rsidP="001C463C">
       <w:pPr>
         <w:pStyle w:val="Normalwebb"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F74950">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>Nominering KI</w:t>
       </w:r>
       <w:r w:rsidR="006A5BC3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidRPr="00F74950">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>s pedagogiska pris 20</w:t>
       </w:r>
       <w:r w:rsidR="00C55A82">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidR="00C3058B">
+      <w:r w:rsidR="00982F02">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>5</w:t>
+        <w:t>6</w:t>
       </w:r>
       <w:r w:rsidRPr="00F74950">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
     <w:p w14:paraId="50B79B8C" w14:textId="77777777" w:rsidR="00F74950" w:rsidRDefault="00F74950" w:rsidP="001C463C">
       <w:pPr>
         <w:pStyle w:val="Normalwebb"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:i/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2ED7359C" w14:textId="77777777" w:rsidR="00AD26D0" w:rsidRDefault="00AD26D0" w:rsidP="001C463C">
       <w:pPr>
         <w:pStyle w:val="Normalwebb"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:i/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="113073CC" w14:textId="77777777" w:rsidR="00AD26D0" w:rsidRDefault="00AD26D0" w:rsidP="001C463C">
       <w:pPr>
         <w:pStyle w:val="Normalwebb"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:i/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0AD70F96" w14:textId="29EBE0C1" w:rsidR="00EF5F09" w:rsidRPr="00F804DC" w:rsidRDefault="00C8030A" w:rsidP="00EF5F09">
+    <w:p w14:paraId="0AD70F96" w14:textId="32926E0A" w:rsidR="00EF5F09" w:rsidRPr="00F804DC" w:rsidRDefault="00C8030A" w:rsidP="00EF5F09">
       <w:pPr>
         <w:pStyle w:val="Normalwebb"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:i/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F804DC">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:i/>
         </w:rPr>
         <w:t>Nomineringen</w:t>
       </w:r>
       <w:r w:rsidR="00685D3C">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve"> skickas</w:t>
       </w:r>
       <w:r w:rsidRPr="00F804DC">
@@ -167,83 +167,75 @@
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:b/>
             <w:i/>
           </w:rPr>
           <w:t>fonder@ki.se</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="0031653E" w:rsidRPr="00F804DC">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve"> sena</w:t>
       </w:r>
       <w:r w:rsidR="00774370" w:rsidRPr="00F804DC">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">st </w:t>
       </w:r>
+      <w:r w:rsidR="004B22EA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:i/>
+        </w:rPr>
+        <w:t>10</w:t>
+      </w:r>
       <w:r w:rsidR="00C3058B">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:i/>
         </w:rPr>
-        <w:t>tisdagen</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="0027539D">
+        <w:t xml:space="preserve"> mars 202</w:t>
+      </w:r>
+      <w:r w:rsidR="00982F02">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:i/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...17 lines deleted...]
-      <w:r w:rsidR="00FE4142">
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidR="00FF4A72">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:i/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="777DA2FD" w14:textId="77777777" w:rsidR="00C8030A" w:rsidRPr="00EA2995" w:rsidRDefault="00EF5F09" w:rsidP="00EA2995">
       <w:pPr>
         <w:pStyle w:val="Normalwebb"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:i/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EF5F09">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:i/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
@@ -1657,119 +1649,50 @@
               <w:rPr>
                 <w:i/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="650C9786" w14:textId="77777777" w:rsidR="00C8030A" w:rsidRPr="00105587" w:rsidRDefault="00C8030A" w:rsidP="00B37ED9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:i/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="29BF4BD4" w14:textId="77777777" w:rsidR="00B35A31" w:rsidRDefault="00B35A31" w:rsidP="00CB75C4">
       <w:pPr>
         <w:pStyle w:val="Normalwebb"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:i/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...67 lines deleted...]
-      </w:r>
     </w:p>
     <w:p w14:paraId="0D938CD3" w14:textId="77777777" w:rsidR="00F804DC" w:rsidRPr="00F804DC" w:rsidRDefault="00F804DC" w:rsidP="00F804DC">
       <w:pPr>
         <w:pStyle w:val="Normalwebb"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:i/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="708E3060" w14:textId="77777777" w:rsidR="00B35A31" w:rsidRPr="00EF5F09" w:rsidRDefault="00B35A31" w:rsidP="00F804DC">
       <w:pPr>
         <w:pStyle w:val="Normalwebb"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:i/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00B35A31" w:rsidRPr="00EF5F09" w:rsidSect="00904F62">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1417" w:right="1417" w:bottom="1417" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
@@ -1938,117 +1861,125 @@
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00C8030A"/>
     <w:rsid w:val="00033F33"/>
     <w:rsid w:val="00105587"/>
     <w:rsid w:val="001A13BD"/>
     <w:rsid w:val="001C1FD5"/>
     <w:rsid w:val="001C463C"/>
     <w:rsid w:val="001C688A"/>
     <w:rsid w:val="0022178E"/>
     <w:rsid w:val="0027539D"/>
     <w:rsid w:val="00294FD0"/>
+    <w:rsid w:val="002A4283"/>
+    <w:rsid w:val="002F2430"/>
+    <w:rsid w:val="00302A6E"/>
     <w:rsid w:val="00310756"/>
     <w:rsid w:val="0031653E"/>
+    <w:rsid w:val="00330FC8"/>
     <w:rsid w:val="00370655"/>
     <w:rsid w:val="00371C53"/>
     <w:rsid w:val="003B3F06"/>
     <w:rsid w:val="003D28BA"/>
     <w:rsid w:val="00433314"/>
     <w:rsid w:val="00445B31"/>
     <w:rsid w:val="00453D00"/>
+    <w:rsid w:val="004B22EA"/>
     <w:rsid w:val="004C5DC1"/>
     <w:rsid w:val="00524255"/>
     <w:rsid w:val="00536014"/>
     <w:rsid w:val="005555D9"/>
     <w:rsid w:val="0067296F"/>
     <w:rsid w:val="00685D3C"/>
     <w:rsid w:val="006A5BC3"/>
     <w:rsid w:val="006B1955"/>
     <w:rsid w:val="006C0421"/>
     <w:rsid w:val="006C1B6E"/>
     <w:rsid w:val="00774370"/>
     <w:rsid w:val="00783B28"/>
     <w:rsid w:val="00787DBD"/>
     <w:rsid w:val="00827572"/>
     <w:rsid w:val="0087548A"/>
     <w:rsid w:val="008E6144"/>
     <w:rsid w:val="008F04CE"/>
     <w:rsid w:val="008F1FE9"/>
     <w:rsid w:val="00904F62"/>
     <w:rsid w:val="00937C88"/>
     <w:rsid w:val="00963818"/>
+    <w:rsid w:val="00982F02"/>
     <w:rsid w:val="009B0A7F"/>
     <w:rsid w:val="00A353A1"/>
     <w:rsid w:val="00A62AB3"/>
+    <w:rsid w:val="00A671F2"/>
     <w:rsid w:val="00AD26D0"/>
     <w:rsid w:val="00AE0D0B"/>
     <w:rsid w:val="00B35A31"/>
     <w:rsid w:val="00B37ED9"/>
     <w:rsid w:val="00B53212"/>
     <w:rsid w:val="00BA48E4"/>
     <w:rsid w:val="00BD465C"/>
     <w:rsid w:val="00C3058B"/>
     <w:rsid w:val="00C475C5"/>
     <w:rsid w:val="00C55A82"/>
     <w:rsid w:val="00C8030A"/>
     <w:rsid w:val="00C90BDB"/>
     <w:rsid w:val="00CB75C4"/>
     <w:rsid w:val="00CC1AE3"/>
     <w:rsid w:val="00CC7199"/>
     <w:rsid w:val="00D069CC"/>
     <w:rsid w:val="00D278E6"/>
     <w:rsid w:val="00D33143"/>
     <w:rsid w:val="00D713D2"/>
     <w:rsid w:val="00D72D51"/>
     <w:rsid w:val="00E03A30"/>
     <w:rsid w:val="00E332B4"/>
     <w:rsid w:val="00E55ADC"/>
     <w:rsid w:val="00E6588A"/>
     <w:rsid w:val="00E851D8"/>
     <w:rsid w:val="00EA2995"/>
     <w:rsid w:val="00EF28B4"/>
     <w:rsid w:val="00EF5F09"/>
     <w:rsid w:val="00F21D28"/>
     <w:rsid w:val="00F24737"/>
     <w:rsid w:val="00F74950"/>
     <w:rsid w:val="00F804DC"/>
     <w:rsid w:val="00FC3F56"/>
     <w:rsid w:val="00FE4142"/>
+    <w:rsid w:val="00FF4A72"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="sv-SE"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="29648A81"/>
@@ -2559,51 +2490,51 @@
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1115052000">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:fonder@ki.se" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:fonder@ki.se" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:fonder@ki.se" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office-tema">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -2850,75 +2781,75 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>353</Words>
-  <Characters>1871</Characters>
+  <Words>335</Words>
+  <Characters>1776</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>15</Lines>
+  <Lines>14</Lines>
   <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Rubrik</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Karoliska Institutet</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2220</CharactersWithSpaces>
+  <CharactersWithSpaces>2107</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:i4>5242982</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>mailto:registrator@ki.se</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
     </vt:vector>
   </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>