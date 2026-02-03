--- v0 (2025-10-08)
+++ v1 (2026-02-03)
@@ -1,112 +1,84 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="28227"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="29426"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="L:\gabimr\Administration LCI\Microscope documents\Victor\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{1C3D1CD7-CD77-4BBA-941C-E867BDBA9A88}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{B12FFE95-4AEE-41FF-91A8-2BA2FC5F5AC8}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-1560" yWindow="4260" windowWidth="21600" windowHeight="12735" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="0" yWindow="0" windowWidth="17850" windowHeight="23400" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Empty" sheetId="4" r:id="rId1"/>
   </sheets>
-  <calcPr calcId="191029"/>
-[...12 lines deleted...]
-  </extLst>
+  <calcPr calcId="162913"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="56" uniqueCount="39">
-[...8 lines deleted...]
-  </si>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="52" uniqueCount="35">
   <si>
     <t>IMAGING STRATEGY</t>
   </si>
   <si>
     <t>Fluo 1</t>
   </si>
   <si>
     <t>Fluo 2</t>
   </si>
   <si>
     <t>Fluo 3</t>
   </si>
   <si>
     <t>DICHROIC MIRRORS</t>
   </si>
   <si>
     <t>Fluo 4</t>
-  </si>
-[...4 lines deleted...]
-    <t>FLUOROPHORE EMISSION</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Where does this fluorophore </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve">EXCITATION SPECTRUM </t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>start (in nm)?</t>
@@ -233,225 +205,141 @@
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve"> end (in nm)?</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Which </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
-      <t>DICHROIC MIRROR</t>
-[...24 lines deleted...]
-      </rPr>
       <t>EMISSION FILTER</t>
-    </r>
-[...24 lines deleted...]
-      <t>EXCITATION FILTER/LASER</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve"> will you use for this fluorophore, according to what you found above?</t>
     </r>
   </si>
   <si>
     <t>From XXX to XXX</t>
   </si>
   <si>
     <t>Fluorophore name (including any nuclear dyes)</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">What approx. % of the light </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>EMITTED</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve"> by this fluorophore is collected through this filter? </t>
-    </r>
-[...24 lines deleted...]
-      <t>?</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Is this fluorophore expected to be much </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>brighter (B) or dimmer (D)</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve"> than the others or is this </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>unknown (U)</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>?</t>
     </r>
-  </si>
-[...4 lines deleted...]
-    <t>EXCITATION LASERS</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Where does the </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve"> 405 nm laser</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve"> start and end?</t>
@@ -696,107 +584,236 @@
       <t xml:space="preserve">Where does the </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>525 600 690</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve"> filter start and end?</t>
     </r>
   </si>
   <si>
+    <t>IMAGING EFFICIENCY AND BLEEDTHROUGH FORM - Victor multipoint confocal</t>
+  </si>
+  <si>
     <r>
-      <t xml:space="preserve">Can the DICHROIC MIRROR that sends </t>
+      <t xml:space="preserve">FLUOROPHORE </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color rgb="FFFF0000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>EXCITATION</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Fluorophore </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color rgb="FFFF0000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>EXCITATION</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
-      <t>431/44; 519/52; 599/55; 652LP light to the sensor</t>
+      <t xml:space="preserve"> SPECTRUM and microscope </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color rgb="FFFF0000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">EXCITATION </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>LASERS</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">FLUOROPHORE </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color rgb="FFFF0000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>EMISSION</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Fluorophore </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color rgb="FFFF0000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>EMISSION</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> SPECTRUM and microscope </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color rgb="FFFF0000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>EMISSION</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> FILTERS</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Which </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>EXCITATION LASER</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
-      <t xml:space="preserve"> be used?</t>
+      <t xml:space="preserve"> will you use for this fluorophore, according to what you found above?</t>
     </r>
+  </si>
+  <si>
+    <t>Can the DICHROIC MIRROR that sends the 405, 488, 561 and 640 lasers to the sample be used?</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="4" x14ac:knownFonts="1">
+  <fonts count="3" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
-      <sz val="11"/>
-[...5 lines deleted...]
-    <font>
       <b/>
       <sz val="11"/>
-      <color rgb="FF000000"/>
+      <color rgb="FFFF0000"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="13">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="6" tint="0.79998168889431442"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFB5EDF5"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
@@ -832,51 +849,51 @@
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="7" tint="0.39997558519241921"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="3" tint="0.59999389629810485"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="3" tint="0.39997558519241921"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="9"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="47">
+  <borders count="52">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
@@ -1285,59 +1302,50 @@
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
-      <left/>
-[...7 lines deleted...]
-    <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
@@ -1430,286 +1438,349 @@
     </border>
     <border>
       <left/>
       <right/>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="78">
+  <cellXfs count="77">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="16" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="3" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="6" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="18" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="30" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="43" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="42" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="30" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="33" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="39" xfId="0" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="38" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="31" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="24" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="37" xfId="0" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="36" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="28" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="25" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="19" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="38" xfId="0" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="37" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="29" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="12" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="11" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="23" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="36" xfId="0" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="35" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="27" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="22" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="20" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="21" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="40" xfId="0" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="39" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="32" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="2" borderId="18" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="0" fillId="7" borderId="42" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="7" borderId="41" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="26" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="0" fillId="5" borderId="40" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="0" fillId="5" borderId="41" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="5" borderId="42" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="3" borderId="41" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="3" borderId="42" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="4" borderId="41" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="4" borderId="42" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="6" borderId="41" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="6" borderId="42" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="6" borderId="43" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="6" borderId="44" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="9" borderId="40" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="9" borderId="41" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="9" borderId="41" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="10" borderId="41" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="11" borderId="40" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="9" borderId="42" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="11" borderId="41" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="10" borderId="42" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="12" borderId="41" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="11" borderId="41" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="0" fillId="11" borderId="42" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="8" borderId="41" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="12" borderId="42" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="8" borderId="43" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="8" borderId="42" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="4" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
-    </xf>
-[...7 lines deleted...]
-      <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="34" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="8" borderId="40" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...17 lines deleted...]
-    <xf numFmtId="0" fontId="0" fillId="8" borderId="41" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="8" borderId="44" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="8" borderId="45" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="8" borderId="46" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="34" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="46" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="47" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="48" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="49" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="50" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="51" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FFDCA29C"/>
       <color rgb="FFFF2525"/>
       <color rgb="FFFF9393"/>
       <color rgb="FFBEBEBE"/>
       <color rgb="FFE3B0AF"/>
       <color rgb="FFFAC498"/>
       <color rgb="FFFFE389"/>
       <color rgb="FFDBCDF7"/>
       <color rgb="FFD5E28A"/>
       <color rgb="FFB5EDF5"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
@@ -1992,515 +2063,507 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{9D025A10-DC53-4EBF-8BF2-1474F3996F5F}">
-  <dimension ref="A1:H850"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
+  <dimension ref="A1:H848"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A4" zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
-      <selection activeCell="C30" sqref="C30"/>
+    <sheetView tabSelected="1" zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
+      <selection activeCell="C47" sqref="C47"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="2" width="9.140625" style="1"/>
     <col min="3" max="3" width="118.7109375" style="1" bestFit="1" customWidth="1"/>
     <col min="4" max="7" width="9.140625" style="7"/>
     <col min="8" max="8" width="9.140625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" ht="17.100000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A1" s="60" t="s">
+      <c r="A1" s="68" t="s">
+        <v>28</v>
+      </c>
+      <c r="B1" s="69"/>
+      <c r="C1" s="69"/>
+      <c r="D1" s="13" t="s">
+        <v>1</v>
+      </c>
+      <c r="E1" s="14" t="s">
+        <v>2</v>
+      </c>
+      <c r="F1" s="14" t="s">
+        <v>3</v>
+      </c>
+      <c r="G1" s="15" t="s">
+        <v>5</v>
+      </c>
+      <c r="H1" s="3"/>
+    </row>
+    <row r="2" spans="1:8" ht="17.100000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A2" s="59" t="s">
+        <v>29</v>
+      </c>
+      <c r="B2" s="60"/>
+      <c r="C2" s="12" t="s">
+        <v>14</v>
+      </c>
+      <c r="D2" s="16"/>
+      <c r="E2" s="17"/>
+      <c r="F2" s="18"/>
+      <c r="G2" s="19"/>
+      <c r="H2" s="3"/>
+    </row>
+    <row r="3" spans="1:8" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A3" s="61"/>
+      <c r="B3" s="62"/>
+      <c r="C3" s="10" t="s">
+        <v>6</v>
+      </c>
+      <c r="D3" s="20"/>
+      <c r="E3" s="21"/>
+      <c r="F3" s="22"/>
+      <c r="G3" s="23"/>
+      <c r="H3" s="3"/>
+    </row>
+    <row r="4" spans="1:8" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A4" s="61"/>
+      <c r="B4" s="62"/>
+      <c r="C4" s="10" t="s">
+        <v>7</v>
+      </c>
+      <c r="D4" s="24"/>
+      <c r="E4" s="25"/>
+      <c r="F4" s="26"/>
+      <c r="G4" s="27"/>
+      <c r="H4" s="3"/>
+    </row>
+    <row r="5" spans="1:8" ht="17.100000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A5" s="63"/>
+      <c r="B5" s="64"/>
+      <c r="C5" s="10" t="s">
+        <v>8</v>
+      </c>
+      <c r="D5" s="43"/>
+      <c r="E5" s="39"/>
+      <c r="F5" s="40"/>
+      <c r="G5" s="41"/>
+      <c r="H5" s="3"/>
+    </row>
+    <row r="6" spans="1:8" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A6" s="59" t="s">
+        <v>30</v>
+      </c>
+      <c r="B6" s="60"/>
+      <c r="C6" s="44" t="s">
+        <v>17</v>
+      </c>
+      <c r="D6" s="65" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" s="66"/>
+      <c r="F6" s="66"/>
+      <c r="G6" s="67"/>
+      <c r="H6" s="3"/>
+    </row>
+    <row r="7" spans="1:8" ht="17.100000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A7" s="61"/>
+      <c r="B7" s="62"/>
+      <c r="C7" s="45" t="s">
+        <v>19</v>
+      </c>
+      <c r="D7" s="24"/>
+      <c r="E7" s="25"/>
+      <c r="F7" s="25"/>
+      <c r="G7" s="27"/>
+      <c r="H7" s="3"/>
+    </row>
+    <row r="8" spans="1:8" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A8" s="61"/>
+      <c r="B8" s="62"/>
+      <c r="C8" s="46" t="s">
+        <v>18</v>
+      </c>
+      <c r="D8" s="65" t="s">
+        <v>13</v>
+      </c>
+      <c r="E8" s="66"/>
+      <c r="F8" s="66"/>
+      <c r="G8" s="67"/>
+      <c r="H8" s="3"/>
+    </row>
+    <row r="9" spans="1:8" ht="17.100000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A9" s="61"/>
+      <c r="B9" s="62"/>
+      <c r="C9" s="46" t="s">
+        <v>19</v>
+      </c>
+      <c r="D9" s="24"/>
+      <c r="E9" s="25"/>
+      <c r="F9" s="25"/>
+      <c r="G9" s="27"/>
+      <c r="H9" s="3"/>
+    </row>
+    <row r="10" spans="1:8" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A10" s="61"/>
+      <c r="B10" s="62"/>
+      <c r="C10" s="47" t="s">
+        <v>20</v>
+      </c>
+      <c r="D10" s="65" t="s">
+        <v>13</v>
+      </c>
+      <c r="E10" s="66"/>
+      <c r="F10" s="66"/>
+      <c r="G10" s="67"/>
+      <c r="H10" s="3"/>
+    </row>
+    <row r="11" spans="1:8" ht="17.100000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A11" s="61"/>
+      <c r="B11" s="62"/>
+      <c r="C11" s="47" t="s">
+        <v>19</v>
+      </c>
+      <c r="D11" s="24"/>
+      <c r="E11" s="25"/>
+      <c r="F11" s="25"/>
+      <c r="G11" s="27"/>
+      <c r="H11" s="3"/>
+    </row>
+    <row r="12" spans="1:8" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A12" s="61"/>
+      <c r="B12" s="62"/>
+      <c r="C12" s="48" t="s">
+        <v>21</v>
+      </c>
+      <c r="D12" s="65" t="s">
+        <v>13</v>
+      </c>
+      <c r="E12" s="66"/>
+      <c r="F12" s="66"/>
+      <c r="G12" s="67"/>
+      <c r="H12" s="3"/>
+    </row>
+    <row r="13" spans="1:8" ht="17.100000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A13" s="63"/>
+      <c r="B13" s="64"/>
+      <c r="C13" s="49" t="s">
+        <v>19</v>
+      </c>
+      <c r="D13" s="28"/>
+      <c r="E13" s="29"/>
+      <c r="F13" s="29"/>
+      <c r="G13" s="31"/>
+      <c r="H13" s="3"/>
+    </row>
+    <row r="14" spans="1:8" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A14" s="59" t="s">
+        <v>31</v>
+      </c>
+      <c r="B14" s="60"/>
+      <c r="C14" s="11" t="s">
+        <v>9</v>
+      </c>
+      <c r="D14" s="32"/>
+      <c r="E14" s="21"/>
+      <c r="F14" s="22"/>
+      <c r="G14" s="23"/>
+      <c r="H14" s="3"/>
+    </row>
+    <row r="15" spans="1:8" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A15" s="61"/>
+      <c r="B15" s="62"/>
+      <c r="C15" s="4" t="s">
+        <v>10</v>
+      </c>
+      <c r="D15" s="33"/>
+      <c r="E15" s="25"/>
+      <c r="F15" s="26"/>
+      <c r="G15" s="27"/>
+      <c r="H15" s="3"/>
+    </row>
+    <row r="16" spans="1:8" ht="17.100000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A16" s="63"/>
+      <c r="B16" s="64"/>
+      <c r="C16" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="D16" s="38"/>
+      <c r="E16" s="39"/>
+      <c r="F16" s="40"/>
+      <c r="G16" s="41"/>
+      <c r="H16" s="3"/>
+    </row>
+    <row r="17" spans="1:8" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A17" s="59" t="s">
+        <v>32</v>
+      </c>
+      <c r="B17" s="60"/>
+      <c r="C17" s="50" t="s">
+        <v>22</v>
+      </c>
+      <c r="D17" s="65" t="s">
+        <v>13</v>
+      </c>
+      <c r="E17" s="66"/>
+      <c r="F17" s="66"/>
+      <c r="G17" s="67"/>
+      <c r="H17"/>
+    </row>
+    <row r="18" spans="1:8" ht="17.100000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A18" s="61"/>
+      <c r="B18" s="62"/>
+      <c r="C18" s="51" t="s">
+        <v>15</v>
+      </c>
+      <c r="D18" s="24"/>
+      <c r="E18" s="25"/>
+      <c r="F18" s="25"/>
+      <c r="G18" s="27"/>
+      <c r="H18" s="3"/>
+    </row>
+    <row r="19" spans="1:8" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A19" s="61"/>
+      <c r="B19" s="62"/>
+      <c r="C19" s="52" t="s">
+        <v>23</v>
+      </c>
+      <c r="D19" s="65" t="s">
+        <v>13</v>
+      </c>
+      <c r="E19" s="66"/>
+      <c r="F19" s="66"/>
+      <c r="G19" s="67"/>
+      <c r="H19" s="3"/>
+    </row>
+    <row r="20" spans="1:8" ht="16.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A20" s="61"/>
+      <c r="B20" s="62"/>
+      <c r="C20" s="52" t="s">
+        <v>15</v>
+      </c>
+      <c r="D20" s="24"/>
+      <c r="E20" s="25"/>
+      <c r="F20" s="25"/>
+      <c r="G20" s="27"/>
+      <c r="H20" s="3"/>
+    </row>
+    <row r="21" spans="1:8" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A21" s="61"/>
+      <c r="B21" s="62"/>
+      <c r="C21" s="53" t="s">
+        <v>24</v>
+      </c>
+      <c r="D21" s="65" t="s">
+        <v>13</v>
+      </c>
+      <c r="E21" s="66"/>
+      <c r="F21" s="66"/>
+      <c r="G21" s="67"/>
+      <c r="H21" s="3"/>
+    </row>
+    <row r="22" spans="1:8" ht="16.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A22" s="61"/>
+      <c r="B22" s="62"/>
+      <c r="C22" s="54" t="s">
+        <v>15</v>
+      </c>
+      <c r="D22" s="24"/>
+      <c r="E22" s="25"/>
+      <c r="F22" s="25"/>
+      <c r="G22" s="27"/>
+      <c r="H22" s="3"/>
+    </row>
+    <row r="23" spans="1:8" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A23" s="61"/>
+      <c r="B23" s="62"/>
+      <c r="C23" s="55" t="s">
         <v>25</v>
       </c>
-      <c r="B1" s="61"/>
-[...1 lines deleted...]
-      <c r="D1" s="14" t="s">
+      <c r="D23" s="65" t="s">
+        <v>13</v>
+      </c>
+      <c r="E23" s="66"/>
+      <c r="F23" s="66"/>
+      <c r="G23" s="67"/>
+      <c r="H23" s="3"/>
+    </row>
+    <row r="24" spans="1:8" ht="16.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A24" s="61"/>
+      <c r="B24" s="62"/>
+      <c r="C24" s="55" t="s">
+        <v>15</v>
+      </c>
+      <c r="D24" s="24"/>
+      <c r="E24" s="25"/>
+      <c r="F24" s="25"/>
+      <c r="G24" s="27"/>
+      <c r="H24" s="3"/>
+    </row>
+    <row r="25" spans="1:8" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A25" s="61"/>
+      <c r="B25" s="62"/>
+      <c r="C25" s="42" t="s">
+        <v>26</v>
+      </c>
+      <c r="D25" s="65" t="s">
+        <v>13</v>
+      </c>
+      <c r="E25" s="66"/>
+      <c r="F25" s="66"/>
+      <c r="G25" s="67"/>
+      <c r="H25" s="3"/>
+    </row>
+    <row r="26" spans="1:8" ht="17.100000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A26" s="61"/>
+      <c r="B26" s="62"/>
+      <c r="C26" s="42" t="s">
+        <v>15</v>
+      </c>
+      <c r="D26" s="24"/>
+      <c r="E26" s="25"/>
+      <c r="F26" s="25"/>
+      <c r="G26" s="27"/>
+      <c r="H26" s="3"/>
+    </row>
+    <row r="27" spans="1:8" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A27" s="61"/>
+      <c r="B27" s="62"/>
+      <c r="C27" s="56" t="s">
+        <v>27</v>
+      </c>
+      <c r="D27" s="65" t="s">
+        <v>13</v>
+      </c>
+      <c r="E27" s="66"/>
+      <c r="F27" s="66"/>
+      <c r="G27" s="67"/>
+      <c r="H27" s="3"/>
+    </row>
+    <row r="28" spans="1:8" ht="17.100000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A28" s="63"/>
+      <c r="B28" s="64"/>
+      <c r="C28" s="57" t="s">
+        <v>15</v>
+      </c>
+      <c r="D28" s="28"/>
+      <c r="E28" s="29"/>
+      <c r="F28" s="29"/>
+      <c r="G28" s="31"/>
+      <c r="H28" s="3"/>
+    </row>
+    <row r="29" spans="1:8" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A29" s="59" t="s">
         <v>4</v>
       </c>
-      <c r="E1" s="15" t="s">
-        <v>5</v>
+      <c r="B29" s="70"/>
+      <c r="C29" s="71" t="s">
+        <v>34</v>
       </c>
-      <c r="F1" s="15" t="s">
-        <v>6</v>
+      <c r="D29" s="72"/>
+      <c r="E29" s="73"/>
+      <c r="F29" s="74"/>
+      <c r="G29" s="75"/>
+      <c r="H29" s="3"/>
+    </row>
+    <row r="30" spans="1:8" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A30" s="59" t="s">
+        <v>0</v>
       </c>
-      <c r="G1" s="16" t="s">
-        <v>8</v>
+      <c r="B30" s="60"/>
+      <c r="C30" s="76" t="s">
+        <v>16</v>
       </c>
-      <c r="H1" s="3"/>
-[...3 lines deleted...]
-        <v>9</v>
+      <c r="D30" s="37"/>
+      <c r="E30" s="34"/>
+      <c r="F30" s="35"/>
+      <c r="G30" s="36"/>
+      <c r="H30" s="3"/>
+    </row>
+    <row r="31" spans="1:8" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A31" s="61"/>
+      <c r="B31" s="62"/>
+      <c r="C31" s="6" t="s">
+        <v>33</v>
       </c>
-      <c r="B2" s="63"/>
-[...24 lines deleted...]
-      <c r="C4" s="10" t="s">
+      <c r="D31" s="24"/>
+      <c r="E31" s="25"/>
+      <c r="F31" s="26"/>
+      <c r="G31" s="27"/>
+      <c r="H31" s="3"/>
+    </row>
+    <row r="32" spans="1:8" ht="17.100000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A32" s="63"/>
+      <c r="B32" s="64"/>
+      <c r="C32" s="58" t="s">
         <v>12</v>
       </c>
-      <c r="D4" s="25"/>
-[...372 lines deleted...]
-      <c r="G32" s="28"/>
+      <c r="D32" s="28"/>
+      <c r="E32" s="29"/>
+      <c r="F32" s="30"/>
+      <c r="G32" s="31"/>
       <c r="H32" s="3"/>
     </row>
     <row r="33" spans="1:8" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A33" s="64"/>
-[...7 lines deleted...]
-      <c r="G33" s="28"/>
+      <c r="A33" s="3"/>
+      <c r="B33" s="3"/>
+      <c r="C33" s="3"/>
+      <c r="D33" s="9"/>
+      <c r="E33" s="9"/>
+      <c r="F33" s="9"/>
+      <c r="G33" s="9"/>
       <c r="H33" s="3"/>
     </row>
-    <row r="34" spans="1:8" ht="17.100000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-[...8 lines deleted...]
-      <c r="G34" s="32"/>
+    <row r="34" spans="1:8" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A34" s="3"/>
+      <c r="B34" s="3"/>
+      <c r="C34" s="3"/>
+      <c r="D34" s="9"/>
+      <c r="E34" s="9"/>
+      <c r="F34" s="9"/>
+      <c r="G34" s="9"/>
       <c r="H34" s="3"/>
     </row>
     <row r="35" spans="1:8" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A35" s="3"/>
       <c r="B35" s="3"/>
       <c r="C35" s="3"/>
       <c r="D35" s="9"/>
       <c r="E35" s="9"/>
       <c r="F35" s="9"/>
       <c r="G35" s="9"/>
       <c r="H35" s="3"/>
     </row>
     <row r="36" spans="1:8" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A36" s="3"/>
       <c r="B36" s="3"/>
       <c r="C36" s="3"/>
       <c r="D36" s="9"/>
       <c r="E36" s="9"/>
       <c r="F36" s="9"/>
       <c r="G36" s="9"/>
       <c r="H36" s="3"/>
     </row>
     <row r="37" spans="1:8" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A37" s="3"/>
       <c r="B37" s="3"/>
@@ -10580,103 +10643,81 @@
       <c r="F844" s="9"/>
       <c r="G844" s="9"/>
       <c r="H844" s="3"/>
     </row>
     <row r="845" spans="1:8" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A845" s="3"/>
       <c r="B845" s="3"/>
       <c r="C845" s="3"/>
       <c r="D845" s="9"/>
       <c r="E845" s="9"/>
       <c r="F845" s="9"/>
       <c r="G845" s="9"/>
       <c r="H845" s="3"/>
     </row>
     <row r="846" spans="1:8" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A846" s="3"/>
       <c r="B846" s="3"/>
       <c r="C846" s="3"/>
       <c r="D846" s="9"/>
       <c r="E846" s="9"/>
       <c r="F846" s="9"/>
       <c r="G846" s="9"/>
       <c r="H846" s="3"/>
     </row>
     <row r="847" spans="1:8" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A847" s="3"/>
-[...5 lines deleted...]
-      <c r="G847" s="9"/>
+      <c r="A847" s="2"/>
+      <c r="B847" s="2"/>
+      <c r="C847" s="2"/>
+      <c r="D847" s="8"/>
+      <c r="E847" s="8"/>
+      <c r="F847" s="8"/>
+      <c r="G847" s="8"/>
       <c r="H847" s="3"/>
     </row>
     <row r="848" spans="1:8" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A848" s="3"/>
-[...19 lines deleted...]
-      <c r="H850" s="2"/>
+      <c r="H848" s="2"/>
     </row>
   </sheetData>
-  <mergeCells count="19">
+  <mergeCells count="17">
+    <mergeCell ref="A1:C1"/>
+    <mergeCell ref="A2:B5"/>
+    <mergeCell ref="A29:B29"/>
+    <mergeCell ref="A14:B16"/>
+    <mergeCell ref="A30:B32"/>
+    <mergeCell ref="A6:B13"/>
     <mergeCell ref="D19:G19"/>
     <mergeCell ref="D25:G25"/>
     <mergeCell ref="D27:G27"/>
     <mergeCell ref="D6:G6"/>
     <mergeCell ref="D8:G8"/>
     <mergeCell ref="D10:G10"/>
     <mergeCell ref="D12:G12"/>
     <mergeCell ref="D17:G17"/>
     <mergeCell ref="D21:G21"/>
     <mergeCell ref="D23:G23"/>
-    <mergeCell ref="A1:C1"/>
-[...7 lines deleted...]
-    <mergeCell ref="B17:B28"/>
+    <mergeCell ref="A17:B28"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" verticalDpi="0" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Empty</vt:lpstr>
     </vt:vector>