--- v1 (2026-02-03)
+++ v2 (2026-02-28)
@@ -1,57 +1,57 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="29426"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="29628"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="L:\gabimr\Administration LCI\Microscope documents\Victor\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{B12FFE95-4AEE-41FF-91A8-2BA2FC5F5AC8}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{7B884553-9F7A-4A27-849C-0B4B5F0B0190}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="0" yWindow="0" windowWidth="17850" windowHeight="23400" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="0" yWindow="45" windowWidth="23025" windowHeight="21195" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Empty" sheetId="4" r:id="rId1"/>
   </sheets>
   <calcPr calcId="162913"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="52" uniqueCount="35">
   <si>
     <t>IMAGING STRATEGY</t>
   </si>
   <si>
     <t>Fluo 1</t>
   </si>
   <si>
     <t>Fluo 2</t>
   </si>
   <si>
     <t>Fluo 3</t>
   </si>
   <si>
     <t>DICHROIC MIRRORS</t>
   </si>
@@ -743,51 +743,74 @@
       <t xml:space="preserve">Which </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>EXCITATION LASER</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve"> will you use for this fluorophore, according to what you found above?</t>
     </r>
   </si>
   <si>
-    <t>Can the DICHROIC MIRROR that sends the 405, 488, 561 and 640 lasers to the sample be used?</t>
+    <r>
+      <t xml:space="preserve">Can the DICHROIC MIRROR </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>447/51; 524/42; 603/34; 707/85</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> that sends the emission light to the sample be used?</t>
+    </r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="3" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
@@ -1684,103 +1707,103 @@
     </xf>
     <xf numFmtId="0" fontId="0" fillId="9" borderId="41" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="10" borderId="41" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="11" borderId="40" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="11" borderId="41" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="12" borderId="41" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="8" borderId="41" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="8" borderId="43" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="4" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="46" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="47" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="48" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="49" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="50" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="51" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="34" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="0" fillId="8" borderId="40" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="8" borderId="44" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="8" borderId="45" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
-    </xf>
-[...25 lines deleted...]
-      <alignment vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FFDCA29C"/>
       <color rgb="FFFF2525"/>
       <color rgb="FFFF9393"/>
       <color rgb="FFBEBEBE"/>
       <color rgb="FFE3B0AF"/>
       <color rgb="FFFAC498"/>
       <color rgb="FFFFE389"/>
       <color rgb="FFDBCDF7"/>
       <color rgb="FFD5E28A"/>
       <color rgb="FFB5EDF5"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
@@ -2066,477 +2089,477 @@
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:H848"/>
   <sheetViews>
-    <sheetView tabSelected="1" zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
-      <selection activeCell="C47" sqref="C47"/>
+    <sheetView tabSelected="1" zoomScale="115" zoomScaleNormal="115" workbookViewId="0">
+      <selection activeCell="C39" sqref="C39"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="2" width="9.140625" style="1"/>
     <col min="3" max="3" width="118.7109375" style="1" bestFit="1" customWidth="1"/>
     <col min="4" max="7" width="9.140625" style="7"/>
     <col min="8" max="8" width="9.140625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" ht="17.100000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A1" s="68" t="s">
+      <c r="A1" s="65" t="s">
         <v>28</v>
       </c>
-      <c r="B1" s="69"/>
-      <c r="C1" s="69"/>
+      <c r="B1" s="66"/>
+      <c r="C1" s="66"/>
       <c r="D1" s="13" t="s">
         <v>1</v>
       </c>
       <c r="E1" s="14" t="s">
         <v>2</v>
       </c>
       <c r="F1" s="14" t="s">
         <v>3</v>
       </c>
       <c r="G1" s="15" t="s">
         <v>5</v>
       </c>
       <c r="H1" s="3"/>
     </row>
     <row r="2" spans="1:8" ht="17.100000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A2" s="59" t="s">
+      <c r="A2" s="67" t="s">
         <v>29</v>
       </c>
-      <c r="B2" s="60"/>
+      <c r="B2" s="68"/>
       <c r="C2" s="12" t="s">
         <v>14</v>
       </c>
       <c r="D2" s="16"/>
       <c r="E2" s="17"/>
       <c r="F2" s="18"/>
       <c r="G2" s="19"/>
       <c r="H2" s="3"/>
     </row>
     <row r="3" spans="1:8" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A3" s="61"/>
-      <c r="B3" s="62"/>
+      <c r="A3" s="69"/>
+      <c r="B3" s="70"/>
       <c r="C3" s="10" t="s">
         <v>6</v>
       </c>
       <c r="D3" s="20"/>
       <c r="E3" s="21"/>
       <c r="F3" s="22"/>
       <c r="G3" s="23"/>
       <c r="H3" s="3"/>
     </row>
     <row r="4" spans="1:8" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A4" s="61"/>
-      <c r="B4" s="62"/>
+      <c r="A4" s="69"/>
+      <c r="B4" s="70"/>
       <c r="C4" s="10" t="s">
         <v>7</v>
       </c>
       <c r="D4" s="24"/>
       <c r="E4" s="25"/>
       <c r="F4" s="26"/>
       <c r="G4" s="27"/>
       <c r="H4" s="3"/>
     </row>
     <row r="5" spans="1:8" ht="17.100000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A5" s="63"/>
-      <c r="B5" s="64"/>
+      <c r="A5" s="71"/>
+      <c r="B5" s="72"/>
       <c r="C5" s="10" t="s">
         <v>8</v>
       </c>
       <c r="D5" s="43"/>
       <c r="E5" s="39"/>
       <c r="F5" s="40"/>
       <c r="G5" s="41"/>
       <c r="H5" s="3"/>
     </row>
     <row r="6" spans="1:8" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A6" s="59" t="s">
+      <c r="A6" s="67" t="s">
         <v>30</v>
       </c>
-      <c r="B6" s="60"/>
+      <c r="B6" s="68"/>
       <c r="C6" s="44" t="s">
         <v>17</v>
       </c>
-      <c r="D6" s="65" t="s">
+      <c r="D6" s="74" t="s">
         <v>13</v>
       </c>
-      <c r="E6" s="66"/>
-[...1 lines deleted...]
-      <c r="G6" s="67"/>
+      <c r="E6" s="75"/>
+      <c r="F6" s="75"/>
+      <c r="G6" s="76"/>
       <c r="H6" s="3"/>
     </row>
     <row r="7" spans="1:8" ht="17.100000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A7" s="61"/>
-      <c r="B7" s="62"/>
+      <c r="A7" s="69"/>
+      <c r="B7" s="70"/>
       <c r="C7" s="45" t="s">
         <v>19</v>
       </c>
       <c r="D7" s="24"/>
       <c r="E7" s="25"/>
       <c r="F7" s="25"/>
       <c r="G7" s="27"/>
       <c r="H7" s="3"/>
     </row>
     <row r="8" spans="1:8" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A8" s="61"/>
-      <c r="B8" s="62"/>
+      <c r="A8" s="69"/>
+      <c r="B8" s="70"/>
       <c r="C8" s="46" t="s">
         <v>18</v>
       </c>
-      <c r="D8" s="65" t="s">
+      <c r="D8" s="74" t="s">
         <v>13</v>
       </c>
-      <c r="E8" s="66"/>
-[...1 lines deleted...]
-      <c r="G8" s="67"/>
+      <c r="E8" s="75"/>
+      <c r="F8" s="75"/>
+      <c r="G8" s="76"/>
       <c r="H8" s="3"/>
     </row>
     <row r="9" spans="1:8" ht="17.100000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A9" s="61"/>
-      <c r="B9" s="62"/>
+      <c r="A9" s="69"/>
+      <c r="B9" s="70"/>
       <c r="C9" s="46" t="s">
         <v>19</v>
       </c>
       <c r="D9" s="24"/>
       <c r="E9" s="25"/>
       <c r="F9" s="25"/>
       <c r="G9" s="27"/>
       <c r="H9" s="3"/>
     </row>
     <row r="10" spans="1:8" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A10" s="61"/>
-      <c r="B10" s="62"/>
+      <c r="A10" s="69"/>
+      <c r="B10" s="70"/>
       <c r="C10" s="47" t="s">
         <v>20</v>
       </c>
-      <c r="D10" s="65" t="s">
+      <c r="D10" s="74" t="s">
         <v>13</v>
       </c>
-      <c r="E10" s="66"/>
-[...1 lines deleted...]
-      <c r="G10" s="67"/>
+      <c r="E10" s="75"/>
+      <c r="F10" s="75"/>
+      <c r="G10" s="76"/>
       <c r="H10" s="3"/>
     </row>
     <row r="11" spans="1:8" ht="17.100000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A11" s="61"/>
-      <c r="B11" s="62"/>
+      <c r="A11" s="69"/>
+      <c r="B11" s="70"/>
       <c r="C11" s="47" t="s">
         <v>19</v>
       </c>
       <c r="D11" s="24"/>
       <c r="E11" s="25"/>
       <c r="F11" s="25"/>
       <c r="G11" s="27"/>
       <c r="H11" s="3"/>
     </row>
     <row r="12" spans="1:8" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A12" s="61"/>
-      <c r="B12" s="62"/>
+      <c r="A12" s="69"/>
+      <c r="B12" s="70"/>
       <c r="C12" s="48" t="s">
         <v>21</v>
       </c>
-      <c r="D12" s="65" t="s">
+      <c r="D12" s="74" t="s">
         <v>13</v>
       </c>
-      <c r="E12" s="66"/>
-[...1 lines deleted...]
-      <c r="G12" s="67"/>
+      <c r="E12" s="75"/>
+      <c r="F12" s="75"/>
+      <c r="G12" s="76"/>
       <c r="H12" s="3"/>
     </row>
     <row r="13" spans="1:8" ht="17.100000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A13" s="63"/>
-      <c r="B13" s="64"/>
+      <c r="A13" s="71"/>
+      <c r="B13" s="72"/>
       <c r="C13" s="49" t="s">
         <v>19</v>
       </c>
       <c r="D13" s="28"/>
       <c r="E13" s="29"/>
       <c r="F13" s="29"/>
       <c r="G13" s="31"/>
       <c r="H13" s="3"/>
     </row>
     <row r="14" spans="1:8" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A14" s="59" t="s">
+      <c r="A14" s="67" t="s">
         <v>31</v>
       </c>
-      <c r="B14" s="60"/>
+      <c r="B14" s="68"/>
       <c r="C14" s="11" t="s">
         <v>9</v>
       </c>
       <c r="D14" s="32"/>
       <c r="E14" s="21"/>
       <c r="F14" s="22"/>
       <c r="G14" s="23"/>
       <c r="H14" s="3"/>
     </row>
     <row r="15" spans="1:8" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A15" s="61"/>
-      <c r="B15" s="62"/>
+      <c r="A15" s="69"/>
+      <c r="B15" s="70"/>
       <c r="C15" s="4" t="s">
         <v>10</v>
       </c>
       <c r="D15" s="33"/>
       <c r="E15" s="25"/>
       <c r="F15" s="26"/>
       <c r="G15" s="27"/>
       <c r="H15" s="3"/>
     </row>
     <row r="16" spans="1:8" ht="17.100000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A16" s="63"/>
-      <c r="B16" s="64"/>
+      <c r="A16" s="71"/>
+      <c r="B16" s="72"/>
       <c r="C16" s="5" t="s">
         <v>11</v>
       </c>
       <c r="D16" s="38"/>
       <c r="E16" s="39"/>
       <c r="F16" s="40"/>
       <c r="G16" s="41"/>
       <c r="H16" s="3"/>
     </row>
     <row r="17" spans="1:8" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A17" s="59" t="s">
+      <c r="A17" s="67" t="s">
         <v>32</v>
       </c>
-      <c r="B17" s="60"/>
+      <c r="B17" s="68"/>
       <c r="C17" s="50" t="s">
         <v>22</v>
       </c>
-      <c r="D17" s="65" t="s">
+      <c r="D17" s="74" t="s">
         <v>13</v>
       </c>
-      <c r="E17" s="66"/>
-[...1 lines deleted...]
-      <c r="G17" s="67"/>
+      <c r="E17" s="75"/>
+      <c r="F17" s="75"/>
+      <c r="G17" s="76"/>
       <c r="H17"/>
     </row>
     <row r="18" spans="1:8" ht="17.100000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A18" s="61"/>
-      <c r="B18" s="62"/>
+      <c r="A18" s="69"/>
+      <c r="B18" s="70"/>
       <c r="C18" s="51" t="s">
         <v>15</v>
       </c>
       <c r="D18" s="24"/>
       <c r="E18" s="25"/>
       <c r="F18" s="25"/>
       <c r="G18" s="27"/>
       <c r="H18" s="3"/>
     </row>
     <row r="19" spans="1:8" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A19" s="61"/>
-      <c r="B19" s="62"/>
+      <c r="A19" s="69"/>
+      <c r="B19" s="70"/>
       <c r="C19" s="52" t="s">
         <v>23</v>
       </c>
-      <c r="D19" s="65" t="s">
+      <c r="D19" s="74" t="s">
         <v>13</v>
       </c>
-      <c r="E19" s="66"/>
-[...1 lines deleted...]
-      <c r="G19" s="67"/>
+      <c r="E19" s="75"/>
+      <c r="F19" s="75"/>
+      <c r="G19" s="76"/>
       <c r="H19" s="3"/>
     </row>
     <row r="20" spans="1:8" ht="16.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A20" s="61"/>
-      <c r="B20" s="62"/>
+      <c r="A20" s="69"/>
+      <c r="B20" s="70"/>
       <c r="C20" s="52" t="s">
         <v>15</v>
       </c>
       <c r="D20" s="24"/>
       <c r="E20" s="25"/>
       <c r="F20" s="25"/>
       <c r="G20" s="27"/>
       <c r="H20" s="3"/>
     </row>
     <row r="21" spans="1:8" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A21" s="61"/>
-      <c r="B21" s="62"/>
+      <c r="A21" s="69"/>
+      <c r="B21" s="70"/>
       <c r="C21" s="53" t="s">
         <v>24</v>
       </c>
-      <c r="D21" s="65" t="s">
+      <c r="D21" s="74" t="s">
         <v>13</v>
       </c>
-      <c r="E21" s="66"/>
-[...1 lines deleted...]
-      <c r="G21" s="67"/>
+      <c r="E21" s="75"/>
+      <c r="F21" s="75"/>
+      <c r="G21" s="76"/>
       <c r="H21" s="3"/>
     </row>
     <row r="22" spans="1:8" ht="16.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A22" s="61"/>
-      <c r="B22" s="62"/>
+      <c r="A22" s="69"/>
+      <c r="B22" s="70"/>
       <c r="C22" s="54" t="s">
         <v>15</v>
       </c>
       <c r="D22" s="24"/>
       <c r="E22" s="25"/>
       <c r="F22" s="25"/>
       <c r="G22" s="27"/>
       <c r="H22" s="3"/>
     </row>
     <row r="23" spans="1:8" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A23" s="61"/>
-      <c r="B23" s="62"/>
+      <c r="A23" s="69"/>
+      <c r="B23" s="70"/>
       <c r="C23" s="55" t="s">
         <v>25</v>
       </c>
-      <c r="D23" s="65" t="s">
+      <c r="D23" s="74" t="s">
         <v>13</v>
       </c>
-      <c r="E23" s="66"/>
-[...1 lines deleted...]
-      <c r="G23" s="67"/>
+      <c r="E23" s="75"/>
+      <c r="F23" s="75"/>
+      <c r="G23" s="76"/>
       <c r="H23" s="3"/>
     </row>
     <row r="24" spans="1:8" ht="16.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A24" s="61"/>
-      <c r="B24" s="62"/>
+      <c r="A24" s="69"/>
+      <c r="B24" s="70"/>
       <c r="C24" s="55" t="s">
         <v>15</v>
       </c>
       <c r="D24" s="24"/>
       <c r="E24" s="25"/>
       <c r="F24" s="25"/>
       <c r="G24" s="27"/>
       <c r="H24" s="3"/>
     </row>
     <row r="25" spans="1:8" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A25" s="61"/>
-      <c r="B25" s="62"/>
+      <c r="A25" s="69"/>
+      <c r="B25" s="70"/>
       <c r="C25" s="42" t="s">
         <v>26</v>
       </c>
-      <c r="D25" s="65" t="s">
+      <c r="D25" s="74" t="s">
         <v>13</v>
       </c>
-      <c r="E25" s="66"/>
-[...1 lines deleted...]
-      <c r="G25" s="67"/>
+      <c r="E25" s="75"/>
+      <c r="F25" s="75"/>
+      <c r="G25" s="76"/>
       <c r="H25" s="3"/>
     </row>
     <row r="26" spans="1:8" ht="17.100000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A26" s="61"/>
-      <c r="B26" s="62"/>
+      <c r="A26" s="69"/>
+      <c r="B26" s="70"/>
       <c r="C26" s="42" t="s">
         <v>15</v>
       </c>
       <c r="D26" s="24"/>
       <c r="E26" s="25"/>
       <c r="F26" s="25"/>
       <c r="G26" s="27"/>
       <c r="H26" s="3"/>
     </row>
     <row r="27" spans="1:8" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A27" s="61"/>
-      <c r="B27" s="62"/>
+      <c r="A27" s="69"/>
+      <c r="B27" s="70"/>
       <c r="C27" s="56" t="s">
         <v>27</v>
       </c>
-      <c r="D27" s="65" t="s">
+      <c r="D27" s="74" t="s">
         <v>13</v>
       </c>
-      <c r="E27" s="66"/>
-[...1 lines deleted...]
-      <c r="G27" s="67"/>
+      <c r="E27" s="75"/>
+      <c r="F27" s="75"/>
+      <c r="G27" s="76"/>
       <c r="H27" s="3"/>
     </row>
     <row r="28" spans="1:8" ht="17.100000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A28" s="63"/>
-      <c r="B28" s="64"/>
+      <c r="A28" s="71"/>
+      <c r="B28" s="72"/>
       <c r="C28" s="57" t="s">
         <v>15</v>
       </c>
       <c r="D28" s="28"/>
       <c r="E28" s="29"/>
       <c r="F28" s="29"/>
       <c r="G28" s="31"/>
       <c r="H28" s="3"/>
     </row>
     <row r="29" spans="1:8" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A29" s="59" t="s">
+      <c r="A29" s="67" t="s">
         <v>4</v>
       </c>
-      <c r="B29" s="70"/>
-      <c r="C29" s="71" t="s">
+      <c r="B29" s="73"/>
+      <c r="C29" s="59" t="s">
         <v>34</v>
       </c>
-      <c r="D29" s="72"/>
-[...2 lines deleted...]
-      <c r="G29" s="75"/>
+      <c r="D29" s="60"/>
+      <c r="E29" s="61"/>
+      <c r="F29" s="62"/>
+      <c r="G29" s="63"/>
       <c r="H29" s="3"/>
     </row>
     <row r="30" spans="1:8" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A30" s="59" t="s">
+      <c r="A30" s="67" t="s">
         <v>0</v>
       </c>
-      <c r="B30" s="60"/>
-      <c r="C30" s="76" t="s">
+      <c r="B30" s="68"/>
+      <c r="C30" s="64" t="s">
         <v>16</v>
       </c>
       <c r="D30" s="37"/>
       <c r="E30" s="34"/>
       <c r="F30" s="35"/>
       <c r="G30" s="36"/>
       <c r="H30" s="3"/>
     </row>
     <row r="31" spans="1:8" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A31" s="61"/>
-      <c r="B31" s="62"/>
+      <c r="A31" s="69"/>
+      <c r="B31" s="70"/>
       <c r="C31" s="6" t="s">
         <v>33</v>
       </c>
       <c r="D31" s="24"/>
       <c r="E31" s="25"/>
       <c r="F31" s="26"/>
       <c r="G31" s="27"/>
       <c r="H31" s="3"/>
     </row>
     <row r="32" spans="1:8" ht="17.100000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A32" s="63"/>
-      <c r="B32" s="64"/>
+      <c r="A32" s="71"/>
+      <c r="B32" s="72"/>
       <c r="C32" s="58" t="s">
         <v>12</v>
       </c>
       <c r="D32" s="28"/>
       <c r="E32" s="29"/>
       <c r="F32" s="30"/>
       <c r="G32" s="31"/>
       <c r="H32" s="3"/>
     </row>
     <row r="33" spans="1:8" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A33" s="3"/>
       <c r="B33" s="3"/>
       <c r="C33" s="3"/>
       <c r="D33" s="9"/>
       <c r="E33" s="9"/>
       <c r="F33" s="9"/>
       <c r="G33" s="9"/>
       <c r="H33" s="3"/>
     </row>
     <row r="34" spans="1:8" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A34" s="3"/>
       <c r="B34" s="3"/>
       <c r="C34" s="3"/>
       <c r="D34" s="9"/>
       <c r="E34" s="9"/>
@@ -10657,66 +10680,66 @@
     <row r="846" spans="1:8" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A846" s="3"/>
       <c r="B846" s="3"/>
       <c r="C846" s="3"/>
       <c r="D846" s="9"/>
       <c r="E846" s="9"/>
       <c r="F846" s="9"/>
       <c r="G846" s="9"/>
       <c r="H846" s="3"/>
     </row>
     <row r="847" spans="1:8" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A847" s="2"/>
       <c r="B847" s="2"/>
       <c r="C847" s="2"/>
       <c r="D847" s="8"/>
       <c r="E847" s="8"/>
       <c r="F847" s="8"/>
       <c r="G847" s="8"/>
       <c r="H847" s="3"/>
     </row>
     <row r="848" spans="1:8" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="H848" s="2"/>
     </row>
   </sheetData>
   <mergeCells count="17">
-    <mergeCell ref="A1:C1"/>
-[...4 lines deleted...]
-    <mergeCell ref="A6:B13"/>
     <mergeCell ref="D19:G19"/>
     <mergeCell ref="D25:G25"/>
     <mergeCell ref="D27:G27"/>
     <mergeCell ref="D6:G6"/>
     <mergeCell ref="D8:G8"/>
     <mergeCell ref="D10:G10"/>
     <mergeCell ref="D12:G12"/>
     <mergeCell ref="D17:G17"/>
     <mergeCell ref="D21:G21"/>
     <mergeCell ref="D23:G23"/>
+    <mergeCell ref="A1:C1"/>
+    <mergeCell ref="A2:B5"/>
+    <mergeCell ref="A29:B29"/>
+    <mergeCell ref="A14:B16"/>
+    <mergeCell ref="A30:B32"/>
+    <mergeCell ref="A6:B13"/>
     <mergeCell ref="A17:B28"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" verticalDpi="0" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Empty</vt:lpstr>