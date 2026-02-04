--- v0 (2025-10-03)
+++ v1 (2026-02-04)
@@ -2772,69 +2772,51 @@
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
         <w:p w14:paraId="12018B15" w14:textId="5ADB2294" w:rsidR="00F901F3" w:rsidRDefault="00F901F3">
           <w:pPr>
             <w:pStyle w:val="Innehll1"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9062"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               <w:noProof/>
               <w:lang w:eastAsia="sv-SE"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc183698187" w:history="1">
             <w:r w:rsidRPr="00496EFA">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
-              <w:t>IV. LEADERS</w:t>
-[...17 lines deleted...]
-              <w:t>IP AND COLLABORATION</w:t>
+              <w:t>IV. LEADERSHIP AND COLLABORATION</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc183698187 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
@@ -4642,51 +4624,71 @@
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="538C93A5" w14:textId="77777777" w:rsidR="000B480D" w:rsidRPr="008D1658" w:rsidRDefault="000B480D" w:rsidP="00F3114D">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D1658">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve">For research activities after completed doctoral degree in a research group other than the one with your former main supervisor: Specify time period, subject field, department, university and the name of the main supervisor. </w:t>
+        <w:t xml:space="preserve">For research activities after completed doctoral degree in a research group other than the one with your former main supervisor: Specify </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="008D1658">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>time period</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="008D1658">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, subject field, department, university and the name of the main supervisor. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5308F23D" w14:textId="77777777" w:rsidR="000B480D" w:rsidRPr="008D1658" w:rsidRDefault="000B480D" w:rsidP="00F3114D">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1941EB13" w14:textId="77777777" w:rsidR="000B480D" w:rsidRPr="00E0422C" w:rsidRDefault="000B480D" w:rsidP="00F3114D">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
@@ -5316,68 +5318,86 @@
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="15" w:name="_Toc183698171"/>
       <w:r w:rsidRPr="00E0422C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>3. Scientific peer-reviewed publications in international journals</w:t>
       </w:r>
       <w:bookmarkEnd w:id="15"/>
       <w:r w:rsidRPr="00E0422C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0975FD58" w14:textId="67465167" w:rsidR="000B480D" w:rsidRPr="008D1658" w:rsidRDefault="000B480D" w:rsidP="00F3114D">
-[...16 lines deleted...]
-        <w:t>To be described under headings 3.1-3.5 below. List the references to the publications according to the Vancouver system. Only include articles that have been published or formally accepted for publication in international scientific journals.</w:t>
+    <w:p w14:paraId="0975FD58" w14:textId="6E6183C7" w:rsidR="000B480D" w:rsidRPr="008D1658" w:rsidRDefault="000B480D" w:rsidP="00F3114D">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008D1658">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>To be described under headings 3.1</w:t>
+      </w:r>
+      <w:r w:rsidR="00823C6E" w:rsidRPr="00823C6E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D1658">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>3.5 below. List the references to the publications according to the Vancouver system. Only include articles that have been published or formally accepted for publication in international scientific journals.</w:t>
       </w:r>
       <w:r w:rsidR="00AD3F6A" w:rsidRPr="008D1658">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> Original articles are studies with new data, including those from systematic reviews with meta-analysis. </w:t>
       </w:r>
       <w:r w:rsidRPr="008D1658">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Use bold to highlight your name. Mark with an asterisk (*) if any last or first authors position is shared. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0E84CFAC" w14:textId="77777777" w:rsidR="000B480D" w:rsidRPr="008D1658" w:rsidRDefault="000B480D" w:rsidP="00F3114D">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -5757,232 +5777,308 @@
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="17" w:name="_Toc183698173"/>
       <w:r w:rsidRPr="00E0422C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>5. Research funding obtained as principal applicant in the past eight years and the current year</w:t>
       </w:r>
       <w:bookmarkEnd w:id="17"/>
       <w:r w:rsidRPr="00E0422C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6DC81046" w14:textId="77777777" w:rsidR="000B480D" w:rsidRPr="008D1658" w:rsidRDefault="000B480D" w:rsidP="00F3114D">
-[...16 lines deleted...]
-        <w:t xml:space="preserve">To be described under headings 5.1-5.2. Mark continuation grants from the same grant provider with an asterisk (*). For applications as professor or senior lecturer, only include funding over 100 000 SEK/year. </w:t>
+    <w:p w14:paraId="6DC81046" w14:textId="077BF515" w:rsidR="000B480D" w:rsidRPr="008D1658" w:rsidRDefault="000B480D" w:rsidP="00F3114D">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008D1658">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>To be described under headings 5.1</w:t>
+      </w:r>
+      <w:r w:rsidR="00823C6E" w:rsidRPr="00823C6E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D1658">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5.2. Mark continuation grants from the same grant provider with an asterisk (*). For applications as professor or senior lecturer, only include funding over 100 000 SEK/year. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2F254997" w14:textId="77777777" w:rsidR="000B480D" w:rsidRPr="008D1658" w:rsidRDefault="000B480D" w:rsidP="00F3114D">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="393050EE" w14:textId="6E563C7A" w:rsidR="000B480D" w:rsidRPr="008D1658" w:rsidRDefault="000B480D" w:rsidP="00F3114D">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E0422C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">5.1 External research grants awarded through international or national competition </w:t>
       </w:r>
       <w:r w:rsidR="00E34B88" w:rsidRPr="00E0422C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="008D1658">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve">Grant provider, type of award (for example project grant or salary grant), sum and time period. </w:t>
+        <w:t xml:space="preserve">Grant provider, type of award (for example project grant or salary grant), sum and </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="008D1658">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>time period</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="008D1658">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0D9D81DF" w14:textId="77777777" w:rsidR="000B480D" w:rsidRPr="008D1658" w:rsidRDefault="000B480D" w:rsidP="00F3114D">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0BD4153B" w14:textId="28D639F3" w:rsidR="000B480D" w:rsidRPr="008D1658" w:rsidRDefault="000B480D" w:rsidP="00F3114D">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E0422C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>5.2 Other research funding</w:t>
       </w:r>
       <w:r w:rsidR="00E34B88" w:rsidRPr="00E0422C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="008D1658">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve">For research grants in regional or local competition (for example ALF projects), from industry, donations and similar: List grant provider, type of award (for example project grant or salary grant) sum and time period. </w:t>
+        <w:t xml:space="preserve">For research grants in regional or local competition (for example ALF projects), from industry, donations and similar: List grant provider, type of award (for example project grant or salary grant) sum and </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="008D1658">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>time period</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="008D1658">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="623F374C" w14:textId="77777777" w:rsidR="000B480D" w:rsidRPr="008D1658" w:rsidRDefault="000B480D" w:rsidP="00F3114D">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2E3947A9" w14:textId="77777777" w:rsidR="000B480D" w:rsidRPr="00E0422C" w:rsidRDefault="000B480D" w:rsidP="00F3114D">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="18" w:name="_Toc183698174"/>
       <w:r w:rsidRPr="00E0422C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>6. Evaluator of others scientific activities</w:t>
       </w:r>
       <w:bookmarkEnd w:id="18"/>
       <w:r w:rsidRPr="00E0422C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="667EEB32" w14:textId="77777777" w:rsidR="000B480D" w:rsidRPr="008D1658" w:rsidRDefault="000B480D" w:rsidP="00F3114D">
-[...16 lines deleted...]
-        <w:t>To be described under headings 6.1-6.4 below.</w:t>
+    <w:p w14:paraId="667EEB32" w14:textId="1FE4430F" w:rsidR="000B480D" w:rsidRPr="008D1658" w:rsidRDefault="000B480D" w:rsidP="00F3114D">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008D1658">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>To be described under headings 6.1</w:t>
+      </w:r>
+      <w:r w:rsidR="00823C6E" w:rsidRPr="00823C6E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D1658">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>6.4 below.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2E11BDF9" w14:textId="77777777" w:rsidR="000B480D" w:rsidRPr="008D1658" w:rsidRDefault="000B480D" w:rsidP="00F3114D">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="342C717E" w14:textId="05F303A7" w:rsidR="000B480D" w:rsidRPr="00E0422C" w:rsidRDefault="000B480D" w:rsidP="00F3114D">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E0422C">
         <w:rPr>
@@ -6054,51 +6150,71 @@
       <w:r w:rsidRPr="008D1658">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">For up to ten </w:t>
       </w:r>
       <w:r w:rsidR="00FE7614" w:rsidRPr="008D1658">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>activities</w:t>
       </w:r>
       <w:r w:rsidRPr="008D1658">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>: Specify your role, journal and time period.</w:t>
+        <w:t xml:space="preserve">: Specify your role, journal and </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="008D1658">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>time period</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="008D1658">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2CE6261D" w14:textId="77777777" w:rsidR="000B480D" w:rsidRPr="008D1658" w:rsidRDefault="000B480D" w:rsidP="00F3114D">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="027CB511" w14:textId="54D2722F" w:rsidR="000B480D" w:rsidRPr="008D1658" w:rsidRDefault="000B480D" w:rsidP="00F3114D">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E0422C">
         <w:rPr>
@@ -6170,51 +6286,71 @@
       <w:r w:rsidRPr="008D1658">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">For up to ten selected </w:t>
       </w:r>
       <w:r w:rsidR="00DE3E15" w:rsidRPr="008D1658">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">activities </w:t>
       </w:r>
       <w:r w:rsidRPr="008D1658">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>in addition to those listed above: Specify the assignment and time period.</w:t>
+        <w:t xml:space="preserve">in addition to those listed above: Specify the assignment and </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="008D1658">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>time period</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="008D1658">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2BB8DE8A" w14:textId="77777777" w:rsidR="000B480D" w:rsidRPr="00E0422C" w:rsidRDefault="000B480D" w:rsidP="00F3114D">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6E3E2C52" w14:textId="77777777" w:rsidR="000B480D" w:rsidRPr="00E0422C" w:rsidRDefault="000B480D" w:rsidP="00F3114D">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
@@ -6236,51 +6372,71 @@
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="62373DF9" w14:textId="77777777" w:rsidR="000B480D" w:rsidRPr="008D1658" w:rsidRDefault="000B480D" w:rsidP="00F3114D">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D1658">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>For up to ten selected instances after completed dissertation and after postdoctoral research (for example sabbaticals or as visiting researcher, or visiting professor): Specify your role, university and time period.</w:t>
+        <w:t xml:space="preserve">For up to ten selected instances after completed dissertation and after postdoctoral research (for example sabbaticals or as visiting researcher, or visiting professor): Specify your role, university and </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="008D1658">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>time period</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="008D1658">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7C5160C8" w14:textId="77777777" w:rsidR="000B480D" w:rsidRPr="008D1658" w:rsidRDefault="000B480D" w:rsidP="00F3114D">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="58FAC500" w14:textId="77777777" w:rsidR="000B480D" w:rsidRPr="00E0422C" w:rsidRDefault="000B480D" w:rsidP="00F3114D">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
@@ -6849,68 +7005,103 @@
     <w:p w14:paraId="63C40779" w14:textId="77777777" w:rsidR="000B480D" w:rsidRPr="00E0422C" w:rsidRDefault="000B480D" w:rsidP="00F3114D">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="26" w:name="_Toc183698182"/>
       <w:r w:rsidRPr="00E0422C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>4. Teaching and supervision at university level</w:t>
       </w:r>
       <w:bookmarkEnd w:id="26"/>
     </w:p>
-    <w:p w14:paraId="725FA883" w14:textId="77777777" w:rsidR="000B480D" w:rsidRPr="008D1658" w:rsidRDefault="000B480D" w:rsidP="00F3114D">
-[...16 lines deleted...]
-        <w:t xml:space="preserve">To be described under the headings 4.1 -4.4 below. Provide a concise summary of the extent and diversity of your teaching at the educational levels first cycle, second cycle and third cycle. Create a table under 4.1, which you refer to in 4.2-4.4. </w:t>
+    <w:p w14:paraId="725FA883" w14:textId="40658D99" w:rsidR="000B480D" w:rsidRPr="008D1658" w:rsidRDefault="000B480D" w:rsidP="00F3114D">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008D1658">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>To be described under the headings 4.1</w:t>
+      </w:r>
+      <w:r w:rsidR="00823C6E" w:rsidRPr="00823C6E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D1658">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>4.4 below. Provide a concise summary of the extent and diversity of your teaching at the educational levels first cycle, second cycle and third cycle. Create a table under 4.1, which you refer to in 4.2</w:t>
+      </w:r>
+      <w:r w:rsidR="00823C6E" w:rsidRPr="00CD3D62">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D1658">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4.4. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5AD09795" w14:textId="77777777" w:rsidR="000B480D" w:rsidRPr="008D1658" w:rsidRDefault="000B480D" w:rsidP="00F3114D">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="29A338D5" w14:textId="4E0F9BC6" w:rsidR="000B480D" w:rsidRPr="00E0422C" w:rsidRDefault="000B480D" w:rsidP="00F3114D">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E0422C">
         <w:rPr>
@@ -7524,51 +7715,71 @@
       <w:r w:rsidRPr="008D1658">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>a) Supervisor for former postdoctoral researchers.</w:t>
       </w:r>
       <w:r w:rsidR="00E34B88" w:rsidRPr="008D1658">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="008D1658">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve">Total number. For each: Provide the name of the postdoctoral researchers, university and time period (years) of supervision. </w:t>
+        <w:t xml:space="preserve">Total number. For each: Provide the name of the postdoctoral researchers, university and </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="008D1658">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>time period</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="008D1658">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (years) of supervision. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3B32E250" w14:textId="39E2EA31" w:rsidR="000B480D" w:rsidRPr="008D1658" w:rsidRDefault="000B480D" w:rsidP="00F3114D">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D1658">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>b) Supervisor for current postdoctoral researchers.</w:t>
       </w:r>
       <w:r w:rsidR="00E34B88" w:rsidRPr="008D1658">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
@@ -7812,68 +8023,86 @@
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="28" w:name="_Toc183698184"/>
       <w:r w:rsidRPr="00E0422C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>6. Development work, leadership and collaboration in teaching</w:t>
       </w:r>
       <w:bookmarkEnd w:id="28"/>
       <w:r w:rsidRPr="00E0422C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="11DC2ADD" w14:textId="77777777" w:rsidR="000B480D" w:rsidRPr="008D1658" w:rsidRDefault="000B480D" w:rsidP="00F3114D">
-[...16 lines deleted...]
-        <w:t xml:space="preserve">To be described under headings 6.1- 6.7 below. </w:t>
+    <w:p w14:paraId="11DC2ADD" w14:textId="555595CE" w:rsidR="000B480D" w:rsidRPr="008D1658" w:rsidRDefault="000B480D" w:rsidP="00F3114D">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008D1658">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>To be described under headings 6.1</w:t>
+      </w:r>
+      <w:r w:rsidR="00823C6E" w:rsidRPr="00823C6E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D1658">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6.7 below. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="46651569" w14:textId="77777777" w:rsidR="000B480D" w:rsidRPr="008D1658" w:rsidRDefault="000B480D" w:rsidP="00F3114D">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="447950CB" w14:textId="59136E0B" w:rsidR="000B480D" w:rsidRPr="008D1658" w:rsidRDefault="000B480D" w:rsidP="00F3114D">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E0422C">
         <w:rPr>
@@ -7954,51 +8183,71 @@
       <w:r w:rsidRPr="00E0422C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00E34B88" w:rsidRPr="00E0422C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="008D1658">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve">Specify your role (main applicant or co-applicant), grant provider, sum and time period. </w:t>
+        <w:t xml:space="preserve">Specify your role (main applicant or co-applicant), grant provider, sum and </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="008D1658">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>time period</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="008D1658">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="241E7CA8" w14:textId="77777777" w:rsidR="000B480D" w:rsidRPr="008D1658" w:rsidRDefault="000B480D" w:rsidP="00F3114D">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7CB179F3" w14:textId="7545F06C" w:rsidR="000B480D" w:rsidRPr="008D1658" w:rsidRDefault="000B480D" w:rsidP="00F3114D">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E0422C">
         <w:rPr>
@@ -8380,51 +8629,71 @@
       <w:r w:rsidRPr="008D1658">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">a) Pedagogical approach </w:t>
       </w:r>
       <w:r w:rsidR="00E34B88" w:rsidRPr="008D1658">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="008D1658">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>Describe your personal standpoints regarding teaching and learning. Describe if and how your teaching or supervision facilitates a student-centred approach to learning in accordance with KI’s pedagogical policy (for more information see: KI's Pedagogical policy</w:t>
+        <w:t xml:space="preserve">Describe your personal standpoints regarding teaching and learning. Describe if and how </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="008D1658">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>your</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="008D1658">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> teaching or supervision facilitates a student-centred approach to learning in accordance with KI’s pedagogical policy (for more information see: KI's Pedagogical policy</w:t>
       </w:r>
       <w:r w:rsidR="00E34B88" w:rsidRPr="008D1658">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> at ki.se</w:t>
       </w:r>
       <w:r w:rsidR="00772F33" w:rsidRPr="008D1658">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>/</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00772F33" w:rsidRPr="008D1658">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -8661,51 +8930,71 @@
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>2. Managerial positions with budget and staff responsibility</w:t>
       </w:r>
       <w:bookmarkEnd w:id="33"/>
     </w:p>
     <w:p w14:paraId="68FDCEFD" w14:textId="115DB12C" w:rsidR="000B480D" w:rsidRPr="008D1658" w:rsidRDefault="000B480D" w:rsidP="00F3114D">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D1658">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve">Assignment, time period, employer and number of persons that you </w:t>
+        <w:t xml:space="preserve">Assignment, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="008D1658">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>time period</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="008D1658">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, employer and number of persons that you </w:t>
       </w:r>
       <w:r w:rsidR="00F42982" w:rsidRPr="008D1658">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">have </w:t>
       </w:r>
       <w:r w:rsidRPr="008D1658">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">or </w:t>
       </w:r>
       <w:r w:rsidR="00DF7E80" w:rsidRPr="008D1658">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
@@ -8780,51 +9069,71 @@
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>3. Other leadership roles</w:t>
       </w:r>
       <w:bookmarkEnd w:id="34"/>
     </w:p>
     <w:p w14:paraId="31FA7DAB" w14:textId="77777777" w:rsidR="000B480D" w:rsidRPr="008D1658" w:rsidRDefault="000B480D" w:rsidP="00F3114D">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D1658">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve">Your role, time period and employer. </w:t>
+        <w:t xml:space="preserve">Your role, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="008D1658">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>time period</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="008D1658">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and employer. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="71B3E248" w14:textId="77777777" w:rsidR="000B480D" w:rsidRPr="008D1658" w:rsidRDefault="000B480D" w:rsidP="00F3114D">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1CFCEA35" w14:textId="77777777" w:rsidR="000B480D" w:rsidRPr="00E0422C" w:rsidRDefault="000B480D" w:rsidP="00F3114D">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
@@ -8864,51 +9173,71 @@
       <w:r w:rsidRPr="008D1658">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">For </w:t>
       </w:r>
       <w:r w:rsidR="00B16169" w:rsidRPr="008D1658">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>example,</w:t>
       </w:r>
       <w:r w:rsidRPr="008D1658">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve"> assignment in organisations, board and committees. Specify assignment, time period and organisation. </w:t>
+        <w:t xml:space="preserve"> assignment in organisations, board and committees. Specify assignment, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="008D1658">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>time period</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="008D1658">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and organisation. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1316E874" w14:textId="77777777" w:rsidR="000B480D" w:rsidRPr="008D1658" w:rsidRDefault="000B480D" w:rsidP="00F3114D">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="70E06B1A" w14:textId="3121FF1C" w:rsidR="000B480D" w:rsidRPr="00E0422C" w:rsidRDefault="000B480D" w:rsidP="00F3114D">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
@@ -8950,51 +9279,71 @@
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="13802867" w14:textId="45CF7F59" w:rsidR="000B480D" w:rsidRPr="008D1658" w:rsidRDefault="000B480D" w:rsidP="00F3114D">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D1658">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve">For up to ten selected merits of significance for the assessment of your leadership skills in addition to those specified above (for example, prizes and awards):  Specify assignment and time period.  </w:t>
+        <w:t xml:space="preserve">For up to ten selected merits of significance for the assessment of your leadership skills in addition to those specified above (for example, prizes and awards):  Specify assignment and </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="008D1658">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>time period</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="008D1658">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="369AA400" w14:textId="77777777" w:rsidR="000B480D" w:rsidRPr="008D1658" w:rsidRDefault="000B480D" w:rsidP="00F3114D">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3DFCBDBC" w14:textId="29DC85E5" w:rsidR="000B480D" w:rsidRPr="008D1658" w:rsidRDefault="000B480D" w:rsidP="00F3114D">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E0422C">
         <w:rPr>
@@ -9044,51 +9393,71 @@
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D1658">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>N</w:t>
       </w:r>
       <w:r w:rsidR="000B480D" w:rsidRPr="008D1658">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve">etwork or activity, your role, time period, location, and employer or organiser. </w:t>
+        <w:t xml:space="preserve">etwork or activity, your role, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="000B480D" w:rsidRPr="008D1658">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>time period</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="000B480D" w:rsidRPr="008D1658">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, location, and employer or organiser. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="47F24B9E" w14:textId="77777777" w:rsidR="000B480D" w:rsidRPr="008D1658" w:rsidRDefault="000B480D" w:rsidP="00F3114D">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="354BBA66" w14:textId="77777777" w:rsidR="000B480D" w:rsidRPr="00E0422C" w:rsidRDefault="000B480D" w:rsidP="00F3114D">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
@@ -9222,51 +9591,71 @@
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>9. Collaboration with the surrounding community, communication and dissemination</w:t>
       </w:r>
       <w:bookmarkEnd w:id="40"/>
     </w:p>
     <w:p w14:paraId="2B278990" w14:textId="77777777" w:rsidR="000B480D" w:rsidRPr="008D1658" w:rsidRDefault="000B480D" w:rsidP="00F3114D">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D1658">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>For up to ten collaborations (for example with schools, government agencies, industry, laymen organisations, regions and local authorities, patient organisations, the public or media): Specify type of collaboration, time period and collaborative partner.</w:t>
+        <w:t xml:space="preserve">For up to ten collaborations (for example with schools, government agencies, industry, laymen organisations, regions and local authorities, patient organisations, the public or media): Specify type of collaboration, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="008D1658">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>time period</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="008D1658">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and collaborative partner.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="26D514BC" w14:textId="77777777" w:rsidR="000B480D" w:rsidRPr="008D1658" w:rsidRDefault="000B480D" w:rsidP="00F3114D">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="57892558" w14:textId="77777777" w:rsidR="000B480D" w:rsidRPr="00E0422C" w:rsidRDefault="000B480D" w:rsidP="00F3114D">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
@@ -9278,51 +9667,71 @@
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>10. Collaboration assignments related to ethics, equal treatment, work environment and environmental sustainability</w:t>
       </w:r>
       <w:bookmarkEnd w:id="41"/>
     </w:p>
     <w:p w14:paraId="436A91E3" w14:textId="77777777" w:rsidR="000B480D" w:rsidRPr="008D1658" w:rsidRDefault="000B480D" w:rsidP="00F3114D">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D1658">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve">Assignment, time period and employer or organiser. </w:t>
+        <w:t xml:space="preserve">Assignment, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="008D1658">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>time period</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="008D1658">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and employer or organiser. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6A6B8109" w14:textId="77777777" w:rsidR="000B480D" w:rsidRPr="008D1658" w:rsidRDefault="000B480D" w:rsidP="00F3114D">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="394232BA" w14:textId="4A378433" w:rsidR="000B480D" w:rsidRPr="00E0422C" w:rsidRDefault="000B480D" w:rsidP="00F3114D">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
@@ -9560,51 +9969,71 @@
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>2. Clinical fellowship programmes</w:t>
       </w:r>
       <w:bookmarkEnd w:id="45"/>
     </w:p>
     <w:p w14:paraId="6DD225DD" w14:textId="77777777" w:rsidR="000B480D" w:rsidRPr="008D1658" w:rsidRDefault="000B480D" w:rsidP="00F3114D">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D1658">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>This refers to clinical training for example to acquire new knowledge. Specify programme, country, hospital and time period.</w:t>
+        <w:t xml:space="preserve">This refers to clinical training for example to acquire new knowledge. Specify programme, country, hospital and </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="008D1658">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>time period</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="008D1658">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="320385D3" w14:textId="77777777" w:rsidR="000B480D" w:rsidRPr="008D1658" w:rsidRDefault="000B480D" w:rsidP="00F3114D">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4C31B0EA" w14:textId="77777777" w:rsidR="000B480D" w:rsidRPr="00E0422C" w:rsidRDefault="000B480D" w:rsidP="00F3114D">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
@@ -9634,51 +10063,71 @@
       <w:r w:rsidRPr="008D1658">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Position, employer, extent in percent of full-time </w:t>
       </w:r>
       <w:r w:rsidR="00871BCC" w:rsidRPr="008D1658">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>employment</w:t>
       </w:r>
       <w:r w:rsidRPr="008D1658">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>, work tasks (including experience as senior specialist on call) and time period.</w:t>
+        <w:t xml:space="preserve">, work tasks (including experience as senior specialist on call) and </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="008D1658">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>time period</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="008D1658">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6B781AAA" w14:textId="77777777" w:rsidR="000B480D" w:rsidRPr="008D1658" w:rsidRDefault="000B480D" w:rsidP="00F3114D">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="79A3D88D" w14:textId="77777777" w:rsidR="000B480D" w:rsidRPr="00E0422C" w:rsidRDefault="000B480D" w:rsidP="00F3114D">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
@@ -9744,52 +10193,63 @@
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>5. Development of innovations, new evidence-based diagnostic and therapeutic principles</w:t>
       </w:r>
       <w:bookmarkEnd w:id="48"/>
     </w:p>
     <w:p w14:paraId="266471DB" w14:textId="77777777" w:rsidR="000B480D" w:rsidRPr="00E0422C" w:rsidRDefault="000B480D" w:rsidP="00F3114D">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D1658">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>Your role, method and time period</w:t>
-      </w:r>
+        <w:t xml:space="preserve">Your role, method and </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="008D1658">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>time period</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00E0422C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7670AF41" w14:textId="77777777" w:rsidR="000B480D" w:rsidRPr="008D1658" w:rsidRDefault="000B480D" w:rsidP="00F3114D">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5C004281" w14:textId="77777777" w:rsidR="000B480D" w:rsidRPr="00E0422C" w:rsidRDefault="000B480D" w:rsidP="00F3114D">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -9807,51 +10267,71 @@
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>6. Participation in the production of international, national and regional clinical guidelines or care programmes</w:t>
       </w:r>
       <w:bookmarkEnd w:id="49"/>
     </w:p>
     <w:p w14:paraId="11042C4D" w14:textId="77777777" w:rsidR="000B480D" w:rsidRPr="008D1658" w:rsidRDefault="000B480D" w:rsidP="00F3114D">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D1658">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>Your role, type of regulatory document and time period.</w:t>
+        <w:t xml:space="preserve">Your role, type of regulatory document and </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="008D1658">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>time period</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="008D1658">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="68244CDA" w14:textId="77777777" w:rsidR="000B480D" w:rsidRPr="008D1658" w:rsidRDefault="000B480D" w:rsidP="00F3114D">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="53A540F4" w14:textId="7ECF386A" w:rsidR="000B480D" w:rsidRPr="00E0422C" w:rsidRDefault="000B480D" w:rsidP="00F3114D">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
@@ -10318,108 +10798,110 @@
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
       <w:t xml:space="preserve">and </w:t>
     </w:r>
     <w:r w:rsidR="005D09B8">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
       <w:t>sur</w:t>
     </w:r>
     <w:r w:rsidRPr="004C6A7E">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
       <w:t xml:space="preserve">name </w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="90"/>
-  <w:proofState w:spelling="clean"/>
+  <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="000B480D"/>
     <w:rsid w:val="0000656A"/>
     <w:rsid w:val="00031899"/>
     <w:rsid w:val="000A774A"/>
     <w:rsid w:val="000B480D"/>
     <w:rsid w:val="000E7AF0"/>
     <w:rsid w:val="00106AC0"/>
     <w:rsid w:val="00137D8D"/>
     <w:rsid w:val="00247722"/>
     <w:rsid w:val="00276797"/>
     <w:rsid w:val="002916DB"/>
     <w:rsid w:val="00335399"/>
     <w:rsid w:val="00363F49"/>
     <w:rsid w:val="003C5EDA"/>
     <w:rsid w:val="004C6A7E"/>
     <w:rsid w:val="005D09B8"/>
     <w:rsid w:val="00700C32"/>
     <w:rsid w:val="0071264B"/>
     <w:rsid w:val="00723777"/>
     <w:rsid w:val="00730309"/>
     <w:rsid w:val="00772F33"/>
+    <w:rsid w:val="00823C6E"/>
     <w:rsid w:val="0085702B"/>
     <w:rsid w:val="00871BCC"/>
     <w:rsid w:val="008D1658"/>
     <w:rsid w:val="009C0BEB"/>
     <w:rsid w:val="009D004B"/>
     <w:rsid w:val="009E5025"/>
     <w:rsid w:val="009F3567"/>
     <w:rsid w:val="00A336D9"/>
     <w:rsid w:val="00A852F1"/>
     <w:rsid w:val="00A9553C"/>
     <w:rsid w:val="00AD3F6A"/>
     <w:rsid w:val="00B01FF8"/>
     <w:rsid w:val="00B16169"/>
     <w:rsid w:val="00B613E6"/>
     <w:rsid w:val="00B75D50"/>
+    <w:rsid w:val="00C00696"/>
     <w:rsid w:val="00C702AE"/>
     <w:rsid w:val="00C95B7C"/>
     <w:rsid w:val="00CC2350"/>
     <w:rsid w:val="00CF7AF9"/>
     <w:rsid w:val="00D00401"/>
     <w:rsid w:val="00D30E6E"/>
     <w:rsid w:val="00D516A6"/>
     <w:rsid w:val="00DE3E15"/>
     <w:rsid w:val="00DF7E80"/>
     <w:rsid w:val="00E0422C"/>
     <w:rsid w:val="00E0717F"/>
     <w:rsid w:val="00E34B88"/>
     <w:rsid w:val="00EA6662"/>
     <w:rsid w:val="00F3114D"/>
     <w:rsid w:val="00F31352"/>
     <w:rsid w:val="00F352B4"/>
     <w:rsid w:val="00F42982"/>
     <w:rsid w:val="00F5320C"/>
     <w:rsid w:val="00F901F3"/>
     <w:rsid w:val="00F96E7A"/>
     <w:rsid w:val="00FE7614"/>
     <w:rsid w:val="00FF5477"/>
     <w:rsid w:val="20B70A01"/>
     <w:rsid w:val="4A70DA96"/>
   </w:rsids>
@@ -11921,54 +12403,54 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3CEFD466-F540-42A5-BDFC-FC0240C5EC53}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>16</Pages>
-  <Words>3804</Words>
-  <Characters>20167</Characters>
+  <Words>3806</Words>
+  <Characters>20175</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>168</Lines>
   <Paragraphs>47</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>Karolinska Institutet</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>23924</CharactersWithSpaces>
+  <CharactersWithSpaces>23934</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Jasmin Ahangaran</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>