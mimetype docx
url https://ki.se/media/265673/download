--- v0 (2025-10-16)
+++ v1 (2025-12-02)
@@ -1,68 +1,64 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="svg" ContentType="image/svg+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="4A47FAE6" w14:textId="77777777" w:rsidR="00B36B3D" w:rsidRDefault="00B36B3D" w:rsidP="00B36B3D">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:rPr>
           <w:rStyle w:val="Rubrik1Char"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="376A75C0" w14:textId="73597770" w:rsidR="00750CCE" w:rsidRPr="007809F9" w:rsidRDefault="00270AF5" w:rsidP="007809F9">
       <w:pPr>
         <w:pStyle w:val="Rubrik1"/>
       </w:pPr>
       <w:r w:rsidRPr="007809F9">
         <w:rPr>
           <w:rStyle w:val="Rubrik1Char"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Kursanalys</w:t>
       </w:r>
       <w:r w:rsidR="00DC7F90" w:rsidRPr="007809F9">
         <w:rPr>
@@ -143,51 +139,51 @@
         <w:gridCol w:w="1978"/>
         <w:gridCol w:w="6"/>
       </w:tblGrid>
       <w:tr w:rsidR="00750CCE" w:rsidRPr="007809F9" w14:paraId="1FEDEEAC" w14:textId="77777777" w:rsidTr="00D3302B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1951" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="090543B6" w14:textId="77777777" w:rsidR="00750CCE" w:rsidRPr="007809F9" w:rsidRDefault="00750CCE" w:rsidP="002B6657">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007809F9">
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Kurskod</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5D1ABEAC" w14:textId="4512B7A4" w:rsidR="00750CCE" w:rsidRPr="00DB53C8" w:rsidRDefault="00B031A3" w:rsidP="002B6657">
+          <w:p w14:paraId="5D1ABEAC" w14:textId="4512B7A4" w:rsidR="00750CCE" w:rsidRPr="00DB53C8" w:rsidRDefault="00EF3E33" w:rsidP="002B6657">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cstheme="minorHAnsi"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="1309976013"/>
                 <w:placeholder>
                   <w:docPart w:val="7592170F66E243868EB2CE3FB94BE22D"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="007809F9" w:rsidRPr="00DB53C8">
                   <w:rPr>
                     <w:rStyle w:val="Platshllartext"/>
@@ -199,51 +195,51 @@
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="6611B994" w14:textId="77777777" w:rsidR="00750CCE" w:rsidRPr="007809F9" w:rsidRDefault="00750CCE" w:rsidP="002B6657">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007809F9">
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Kursnamn</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6D18B8F1" w14:textId="33D2BD85" w:rsidR="00750CCE" w:rsidRPr="007809F9" w:rsidRDefault="00B031A3" w:rsidP="002B6657">
+          <w:p w14:paraId="6D18B8F1" w14:textId="33D2BD85" w:rsidR="00750CCE" w:rsidRPr="007809F9" w:rsidRDefault="00EF3E33" w:rsidP="002B6657">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cstheme="minorHAnsi"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-173422598"/>
                 <w:placeholder>
                   <w:docPart w:val="31D1167551874F559CE1488373CE14CF"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="007809F9" w:rsidRPr="007809F9">
                   <w:rPr>
                     <w:rStyle w:val="Platshllartext"/>
@@ -255,51 +251,51 @@
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="687BD754" w14:textId="77777777" w:rsidR="00750CCE" w:rsidRPr="007809F9" w:rsidRDefault="00750CCE" w:rsidP="002B6657">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007809F9">
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Högskolepoäng </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7200B35D" w14:textId="77777777" w:rsidR="00750CCE" w:rsidRPr="007809F9" w:rsidRDefault="00B031A3" w:rsidP="002B6657">
+          <w:p w14:paraId="7200B35D" w14:textId="77777777" w:rsidR="00750CCE" w:rsidRPr="007809F9" w:rsidRDefault="00EF3E33" w:rsidP="002B6657">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cstheme="minorHAnsi"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-788044680"/>
                 <w:placeholder>
                   <w:docPart w:val="098B5F55467E4CF8B42C9C786F3E888D"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00750CCE" w:rsidRPr="007809F9">
                   <w:rPr>
                     <w:rStyle w:val="Platshllartext"/>
@@ -321,51 +317,51 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1945" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="05EA07F1" w14:textId="77777777" w:rsidR="00750CCE" w:rsidRPr="007809F9" w:rsidRDefault="00750CCE" w:rsidP="002B6657">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007809F9">
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Termin </w:t>
             </w:r>
             <w:r w:rsidRPr="007809F9">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>(vt/ht-år)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5F38F008" w14:textId="2D2C7014" w:rsidR="00750CCE" w:rsidRPr="007809F9" w:rsidRDefault="00B031A3" w:rsidP="002B6657">
+          <w:p w14:paraId="5F38F008" w14:textId="2D2C7014" w:rsidR="00750CCE" w:rsidRPr="007809F9" w:rsidRDefault="00EF3E33" w:rsidP="002B6657">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cstheme="minorHAnsi"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-1242864945"/>
                 <w:placeholder>
                   <w:docPart w:val="1BCC6AD812FD4ECD897EA9DB7E2476B0"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00750CCE" w:rsidRPr="007809F9">
                   <w:rPr>
                     <w:rStyle w:val="Platshllartext"/>
@@ -377,51 +373,51 @@
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7371" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
           </w:tcPr>
           <w:p w14:paraId="265D5C5E" w14:textId="77777777" w:rsidR="00750CCE" w:rsidRPr="007809F9" w:rsidRDefault="00750CCE" w:rsidP="002B6657">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007809F9">
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Tidsperiod för kursens genomförande</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="66AD467B" w14:textId="77777777" w:rsidR="00750CCE" w:rsidRPr="007809F9" w:rsidRDefault="00B031A3" w:rsidP="002B6657">
+          <w:p w14:paraId="66AD467B" w14:textId="77777777" w:rsidR="00750CCE" w:rsidRPr="007809F9" w:rsidRDefault="00EF3E33" w:rsidP="002B6657">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cstheme="minorHAnsi"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-2033335264"/>
                 <w:placeholder>
                   <w:docPart w:val="A98C604ED3C94146ACC7508F68DD790F"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00750CCE" w:rsidRPr="007809F9">
                   <w:rPr>
                     <w:rStyle w:val="Platshllartext"/>
@@ -513,51 +509,51 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00750CCE" w:rsidRPr="007809F9" w14:paraId="6D80750F" w14:textId="77777777" w:rsidTr="00D3302B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4644" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p w14:paraId="02C4E09B" w14:textId="77777777" w:rsidR="00750CCE" w:rsidRPr="007809F9" w:rsidRDefault="00750CCE" w:rsidP="002B6657">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007809F9">
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Kursansvarig lärare</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="71E40EFE" w14:textId="7A7FCFD0" w:rsidR="00750CCE" w:rsidRPr="007809F9" w:rsidRDefault="00B031A3" w:rsidP="002B6657">
+          <w:p w14:paraId="71E40EFE" w14:textId="7A7FCFD0" w:rsidR="00750CCE" w:rsidRPr="007809F9" w:rsidRDefault="00EF3E33" w:rsidP="002B6657">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cstheme="minorHAnsi"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="699591922"/>
                 <w:placeholder>
                   <w:docPart w:val="DB5DAAF52E464C82B430CE58B4E0BEC5"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00750CCE" w:rsidRPr="007809F9">
                   <w:rPr>
                     <w:rStyle w:val="Platshllartext"/>
@@ -574,51 +570,51 @@
           <w:tcPr>
             <w:tcW w:w="4678" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p w14:paraId="5520262D" w14:textId="77777777" w:rsidR="00750CCE" w:rsidRPr="007809F9" w:rsidRDefault="00750CCE" w:rsidP="002B6657">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007809F9">
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Examinator </w:t>
             </w:r>
             <w:r w:rsidRPr="007809F9">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>(om annan än kursansvarig)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="466A0CF9" w14:textId="0B6B42AF" w:rsidR="00750CCE" w:rsidRPr="007809F9" w:rsidRDefault="00B031A3" w:rsidP="002B6657">
+          <w:p w14:paraId="466A0CF9" w14:textId="0B6B42AF" w:rsidR="00750CCE" w:rsidRPr="007809F9" w:rsidRDefault="00EF3E33" w:rsidP="002B6657">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cstheme="minorHAnsi"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-1314332718"/>
                 <w:placeholder>
                   <w:docPart w:val="E5C24946DF984601BCC36018BAF51ABD"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00750CCE" w:rsidRPr="007809F9">
                   <w:rPr>
                     <w:rStyle w:val="Platshllartext"/>
@@ -639,51 +635,51 @@
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p w14:paraId="7417C106" w14:textId="2E054FE6" w:rsidR="00750CCE" w:rsidRPr="007809F9" w:rsidRDefault="002E5BEA" w:rsidP="002B6657">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007809F9">
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Ev. m</w:t>
             </w:r>
             <w:r w:rsidR="00750CCE" w:rsidRPr="007809F9">
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>omentansvariga lärare</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2CAF2C86" w14:textId="5CABFDA2" w:rsidR="00750CCE" w:rsidRPr="007809F9" w:rsidRDefault="00B031A3" w:rsidP="002B6657">
+          <w:p w14:paraId="2CAF2C86" w14:textId="5CABFDA2" w:rsidR="00750CCE" w:rsidRPr="007809F9" w:rsidRDefault="00EF3E33" w:rsidP="002B6657">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cstheme="minorHAnsi"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-784662770"/>
                 <w:placeholder>
                   <w:docPart w:val="E2854438AE504B118521D266E3A27A2D"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00750CCE" w:rsidRPr="007809F9">
                   <w:rPr>
                     <w:rStyle w:val="Platshllartext"/>
@@ -695,51 +691,51 @@
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4678" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p w14:paraId="574BE7BF" w14:textId="77777777" w:rsidR="00750CCE" w:rsidRPr="007809F9" w:rsidRDefault="00750CCE" w:rsidP="002B6657">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007809F9">
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Svarsfrekvens obligatorisk kursvärdering</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0EA19259" w14:textId="729D1B52" w:rsidR="00750CCE" w:rsidRPr="007809F9" w:rsidRDefault="00B031A3" w:rsidP="002B6657">
+          <w:p w14:paraId="0EA19259" w14:textId="729D1B52" w:rsidR="00750CCE" w:rsidRPr="007809F9" w:rsidRDefault="00EF3E33" w:rsidP="002B6657">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cstheme="minorHAnsi"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-203637167"/>
                 <w:placeholder>
                   <w:docPart w:val="FDEC64B697984698A9FC9542B6A62FD7"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00750CCE" w:rsidRPr="007809F9">
                   <w:rPr>
                     <w:rStyle w:val="Platshllartext"/>
@@ -753,51 +749,51 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00750CCE" w:rsidRPr="007809F9" w14:paraId="61EEDD29" w14:textId="77777777" w:rsidTr="00D3302B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4644" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p w14:paraId="068B27A1" w14:textId="77777777" w:rsidR="00750CCE" w:rsidRPr="007809F9" w:rsidRDefault="00750CCE" w:rsidP="002B6657">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007809F9">
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Antal registrerade studenter</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="237C1299" w14:textId="102C1842" w:rsidR="00750CCE" w:rsidRPr="007809F9" w:rsidRDefault="00B031A3" w:rsidP="002B6657">
+          <w:p w14:paraId="237C1299" w14:textId="102C1842" w:rsidR="00750CCE" w:rsidRPr="007809F9" w:rsidRDefault="00EF3E33" w:rsidP="002B6657">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cstheme="minorHAnsi"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="1132212862"/>
                 <w:placeholder>
                   <w:docPart w:val="B4C8FE947C7544A694BDD89FB7976B57"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="007809F9" w:rsidRPr="007809F9">
                   <w:rPr>
                     <w:rStyle w:val="Platshllartext"/>
@@ -818,51 +814,51 @@
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4678" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p w14:paraId="26C5772A" w14:textId="77777777" w:rsidR="00750CCE" w:rsidRPr="007809F9" w:rsidRDefault="00750CCE" w:rsidP="002B6657">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007809F9">
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Andel godkända studenter vid kursens slutdatum</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="47214207" w14:textId="5B4FAD3F" w:rsidR="00750CCE" w:rsidRPr="007809F9" w:rsidRDefault="00B031A3" w:rsidP="002B6657">
+          <w:p w14:paraId="47214207" w14:textId="5B4FAD3F" w:rsidR="00750CCE" w:rsidRPr="007809F9" w:rsidRDefault="00EF3E33" w:rsidP="002B6657">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cstheme="minorHAnsi"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-550927097"/>
                 <w:placeholder>
                   <w:docPart w:val="3F640EF0DF524C0E9773CDDF8D041E89"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="007809F9" w:rsidRPr="007809F9">
                   <w:rPr>
                     <w:rStyle w:val="Platshllartext"/>
@@ -881,51 +877,51 @@
           <w:tcPr>
             <w:tcW w:w="9322" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
           </w:tcPr>
           <w:p w14:paraId="23A7524D" w14:textId="77777777" w:rsidR="00750CCE" w:rsidRPr="007809F9" w:rsidRDefault="00750CCE" w:rsidP="002B6657">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007809F9">
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Metoder för studentinflytande </w:t>
             </w:r>
             <w:r w:rsidRPr="007809F9">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>(utöver avslutande obligatorisk kursvärdering)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7978AEDC" w14:textId="4814D5EB" w:rsidR="00750CCE" w:rsidRPr="007809F9" w:rsidRDefault="00B031A3" w:rsidP="002B6657">
+          <w:p w14:paraId="7978AEDC" w14:textId="4814D5EB" w:rsidR="00750CCE" w:rsidRPr="007809F9" w:rsidRDefault="00EF3E33" w:rsidP="002B6657">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cstheme="minorHAnsi"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-1829129687"/>
                 <w:placeholder>
                   <w:docPart w:val="2495431C516749D49E2744AD11010A1A"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text w:multiLine="1"/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00750CCE" w:rsidRPr="007809F9">
                   <w:rPr>
                     <w:rStyle w:val="Platshllartext"/>
@@ -2801,1668 +2797,211 @@
           </w:tcPr>
           <w:p w14:paraId="3F62F67D" w14:textId="77777777" w:rsidR="00954080" w:rsidRPr="000D7B75" w:rsidRDefault="00954080" w:rsidP="002B6657">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5297017C" w14:textId="77777777" w:rsidR="00954080" w:rsidRPr="000D7B75" w:rsidRDefault="00954080" w:rsidP="002B6657">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="4A341388" w14:textId="69AFB1F8" w:rsidR="00D8732F" w:rsidRDefault="00D8732F" w:rsidP="002B6657">
+    <w:p w14:paraId="22F10E83" w14:textId="77777777" w:rsidR="00EF3E33" w:rsidRDefault="00EF3E33" w:rsidP="002B6657">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="144B6145" w14:textId="2ADF564E" w:rsidR="00D8732F" w:rsidRDefault="00D8732F" w:rsidP="002B6657">
-[...2 lines deleted...]
-        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+    <w:p w14:paraId="6F122B93" w14:textId="77777777" w:rsidR="00EF3E33" w:rsidRDefault="00EF3E33" w:rsidP="00EF3E33">
+      <w:pPr>
+        <w:pStyle w:val="Sidfot"/>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-      </w:pPr>
+        <w:t xml:space="preserve">Instruktioner för hur kursanalysen fylls i finns här: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId11" w:history="1">
+        <w:r w:rsidRPr="00D038A8">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+            <w:rFonts w:cstheme="minorHAnsi"/>
+            <w:b/>
+            <w:bCs/>
+          </w:rPr>
+          <w:t>https://ki.se/media/276392/download</w:t>
+        </w:r>
+      </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="3E73050F" w14:textId="4C8820A4" w:rsidR="00D8732F" w:rsidRDefault="00D8732F">
+    <w:p w14:paraId="3E73050F" w14:textId="5F98FEAB" w:rsidR="00D8732F" w:rsidRDefault="00D8732F">
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...6 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="6096AC2A" w14:textId="06C4941E" w:rsidR="00892106" w:rsidRPr="000D7B75" w:rsidRDefault="00060772" w:rsidP="007809F9">
-[...1447 lines deleted...]
-      <w:headerReference w:type="even" r:id="rId11"/>
+    <w:sectPr w:rsidR="00D8732F" w:rsidSect="00B36B3D">
       <w:headerReference w:type="default" r:id="rId12"/>
-      <w:footerReference w:type="even" r:id="rId13"/>
-[...2 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId16"/>
+      <w:footerReference w:type="default" r:id="rId13"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1985" w:right="1440" w:bottom="1276" w:left="1440" w:header="709" w:footer="446" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="52E497FA" w14:textId="77777777" w:rsidR="002C58D1" w:rsidRDefault="002C58D1" w:rsidP="009D56B4">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
     <w:p w14:paraId="16D4D391" w14:textId="77777777" w:rsidR="001A53B7" w:rsidRDefault="001A53B7"/>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="74AA966E" w14:textId="77777777" w:rsidR="002C58D1" w:rsidRDefault="002C58D1" w:rsidP="009D56B4">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
     <w:p w14:paraId="389CC0AF" w14:textId="77777777" w:rsidR="001A53B7" w:rsidRDefault="001A53B7"/>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
     <w:p w14:paraId="470623B2" w14:textId="77777777" w:rsidR="00CA459A" w:rsidRDefault="00CA459A"/>
     <w:p w14:paraId="44BF874D" w14:textId="77777777" w:rsidR="001A53B7" w:rsidRDefault="001A53B7"/>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="DM Sans">
-    <w:altName w:val="DM Sans"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="8000002F" w:usb1="4000204B" w:usb2="00000000" w:usb3="00000000" w:csb0="00000093" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="TimesNewRomanPSMT">
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-[...9 lines deleted...]
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="4BBEBEE6" w14:textId="519BCFA1" w:rsidR="002C58D1" w:rsidRDefault="002C58D1">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:r>
       <w:t xml:space="preserve">Sida </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:b/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:b/>
       </w:rPr>
       <w:instrText>PAGE  \* Arabic  \* MERGEFORMAT</w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:b/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
@@ -4493,106 +3032,81 @@
       <w:rPr>
         <w:b/>
       </w:rPr>
       <w:instrText>NUMPAGES  \* Arabic  \* MERGEFORMAT</w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:b/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:b/>
         <w:noProof/>
       </w:rPr>
       <w:t>7</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:b/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
-  <w:p w14:paraId="6FAE6939" w14:textId="77777777" w:rsidR="002C58D1" w:rsidRDefault="002C58D1">
-[...3 lines deleted...]
-  </w:p>
   <w:p w14:paraId="71281036" w14:textId="77777777" w:rsidR="001A53B7" w:rsidRDefault="001A53B7"/>
 </w:ftr>
 </file>
 
-<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-[...8 lines deleted...]
-
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="7E63E161" w14:textId="77777777" w:rsidR="002C58D1" w:rsidRDefault="002C58D1" w:rsidP="009D56B4">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
     <w:p w14:paraId="5C3669F5" w14:textId="77777777" w:rsidR="001A53B7" w:rsidRDefault="001A53B7"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="621FD8D4" w14:textId="77777777" w:rsidR="002C58D1" w:rsidRDefault="002C58D1" w:rsidP="009D56B4">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
     <w:p w14:paraId="27C58CDE" w14:textId="77777777" w:rsidR="001A53B7" w:rsidRDefault="001A53B7"/>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
     <w:p w14:paraId="15B190F0" w14:textId="77777777" w:rsidR="00CA459A" w:rsidRDefault="00CA459A"/>
     <w:p w14:paraId="66CC327C" w14:textId="77777777" w:rsidR="001A53B7" w:rsidRDefault="001A53B7"/>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-[...9 lines deleted...]
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="11720" w:type="dxa"/>
       <w:tblInd w:w="-1432" w:type="dxa"/>
       <w:tblLayout w:type="fixed"/>
       <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="7271"/>
       <w:gridCol w:w="4449"/>
     </w:tblGrid>
     <w:tr w:rsidR="003411F9" w:rsidRPr="00F75381" w14:paraId="242A3F89" w14:textId="77777777" w:rsidTr="003411F9">
       <w:trPr>
         <w:trHeight w:val="97"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="7271" w:type="dxa"/>
           <w:vMerge w:val="restart"/>
         </w:tcPr>
         <w:p w14:paraId="20DF5E78" w14:textId="3D51BCCC" w:rsidR="003411F9" w:rsidRPr="00F75381" w:rsidRDefault="003411F9" w:rsidP="00EA7E4A">
           <w:pPr>
             <w:pStyle w:val="Sidhuvud"/>
           </w:pPr>
           <w:r w:rsidRPr="00FA0546">
@@ -4729,86 +3243,76 @@
               <w:szCs w:val="16"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
     <w:tr w:rsidR="003411F9" w:rsidRPr="00F75381" w14:paraId="39F1E0F3" w14:textId="77777777" w:rsidTr="003411F9">
       <w:trPr>
         <w:trHeight w:val="91"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="7271" w:type="dxa"/>
           <w:vMerge/>
         </w:tcPr>
         <w:p w14:paraId="1E685629" w14:textId="77777777" w:rsidR="003411F9" w:rsidRPr="00F75381" w:rsidRDefault="003411F9" w:rsidP="00EA7E4A">
           <w:pPr>
             <w:pStyle w:val="Sidhuvud"/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="4449" w:type="dxa"/>
         </w:tcPr>
-        <w:p w14:paraId="23BE3432" w14:textId="766697E5" w:rsidR="003411F9" w:rsidRPr="00D75A79" w:rsidRDefault="003411F9" w:rsidP="003411F9">
+        <w:p w14:paraId="23BE3432" w14:textId="0E73C135" w:rsidR="003411F9" w:rsidRPr="00D75A79" w:rsidRDefault="003411F9" w:rsidP="003411F9">
           <w:pPr>
             <w:suppressAutoHyphens/>
             <w:rPr>
               <w:rFonts w:cs="Arial"/>
               <w:szCs w:val="16"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p w14:paraId="69886ED7" w14:textId="592DFE1F" w:rsidR="001A53B7" w:rsidRDefault="001A53B7" w:rsidP="003411F9">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4513"/>
         <w:tab w:val="left" w:pos="5529"/>
       </w:tabs>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
-<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-[...8 lines deleted...]
-
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="07684259"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="EDFEABCA"/>
     <w:lvl w:ilvl="0" w:tplc="5B52AC64">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b/>
         <w:bCs/>
         <w:color w:val="auto"/>
         <w:sz w:val="26"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
@@ -7355,59 +5859,58 @@
   <w:num w:numId="18" w16cid:durableId="1441602780">
     <w:abstractNumId w:val="19"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="1087457367">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="20" w16cid:durableId="1330520789">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="21" w16cid:durableId="331376204">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="22" w16cid:durableId="526993588">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="23" w16cid:durableId="955257487">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="24" w16cid:durableId="915431910">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-[...1 lines deleted...]
-  <w:proofState w:spelling="clean"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
   <w:defaultTabStop w:val="1304"/>
   <w:autoHyphenation/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="110593"/>
+    <o:shapedefaults v:ext="edit" spidmax="112641"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="009D56B4"/>
     <w:rsid w:val="00002440"/>
     <w:rsid w:val="00002749"/>
     <w:rsid w:val="000175A4"/>
     <w:rsid w:val="00025D16"/>
@@ -7502,50 +6005,51 @@
     <w:rsid w:val="00330B0E"/>
     <w:rsid w:val="00340F5E"/>
     <w:rsid w:val="003411F9"/>
     <w:rsid w:val="00343265"/>
     <w:rsid w:val="0035299E"/>
     <w:rsid w:val="0036200F"/>
     <w:rsid w:val="00370DED"/>
     <w:rsid w:val="0038636F"/>
     <w:rsid w:val="00396666"/>
     <w:rsid w:val="003A5643"/>
     <w:rsid w:val="003A7EA4"/>
     <w:rsid w:val="003B04DC"/>
     <w:rsid w:val="003B2C46"/>
     <w:rsid w:val="003B69E2"/>
     <w:rsid w:val="003C2B4B"/>
     <w:rsid w:val="003E3E4D"/>
     <w:rsid w:val="003F518E"/>
     <w:rsid w:val="003F7F06"/>
     <w:rsid w:val="004006A9"/>
     <w:rsid w:val="004058EA"/>
     <w:rsid w:val="00436C48"/>
     <w:rsid w:val="00441017"/>
     <w:rsid w:val="00445F3E"/>
     <w:rsid w:val="0044754C"/>
     <w:rsid w:val="00447638"/>
+    <w:rsid w:val="004579FB"/>
     <w:rsid w:val="00466B4B"/>
     <w:rsid w:val="00487053"/>
     <w:rsid w:val="0049170A"/>
     <w:rsid w:val="004A2C07"/>
     <w:rsid w:val="004A3069"/>
     <w:rsid w:val="004C53AC"/>
     <w:rsid w:val="004C6949"/>
     <w:rsid w:val="004E192B"/>
     <w:rsid w:val="004E652D"/>
     <w:rsid w:val="004F3FB0"/>
     <w:rsid w:val="005036F8"/>
     <w:rsid w:val="00507837"/>
     <w:rsid w:val="00526EFE"/>
     <w:rsid w:val="00530FEF"/>
     <w:rsid w:val="00535A06"/>
     <w:rsid w:val="005443A0"/>
     <w:rsid w:val="00554BF6"/>
     <w:rsid w:val="00561D8E"/>
     <w:rsid w:val="00566591"/>
     <w:rsid w:val="00574BEB"/>
     <w:rsid w:val="00587C36"/>
     <w:rsid w:val="005A64B0"/>
     <w:rsid w:val="005A7623"/>
     <w:rsid w:val="005B5FC1"/>
     <w:rsid w:val="005C0A11"/>
@@ -7599,93 +6103,93 @@
     <w:rsid w:val="00772A3A"/>
     <w:rsid w:val="00773AC9"/>
     <w:rsid w:val="007801DA"/>
     <w:rsid w:val="007809F9"/>
     <w:rsid w:val="007816E2"/>
     <w:rsid w:val="00781DAD"/>
     <w:rsid w:val="00786070"/>
     <w:rsid w:val="00794B55"/>
     <w:rsid w:val="007A08AD"/>
     <w:rsid w:val="007A2FBA"/>
     <w:rsid w:val="007B02A2"/>
     <w:rsid w:val="007B2373"/>
     <w:rsid w:val="007D21E9"/>
     <w:rsid w:val="007F6CDF"/>
     <w:rsid w:val="00800CFE"/>
     <w:rsid w:val="008137A6"/>
     <w:rsid w:val="00823B07"/>
     <w:rsid w:val="00826E74"/>
     <w:rsid w:val="0083015E"/>
     <w:rsid w:val="00842260"/>
     <w:rsid w:val="008662C4"/>
     <w:rsid w:val="00892106"/>
     <w:rsid w:val="008A4A23"/>
     <w:rsid w:val="008B27CA"/>
     <w:rsid w:val="008C1353"/>
+    <w:rsid w:val="008C584B"/>
     <w:rsid w:val="008E23B7"/>
     <w:rsid w:val="008F76C1"/>
     <w:rsid w:val="00903521"/>
     <w:rsid w:val="00916AE5"/>
     <w:rsid w:val="00935704"/>
     <w:rsid w:val="00936025"/>
     <w:rsid w:val="00942BF6"/>
     <w:rsid w:val="00954080"/>
     <w:rsid w:val="00970A85"/>
     <w:rsid w:val="00972721"/>
     <w:rsid w:val="009744FA"/>
     <w:rsid w:val="009819E9"/>
     <w:rsid w:val="0098431A"/>
     <w:rsid w:val="00991806"/>
     <w:rsid w:val="0099514E"/>
     <w:rsid w:val="00996F90"/>
     <w:rsid w:val="009A2965"/>
     <w:rsid w:val="009A2E02"/>
     <w:rsid w:val="009A3431"/>
     <w:rsid w:val="009A4DB5"/>
     <w:rsid w:val="009A5239"/>
     <w:rsid w:val="009A6381"/>
     <w:rsid w:val="009C68F8"/>
     <w:rsid w:val="009D56B4"/>
     <w:rsid w:val="009E4AC8"/>
     <w:rsid w:val="00A04071"/>
     <w:rsid w:val="00A17B71"/>
     <w:rsid w:val="00A203CB"/>
     <w:rsid w:val="00A3262F"/>
     <w:rsid w:val="00A60152"/>
     <w:rsid w:val="00A62D22"/>
     <w:rsid w:val="00A6643D"/>
     <w:rsid w:val="00A85242"/>
     <w:rsid w:val="00A8648E"/>
     <w:rsid w:val="00A950EA"/>
     <w:rsid w:val="00A95189"/>
     <w:rsid w:val="00AB0CE3"/>
     <w:rsid w:val="00AB3AC7"/>
     <w:rsid w:val="00AB4B09"/>
     <w:rsid w:val="00AC037B"/>
     <w:rsid w:val="00AD2AD6"/>
     <w:rsid w:val="00AF7C47"/>
-    <w:rsid w:val="00B031A3"/>
     <w:rsid w:val="00B06890"/>
     <w:rsid w:val="00B124A9"/>
     <w:rsid w:val="00B14A19"/>
     <w:rsid w:val="00B26C49"/>
     <w:rsid w:val="00B36B3D"/>
     <w:rsid w:val="00B51C93"/>
     <w:rsid w:val="00B62D0B"/>
     <w:rsid w:val="00B640FF"/>
     <w:rsid w:val="00B711E0"/>
     <w:rsid w:val="00B74242"/>
     <w:rsid w:val="00B76BEE"/>
     <w:rsid w:val="00B971D2"/>
     <w:rsid w:val="00BA1F6A"/>
     <w:rsid w:val="00BB55C1"/>
     <w:rsid w:val="00BD2C57"/>
     <w:rsid w:val="00BE2E71"/>
     <w:rsid w:val="00BF5F58"/>
     <w:rsid w:val="00C00483"/>
     <w:rsid w:val="00C033BC"/>
     <w:rsid w:val="00C04BDC"/>
     <w:rsid w:val="00C07264"/>
     <w:rsid w:val="00C14C55"/>
     <w:rsid w:val="00C35ED9"/>
     <w:rsid w:val="00C43809"/>
     <w:rsid w:val="00C468E1"/>
@@ -7734,112 +6238,113 @@
     <w:rsid w:val="00E27C0C"/>
     <w:rsid w:val="00E3255B"/>
     <w:rsid w:val="00E33B9A"/>
     <w:rsid w:val="00E42908"/>
     <w:rsid w:val="00E56311"/>
     <w:rsid w:val="00E56987"/>
     <w:rsid w:val="00E67DA9"/>
     <w:rsid w:val="00E7289E"/>
     <w:rsid w:val="00E81E16"/>
     <w:rsid w:val="00E84BB8"/>
     <w:rsid w:val="00E94EA7"/>
     <w:rsid w:val="00E97E33"/>
     <w:rsid w:val="00EA2D7E"/>
     <w:rsid w:val="00EA4169"/>
     <w:rsid w:val="00EA6D83"/>
     <w:rsid w:val="00EA7E4A"/>
     <w:rsid w:val="00EB3471"/>
     <w:rsid w:val="00EB5A7B"/>
     <w:rsid w:val="00EC01EC"/>
     <w:rsid w:val="00EC08CB"/>
     <w:rsid w:val="00ED102B"/>
     <w:rsid w:val="00ED5866"/>
     <w:rsid w:val="00EE534C"/>
     <w:rsid w:val="00EE78F8"/>
     <w:rsid w:val="00EF2199"/>
+    <w:rsid w:val="00EF3E33"/>
     <w:rsid w:val="00EF668D"/>
     <w:rsid w:val="00F05A3E"/>
     <w:rsid w:val="00F13725"/>
     <w:rsid w:val="00F22A2A"/>
     <w:rsid w:val="00F27249"/>
     <w:rsid w:val="00F319E1"/>
     <w:rsid w:val="00F34A68"/>
     <w:rsid w:val="00F34D8E"/>
     <w:rsid w:val="00F365DD"/>
     <w:rsid w:val="00F3714F"/>
     <w:rsid w:val="00F42077"/>
     <w:rsid w:val="00F57B6E"/>
     <w:rsid w:val="00F668BB"/>
     <w:rsid w:val="00F71EED"/>
     <w:rsid w:val="00F76522"/>
     <w:rsid w:val="00F83E5A"/>
     <w:rsid w:val="00F85422"/>
     <w:rsid w:val="00F910C0"/>
     <w:rsid w:val="00F914AE"/>
     <w:rsid w:val="00F9427B"/>
     <w:rsid w:val="00F9702B"/>
     <w:rsid w:val="00FA0D27"/>
     <w:rsid w:val="00FC0EE9"/>
     <w:rsid w:val="00FC3E80"/>
     <w:rsid w:val="00FC719A"/>
     <w:rsid w:val="00FE22CA"/>
     <w:rsid w:val="00FE36C4"/>
     <w:rsid w:val="00FE38F6"/>
     <w:rsid w:val="00FE3F3E"/>
     <w:rsid w:val="00FE531E"/>
     <w:rsid w:val="00FF6C50"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="sv-SE"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="110593"/>
+    <o:shapedefaults v:ext="edit" spidmax="112641"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="682C19A6"/>
   <w15:docId w15:val="{17D7ACDE-6138-4935-A419-341D7748FE19}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="sv-SE" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -8611,51 +7116,51 @@
       <w:b/>
       <w:bCs/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="sv-SE"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik3Char">
     <w:name w:val="Rubrik 3 Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik3"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="002F2E3F"/>
     <w:rPr>
       <w:rFonts w:ascii="DM Sans" w:eastAsiaTheme="majorEastAsia" w:hAnsi="DM Sans" w:cstheme="minorHAnsi"/>
       <w:i/>
       <w:iCs/>
       <w:u w:val="single"/>
       <w:lang w:eastAsia="sv-SE"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="1252541161">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="395081842">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
@@ -9902,63 +8407,63 @@
             </w:div>
             <w:div w:id="1084187493">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
             </w:div>
           </w:divsChild>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ki.se/media/276392/download" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
-<file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.svg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="F73448365479490A9332F9F4FBE6FCBA"/>
         <w:category>
           <w:name w:val="Allmänt"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{6A5B6A68-381B-4BDB-9916-7C20386E5E9A}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="007521FF" w:rsidRDefault="007521FF" w:rsidP="007521FF">
           <w:pPr>
             <w:pStyle w:val="F73448365479490A9332F9F4FBE6FCBA7"/>
           </w:pPr>
           <w:r w:rsidRPr="007801DA">
             <w:rPr>
               <w:rStyle w:val="Platshllartext"/>
               <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
@@ -10675,184 +9180,189 @@
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{E31894DA-7C82-4EFA-A7FC-171C4B23F3B8}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="001C659B" w:rsidRDefault="004F4BBA" w:rsidP="004F4BBA">
           <w:pPr>
             <w:pStyle w:val="6DCB40403CCE45E5B2C84AEED6D7D2F9"/>
           </w:pPr>
           <w:r w:rsidRPr="00466B4B">
             <w:rPr>
               <w:rStyle w:val="Platshllartext"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             </w:rPr>
             <w:t>Klicka här för att ange text</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="DM Sans">
-    <w:altName w:val="DM Sans"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="8000002F" w:usb1="4000204B" w:usb2="00000000" w:usb3="00000000" w:csb0="00000093" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="TimesNewRomanPSMT">
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri Light">
-    <w:panose1 w:val="020F0302020204030204"/>
+  <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Aptos Display">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="009B537F"/>
     <w:rsid w:val="00056D97"/>
     <w:rsid w:val="000801F4"/>
     <w:rsid w:val="00102E06"/>
     <w:rsid w:val="00113D0E"/>
     <w:rsid w:val="0012782C"/>
     <w:rsid w:val="00144550"/>
     <w:rsid w:val="00160804"/>
     <w:rsid w:val="001824BA"/>
     <w:rsid w:val="001C659B"/>
     <w:rsid w:val="00284554"/>
     <w:rsid w:val="002C4750"/>
     <w:rsid w:val="003A5DEC"/>
     <w:rsid w:val="00463B67"/>
     <w:rsid w:val="004F3A9F"/>
     <w:rsid w:val="004F4BBA"/>
     <w:rsid w:val="00513B4F"/>
     <w:rsid w:val="005A03B7"/>
     <w:rsid w:val="005A64DE"/>
     <w:rsid w:val="00637A3E"/>
     <w:rsid w:val="00656976"/>
     <w:rsid w:val="006A3A3E"/>
     <w:rsid w:val="006B4462"/>
     <w:rsid w:val="0071639C"/>
     <w:rsid w:val="007521FF"/>
     <w:rsid w:val="00760DB2"/>
     <w:rsid w:val="00777D63"/>
     <w:rsid w:val="00794CDB"/>
     <w:rsid w:val="007C6177"/>
     <w:rsid w:val="007E402E"/>
     <w:rsid w:val="007F6A54"/>
     <w:rsid w:val="00850E8C"/>
     <w:rsid w:val="00873E12"/>
     <w:rsid w:val="008800BA"/>
     <w:rsid w:val="008A46B2"/>
     <w:rsid w:val="008C16F0"/>
     <w:rsid w:val="008C31FD"/>
+    <w:rsid w:val="008C584B"/>
     <w:rsid w:val="00901915"/>
     <w:rsid w:val="00903E81"/>
     <w:rsid w:val="00907C53"/>
     <w:rsid w:val="00907F57"/>
     <w:rsid w:val="00917290"/>
     <w:rsid w:val="0092334B"/>
     <w:rsid w:val="00977945"/>
     <w:rsid w:val="009A34AB"/>
     <w:rsid w:val="009B537F"/>
     <w:rsid w:val="009F1B73"/>
     <w:rsid w:val="00A833E1"/>
     <w:rsid w:val="00AF48A7"/>
     <w:rsid w:val="00AF531A"/>
     <w:rsid w:val="00B06284"/>
     <w:rsid w:val="00B1370E"/>
     <w:rsid w:val="00B16C27"/>
     <w:rsid w:val="00B86323"/>
     <w:rsid w:val="00B90346"/>
     <w:rsid w:val="00BC63A8"/>
     <w:rsid w:val="00BF1654"/>
     <w:rsid w:val="00C048F1"/>
     <w:rsid w:val="00C20F93"/>
     <w:rsid w:val="00C9785F"/>
     <w:rsid w:val="00CA6FC2"/>
     <w:rsid w:val="00CC01C7"/>
@@ -10871,51 +9381,51 @@
     <w:rsid w:val="00F309FC"/>
     <w:rsid w:val="00F8261D"/>
     <w:rsid w:val="00FC5E85"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="sv-SE"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="sv-SE" w:eastAsia="sv-SE" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -11500,51 +10010,51 @@
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="A9CC53FB48654205AF2F8CE711A8539A">
     <w:name w:val="A9CC53FB48654205AF2F8CE711A8539A"/>
     <w:rsid w:val="005A03B7"/>
     <w:pPr>
       <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="5921E0FBF6AF4E878D690EB3AAB363D0">
     <w:name w:val="5921E0FBF6AF4E878D690EB3AAB363D0"/>
     <w:rsid w:val="004F4BBA"/>
     <w:pPr>
       <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="6DCB40403CCE45E5B2C84AEED6D7D2F9">
     <w:name w:val="6DCB40403CCE45E5B2C84AEED6D7D2F9"/>
     <w:rsid w:val="004F4BBA"/>
     <w:pPr>
       <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/glossary/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
@@ -11814,51 +10324,56 @@
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement/>
 </p:properties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="dokument" ma:contentTypeID="0x0101005540B125BBA82C43ABC55360E82B072F" ma:contentTypeVersion="8" ma:contentTypeDescription="Skapa ett nytt dokument." ma:contentTypeScope="" ma:versionID="70099942993a7478130d608aae511a0f">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns3="1937e205-006e-4701-b555-c453968e8d92" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="7cb74f9b56ebfd8884e55e24ee6543c6" ns3:_="">
     <xsd:import namespace="1937e205-006e-4701-b555-c453968e8d92"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceLocation" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
@@ -11988,145 +10503,140 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...4 lines deleted...]
-</FormTemplates>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{056F4B21-9771-4120-9D34-9C9F51668169}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="1937e205-006e-4701-b555-c453968e8d92"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0BAD64D6-F623-4236-97AF-05FEF1A9B06B}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F8A3B0D0-CF9A-4698-8981-CBF7856621CE}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{850C35AB-AA0B-443D-A38A-F572095C60EF}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="1937e205-006e-4701-b555-c453968e8d92"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F8A3B0D0-CF9A-4698-8981-CBF7856621CE}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0BAD64D6-F623-4236-97AF-05FEF1A9B06B}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>4</Pages>
-[...1 lines deleted...]
-  <Characters>5477</Characters>
+  <Pages>2</Pages>
+  <Words>337</Words>
+  <Characters>1921</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>45</Lines>
-  <Paragraphs>12</Paragraphs>
+  <Lines>16</Lines>
+  <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Rubrik</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr/>
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Karolinska Institutet, LIME</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>6498</CharactersWithSpaces>
+  <CharactersWithSpaces>2254</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:creator>Paula Karlsson</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101005540B125BBA82C43ABC55360E82B072F</vt:lpwstr>
   </property>
 </Properties>
 </file>