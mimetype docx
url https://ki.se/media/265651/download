--- v0 (2025-10-08)
+++ v1 (2026-01-09)
@@ -4,82 +4,82 @@
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="606FD0D5" w14:textId="5B6B3321" w:rsidR="003D1C52" w:rsidRPr="00C6043D" w:rsidRDefault="00085A5B" w:rsidP="00A150D0">
       <w:pPr>
-        <w:pStyle w:val="Title"/>
+        <w:pStyle w:val="Rubrik"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C6043D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>Data</w:t>
       </w:r>
       <w:r w:rsidR="003D1C52" w:rsidRPr="00C6043D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> Transfer Agreement</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3CAB59F0" w14:textId="77777777" w:rsidR="003D1C52" w:rsidRDefault="003D1C52" w:rsidP="004F3EDC">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="14A62EDF" w14:textId="77777777" w:rsidR="003D1C52" w:rsidRPr="003D1C52" w:rsidRDefault="003D1C52" w:rsidP="009F2C54">
       <w:pPr>
-        <w:pStyle w:val="Heading3"/>
+        <w:pStyle w:val="Rubrik3"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003D1C52">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Date and Parties to the agreement</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4660DCF4" w14:textId="77777777" w:rsidR="003D1C52" w:rsidRPr="00A34A08" w:rsidRDefault="003D1C52" w:rsidP="003D1C52">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A34A08">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>This Agreement is entered into on the [</w:t>
       </w:r>
@@ -150,112 +150,70 @@
       </w:r>
       <w:r w:rsidR="00373EB7" w:rsidRPr="00A34A08">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">The </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00A34A08">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>LifeGene</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00373EB7" w:rsidRPr="00A34A08">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> study</w:t>
       </w:r>
       <w:r w:rsidR="00C651B3" w:rsidRPr="00A34A08">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve">, </w:t>
-[...27 lines deleted...]
-        <w:t>, Department of MEB</w:t>
+        <w:t>, Karolinska Institutet, Department of MEB</w:t>
       </w:r>
       <w:r w:rsidR="009D3E6B" w:rsidRPr="00A34A08">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve">, </w:t>
+        <w:t xml:space="preserve">, Nobels </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="009D3E6B" w:rsidRPr="00A34A08">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
-        <w:t>Nobels</w:t>
+        <w:t>väg</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="009D3E6B" w:rsidRPr="00A34A08">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...12 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> 12A, SE</w:t>
       </w:r>
       <w:r w:rsidR="000130ED" w:rsidRPr="00A34A08">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>-171</w:t>
       </w:r>
       <w:r w:rsidR="00373EB7" w:rsidRPr="00A34A08">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> 77</w:t>
       </w:r>
       <w:r w:rsidR="000130ED" w:rsidRPr="00A34A08">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> S</w:t>
       </w:r>
       <w:r w:rsidR="00373EB7" w:rsidRPr="00A34A08">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>tockholm</w:t>
@@ -275,54 +233,56 @@
         <w:t>LifeGene</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00891BF7" w:rsidRPr="00A34A08">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>’)</w:t>
       </w:r>
       <w:r w:rsidR="00021B25" w:rsidRPr="00A34A08">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> and,</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="40260128" w14:textId="77777777" w:rsidR="00CC71D6" w:rsidRPr="00A34A08" w:rsidRDefault="00CC71D6" w:rsidP="003D1C52">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0D0729FC" w14:textId="77777777" w:rsidR="003D1C52" w:rsidRPr="00A34A08" w:rsidRDefault="003D1C52" w:rsidP="003D1C52">
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+    <w:p w14:paraId="0D0729FC" w14:textId="588DA1A2" w:rsidR="003D1C52" w:rsidRPr="002B4F4B" w:rsidRDefault="003D1C52" w:rsidP="003D1C52">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A34A08">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>(2) [</w:t>
       </w:r>
       <w:r w:rsidRPr="00A34A08">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:highlight w:val="lightGray"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Inse</w:t>
       </w:r>
       <w:r w:rsidR="009372F5" w:rsidRPr="00A34A08">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:highlight w:val="lightGray"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>rt name of Recipient Principal Investigator</w:t>
@@ -353,51 +313,51 @@
       <w:r w:rsidRPr="00A34A08">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">] (‘the </w:t>
       </w:r>
       <w:r w:rsidRPr="00A34A08">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Recipient</w:t>
       </w:r>
       <w:r w:rsidRPr="00A34A08">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>’)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="66E262D7" w14:textId="77777777" w:rsidR="0087752A" w:rsidRPr="0087752A" w:rsidRDefault="00CC71D6" w:rsidP="0087752A">
       <w:pPr>
-        <w:pStyle w:val="Heading3"/>
+        <w:pStyle w:val="Rubrik3"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>General t</w:t>
       </w:r>
       <w:r w:rsidR="0087752A" w:rsidRPr="0087752A">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>erms</w:t>
       </w:r>
       <w:r w:rsidR="0087752A">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> and conditions</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="15F6B816" w14:textId="77777777" w:rsidR="0087752A" w:rsidRPr="0021788C" w:rsidRDefault="0087752A" w:rsidP="0087752A">
       <w:pPr>
@@ -1036,51 +996,51 @@
       </w:r>
       <w:r w:rsidRPr="00A34A08">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">. Should the </w:t>
       </w:r>
       <w:r w:rsidR="00C110D4" w:rsidRPr="00A34A08">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>recipient</w:t>
       </w:r>
       <w:r w:rsidRPr="00A34A08">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> inadvertently identify any individual, they will neither record this fact nor share the identification of that individual with any other person, and nor will they attempt to contact the individual themselves.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="052AA490" w14:textId="77777777" w:rsidR="005C46B9" w:rsidRDefault="005C46B9" w:rsidP="005C46B9">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Liststycke"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4FF7D81E" w14:textId="77777777" w:rsidR="005C46B9" w:rsidRDefault="005C46B9" w:rsidP="005C46B9">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002734D3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">The recipients can be contacted by any individual with a request for extinction of personal data according to Lag 2013:794. </w:t>
       </w:r>
     </w:p>
@@ -1522,415 +1482,393 @@
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0063D8C1" w14:textId="77777777" w:rsidR="00E03A4C" w:rsidRPr="00A34A08" w:rsidRDefault="00E03A4C" w:rsidP="0019305B">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00A34A08">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>LifeGene</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="007861A6" w:rsidRPr="00A34A08">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve">, </w:t>
-[...25 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>, Karolinska Institutet</w:t>
+      </w:r>
       <w:r w:rsidR="007861A6" w:rsidRPr="00A34A08">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="007861A6" w:rsidRPr="00A34A08">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="007861A6" w:rsidRPr="00A34A08">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>The</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="007861A6" w:rsidRPr="00A34A08">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00D57BA4" w:rsidRPr="00A34A08">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Recipient</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="33DEC4AF" w14:textId="77777777" w:rsidR="00B27D1D" w:rsidRPr="00A34A08" w:rsidRDefault="00B27D1D" w:rsidP="00B27D1D">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00B27D1D">
+    <w:p w14:paraId="33DEC4AF" w14:textId="6EBD5F64" w:rsidR="00B27D1D" w:rsidRPr="00A34A08" w:rsidRDefault="002B4F4B" w:rsidP="00B27D1D">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Nancy L Pedersen,</w:t>
+        <w:t>Sara Hägg</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
+      <w:r w:rsidR="00B27D1D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00B27D1D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00B27D1D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00B27D1D" w:rsidRPr="00A34A08">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:highlight w:val="lightGray"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>[Insert name of principal investigator]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7EC3C7B9" w14:textId="2F4E7623" w:rsidR="00B27D1D" w:rsidRPr="00A34A08" w:rsidRDefault="002B4F4B" w:rsidP="00B27D1D">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:t>Responsible researcher</w:t>
+      </w:r>
+      <w:r w:rsidR="00B27D1D" w:rsidRPr="00B27D1D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B27D1D" w:rsidRPr="00B27D1D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>LifeGene</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B27D1D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:tab/>
       </w:r>
+      <w:r w:rsidR="00B27D1D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="328D25C1" w14:textId="39795522" w:rsidR="00B27D1D" w:rsidRPr="00B27D1D" w:rsidRDefault="00B27D1D" w:rsidP="00B27D1D">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="526B5C88" w14:textId="77777777" w:rsidR="0019305B" w:rsidRDefault="0019305B" w:rsidP="0019305B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7BC9A07B" w14:textId="77777777" w:rsidR="001A26F0" w:rsidRDefault="001A26F0" w:rsidP="0019305B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="011E8141" w14:textId="3BA67743" w:rsidR="001A26F0" w:rsidRDefault="000273E5" w:rsidP="0019305B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:szCs w:val="24"/>
-[...84 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Appendix 1, D</w:t>
       </w:r>
       <w:r w:rsidR="001A26F0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">escription </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00B27D1D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve">of  </w:t>
+        <w:t xml:space="preserve">of </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00B27D1D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>LifeGene</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="001A26F0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> data to be transferred</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="06DE53BD" w14:textId="68920156" w:rsidR="000273E5" w:rsidRPr="00A34A08" w:rsidRDefault="000273E5" w:rsidP="0019305B">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>Appendix 2, C</w:t>
-[...8 lines deleted...]
-        <w:t>osts and invoice information (if no MTA)</w:t>
+        <w:t>Appendix 2, Costs and invoice information (if no MTA)</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="000273E5" w:rsidRPr="00A34A08" w:rsidSect="000B25A8">
       <w:headerReference w:type="default" r:id="rId8"/>
       <w:footerReference w:type="default" r:id="rId9"/>
       <w:pgSz w:w="11907" w:h="16840" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="397" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="2511D5B4" w14:textId="77777777" w:rsidR="00BA6479" w:rsidRDefault="00BA6479">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="0D580434" w14:textId="77777777" w:rsidR="00BA6479" w:rsidRDefault="00BA6479">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="CG Times (W1)">
     <w:altName w:val="Times New Roman"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E1002AFF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
-    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
-    <w:altName w:val="Yu Gothic UI"/>
+    <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
-    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="4674E6F3" w14:textId="280DF31C" w:rsidR="000B25A8" w:rsidRPr="000B25A8" w:rsidRDefault="000B25A8" w:rsidP="000B25A8">
     <w:pPr>
-      <w:pStyle w:val="Footer"/>
+      <w:pStyle w:val="Sidfot"/>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
     <w:proofErr w:type="spellStart"/>
     <w:r w:rsidRPr="000B25A8">
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>LifeGene</w:t>
     </w:r>
     <w:proofErr w:type="spellEnd"/>
     <w:r w:rsidRPr="000B25A8">
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve"> DTA</w:t>
     </w:r>
     <w:r w:rsidRPr="000B25A8">
@@ -2070,96 +2008,104 @@
             </w:r>
             <w:r w:rsidR="000273E5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidRPr="000B25A8">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:sdtContent>
         </w:sdt>
       </w:sdtContent>
     </w:sdt>
   </w:p>
-  <w:p w14:paraId="5B709953" w14:textId="1383E688" w:rsidR="000B25A8" w:rsidRPr="000B25A8" w:rsidRDefault="000B25A8" w:rsidP="000B25A8">
+  <w:p w14:paraId="5B709953" w14:textId="6D6FF636" w:rsidR="000B25A8" w:rsidRPr="000B25A8" w:rsidRDefault="000B25A8" w:rsidP="000B25A8">
     <w:pPr>
-      <w:pStyle w:val="Footer"/>
+      <w:pStyle w:val="Sidfot"/>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="000B25A8">
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
-      <w:t>Version 20171219</w:t>
+      <w:t>Version 20</w:t>
+    </w:r>
+    <w:r w:rsidR="002B4F4B">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:t>26-01-09</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="58376634" w14:textId="77777777" w:rsidR="000B25A8" w:rsidRDefault="000B25A8"/>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="51071879" w14:textId="77777777" w:rsidR="00BA6479" w:rsidRDefault="00BA6479">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="53401C0A" w14:textId="77777777" w:rsidR="00BA6479" w:rsidRDefault="00BA6479">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="76A3DCCB" w14:textId="47F09706" w:rsidR="00891BF7" w:rsidRPr="00C6043D" w:rsidRDefault="000B25A8" w:rsidP="00C651B3">
     <w:pPr>
-      <w:pStyle w:val="Header"/>
+      <w:pStyle w:val="Sidhuvud"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="en-US"/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6EAEF3E8" wp14:editId="48D0008B">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>0</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>0</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1440180" cy="403860"/>
           <wp:effectExtent l="0" t="0" r="7620" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="4" name="Picture 4" descr="LifeGeneLogo"/>
@@ -2199,51 +2145,51 @@
                   <a:noFill/>
                   <a:ln w="9525">
                     <a:noFill/>
                     <a:miter lim="800000"/>
                     <a:headEnd/>
                     <a:tailEnd/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="page">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="page">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2C240ACA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="CD42DF8E"/>
     <w:lvl w:ilvl="0" w:tplc="041D000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="78EA186C">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
@@ -2758,94 +2704,95 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="1222255684">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="1376664424">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="3" w16cid:durableId="866874193">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="4">
+  <w:num w:numId="4" w16cid:durableId="1842234330">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:drawingGridHorizontalSpacing w:val="120"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="6145"/>
+    <o:shapedefaults v:ext="edit" spidmax="8193"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="004F3EDC"/>
     <w:rsid w:val="0000082E"/>
     <w:rsid w:val="0000376F"/>
     <w:rsid w:val="000078D5"/>
     <w:rsid w:val="000130ED"/>
     <w:rsid w:val="000163F3"/>
     <w:rsid w:val="00021B25"/>
     <w:rsid w:val="00024254"/>
     <w:rsid w:val="000273E5"/>
     <w:rsid w:val="00044DA1"/>
     <w:rsid w:val="000657C5"/>
     <w:rsid w:val="00084179"/>
     <w:rsid w:val="00085A5B"/>
     <w:rsid w:val="000A7E14"/>
     <w:rsid w:val="000B25A8"/>
     <w:rsid w:val="000B3813"/>
     <w:rsid w:val="000C2AB8"/>
     <w:rsid w:val="000C5728"/>
     <w:rsid w:val="000C6971"/>
     <w:rsid w:val="000D240F"/>
     <w:rsid w:val="000D30BA"/>
     <w:rsid w:val="000E128F"/>
     <w:rsid w:val="000E3590"/>
@@ -2860,50 +2807,51 @@
     <w:rsid w:val="001470D7"/>
     <w:rsid w:val="00156A0F"/>
     <w:rsid w:val="0015708A"/>
     <w:rsid w:val="00185FA3"/>
     <w:rsid w:val="00191DBF"/>
     <w:rsid w:val="0019305B"/>
     <w:rsid w:val="001A26F0"/>
     <w:rsid w:val="001B35B1"/>
     <w:rsid w:val="001D7F30"/>
     <w:rsid w:val="001D7FBB"/>
     <w:rsid w:val="001E52B4"/>
     <w:rsid w:val="001F455C"/>
     <w:rsid w:val="001F4A3B"/>
     <w:rsid w:val="00201082"/>
     <w:rsid w:val="0021788C"/>
     <w:rsid w:val="00244D65"/>
     <w:rsid w:val="0025303A"/>
     <w:rsid w:val="00262ECC"/>
     <w:rsid w:val="0026489F"/>
     <w:rsid w:val="002813AC"/>
     <w:rsid w:val="00286D9B"/>
     <w:rsid w:val="00287B10"/>
     <w:rsid w:val="00293DD3"/>
     <w:rsid w:val="002A2FA6"/>
     <w:rsid w:val="002A5AAB"/>
+    <w:rsid w:val="002B4F4B"/>
     <w:rsid w:val="002B62D1"/>
     <w:rsid w:val="002B722D"/>
     <w:rsid w:val="002C36AA"/>
     <w:rsid w:val="002D10A2"/>
     <w:rsid w:val="002D30BF"/>
     <w:rsid w:val="002E2774"/>
     <w:rsid w:val="002E36A4"/>
     <w:rsid w:val="003122C4"/>
     <w:rsid w:val="003134C0"/>
     <w:rsid w:val="0031509D"/>
     <w:rsid w:val="003173C3"/>
     <w:rsid w:val="00337DEE"/>
     <w:rsid w:val="00363F02"/>
     <w:rsid w:val="00373189"/>
     <w:rsid w:val="00373EB7"/>
     <w:rsid w:val="003747EA"/>
     <w:rsid w:val="0037629F"/>
     <w:rsid w:val="0038067A"/>
     <w:rsid w:val="003A19D3"/>
     <w:rsid w:val="003D1C52"/>
     <w:rsid w:val="003F1302"/>
     <w:rsid w:val="00417E2E"/>
     <w:rsid w:val="00427ABF"/>
     <w:rsid w:val="004451B9"/>
     <w:rsid w:val="00446479"/>
@@ -2985,50 +2933,51 @@
     <w:rsid w:val="008A5B34"/>
     <w:rsid w:val="008B2260"/>
     <w:rsid w:val="008C2487"/>
     <w:rsid w:val="008C478D"/>
     <w:rsid w:val="008C4B05"/>
     <w:rsid w:val="008F0686"/>
     <w:rsid w:val="008F26B8"/>
     <w:rsid w:val="00923AF9"/>
     <w:rsid w:val="00933AB4"/>
     <w:rsid w:val="009372F5"/>
     <w:rsid w:val="00940055"/>
     <w:rsid w:val="00950091"/>
     <w:rsid w:val="009770F1"/>
     <w:rsid w:val="009A0652"/>
     <w:rsid w:val="009A4E9B"/>
     <w:rsid w:val="009A4F53"/>
     <w:rsid w:val="009D3E6B"/>
     <w:rsid w:val="009E0DE9"/>
     <w:rsid w:val="009F2C54"/>
     <w:rsid w:val="00A021BB"/>
     <w:rsid w:val="00A13FB7"/>
     <w:rsid w:val="00A150D0"/>
     <w:rsid w:val="00A16F82"/>
     <w:rsid w:val="00A17FE1"/>
     <w:rsid w:val="00A250DC"/>
+    <w:rsid w:val="00A33518"/>
     <w:rsid w:val="00A34A08"/>
     <w:rsid w:val="00A360D6"/>
     <w:rsid w:val="00A6056F"/>
     <w:rsid w:val="00A71451"/>
     <w:rsid w:val="00A71EF8"/>
     <w:rsid w:val="00A80EA4"/>
     <w:rsid w:val="00A862AC"/>
     <w:rsid w:val="00A910A0"/>
     <w:rsid w:val="00AB424A"/>
     <w:rsid w:val="00AC72FD"/>
     <w:rsid w:val="00AD54A1"/>
     <w:rsid w:val="00AE0FE1"/>
     <w:rsid w:val="00B012ED"/>
     <w:rsid w:val="00B071D5"/>
     <w:rsid w:val="00B27D1D"/>
     <w:rsid w:val="00B60CDA"/>
     <w:rsid w:val="00B80118"/>
     <w:rsid w:val="00B846CA"/>
     <w:rsid w:val="00B85765"/>
     <w:rsid w:val="00B920BB"/>
     <w:rsid w:val="00B95935"/>
     <w:rsid w:val="00B97FCD"/>
     <w:rsid w:val="00BA6479"/>
     <w:rsid w:val="00BB6FB1"/>
     <w:rsid w:val="00BC0FB9"/>
@@ -3089,74 +3038,74 @@
     <w:rsid w:val="00F7302C"/>
     <w:rsid w:val="00F75113"/>
     <w:rsid w:val="00F84AA3"/>
     <w:rsid w:val="00F94D61"/>
     <w:rsid w:val="00FC0A80"/>
     <w:rsid w:val="00FF7E56"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="6145"/>
+    <o:shapedefaults v:ext="edit" spidmax="8193"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="2FEA4A1B"/>
   <w15:docId w15:val="{88E8FB19-6F3C-42DC-BD98-31FC894D56E6}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -3477,296 +3426,301 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="004F3EDC"/>
     <w:rPr>
       <w:rFonts w:ascii="CG Times (W1)" w:hAnsi="CG Times (W1)"/>
       <w:sz w:val="24"/>
       <w:lang w:eastAsia="sv-SE"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading2">
+  <w:style w:type="paragraph" w:styleId="Rubrik2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00D1109A"/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:before="240" w:after="60"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:b/>
       <w:bCs/>
       <w:i/>
       <w:iCs/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading3">
+  <w:style w:type="paragraph" w:styleId="Rubrik3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00D1109A"/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:before="240" w:after="60"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
+  <w:style w:type="character" w:default="1" w:styleId="Standardstycketeckensnitt">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
+  <w:style w:type="table" w:default="1" w:styleId="Normaltabell">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
+  <w:style w:type="numbering" w:default="1" w:styleId="Ingenlista">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Header">
+  <w:style w:type="paragraph" w:styleId="Sidhuvud">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:rsid w:val="004F3EDC"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4153"/>
         <w:tab w:val="right" w:pos="8306"/>
       </w:tabs>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Footer">
+  <w:style w:type="paragraph" w:styleId="Sidfot">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="FooterChar"/>
+    <w:link w:val="SidfotChar"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="004F3EDC"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4153"/>
         <w:tab w:val="right" w:pos="8306"/>
       </w:tabs>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="BalloonText">
+  <w:style w:type="paragraph" w:styleId="Ballongtext">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Normal"/>
     <w:semiHidden/>
     <w:rsid w:val="00BE750B"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid">
+  <w:style w:type="table" w:styleId="Tabellrutnt">
     <w:name w:val="Table Grid"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:rsid w:val="00F75113"/>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
-  <w:style w:type="character" w:styleId="PageNumber">
+  <w:style w:type="character" w:styleId="Sidnummer">
     <w:name w:val="page number"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:rsid w:val="00FC0A80"/>
   </w:style>
-  <w:style w:type="character" w:styleId="Hyperlink">
+  <w:style w:type="character" w:styleId="Hyperlnk">
     <w:name w:val="Hyperlink"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:rsid w:val="00CF7DC5"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="CommentReference">
+  <w:style w:type="character" w:styleId="Kommentarsreferens">
     <w:name w:val="annotation reference"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:semiHidden/>
     <w:rsid w:val="004451B9"/>
     <w:rPr>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="CommentText">
+  <w:style w:type="paragraph" w:styleId="Kommentarer">
     <w:name w:val="annotation text"/>
     <w:basedOn w:val="Normal"/>
     <w:semiHidden/>
     <w:rsid w:val="004451B9"/>
     <w:rPr>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="CommentSubject">
+  <w:style w:type="paragraph" w:styleId="Kommentarsmne">
     <w:name w:val="annotation subject"/>
-    <w:basedOn w:val="CommentText"/>
-    <w:next w:val="CommentText"/>
+    <w:basedOn w:val="Kommentarer"/>
+    <w:next w:val="Kommentarer"/>
     <w:semiHidden/>
     <w:rsid w:val="004451B9"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Title">
+  <w:style w:type="paragraph" w:styleId="Rubrik">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="TitleChar"/>
+    <w:link w:val="RubrikChar"/>
     <w:qFormat/>
     <w:rsid w:val="00A150D0"/>
     <w:pPr>
       <w:spacing w:before="240" w:after="60"/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="28"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="TitleChar">
-[...2 lines deleted...]
-    <w:link w:val="Title"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="RubrikChar">
+    <w:name w:val="Rubrik Char"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:link w:val="Rubrik"/>
     <w:rsid w:val="00A150D0"/>
     <w:rPr>
       <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="28"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
       <w:lang w:eastAsia="sv-SE"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
-[...2 lines deleted...]
-    <w:link w:val="Footer"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="SidfotChar">
+    <w:name w:val="Sidfot Char"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:link w:val="Sidfot"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00891BF7"/>
     <w:rPr>
       <w:rFonts w:ascii="CG Times (W1)" w:hAnsi="CG Times (W1)"/>
       <w:sz w:val="24"/>
       <w:lang w:eastAsia="sv-SE"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Emphasis">
+  <w:style w:type="character" w:styleId="Betoning">
     <w:name w:val="Emphasis"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:qFormat/>
     <w:rsid w:val="00EC5D46"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="ListParagraph">
+  <w:style w:type="paragraph" w:styleId="Liststycke">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="005C46B9"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="96682481">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="203560505">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -4144,78 +4098,78 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{61D9C409-A65D-4ECC-80CF-FB2FF049F58C}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>529</Words>
-  <Characters>3016</Characters>
+  <Words>544</Words>
+  <Characters>2996</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>25</Lines>
-  <Paragraphs>7</Paragraphs>
+  <Lines>199</Lines>
+  <Paragraphs>84</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>The following is in compliance with the terms set forth by the Swedish Twin Registry and Sweden’s Data Inspection Authority:</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>KI</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3538</CharactersWithSpaces>
+  <CharactersWithSpaces>3456</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:i4>3276882</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>mailto:tvillingregistret@meb.ki.se</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
     </vt:vector>
   </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>