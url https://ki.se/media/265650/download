--- v0 (2025-10-19)
+++ v1 (2026-01-16)
@@ -4,256 +4,274 @@
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w:rsidR="003D1C52" w:rsidRPr="003F2722" w:rsidRDefault="003D1C52" w:rsidP="00A150D0">
-[...1 lines deleted...]
-        <w:pStyle w:val="Title"/>
+    <w:p w14:paraId="7A70D8F2" w14:textId="77777777" w:rsidR="003D1C52" w:rsidRPr="003F2722" w:rsidRDefault="003D1C52" w:rsidP="00A150D0">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003F2722">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>Material Transfer Agreement</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003D1C52" w:rsidRDefault="003D1C52" w:rsidP="004F3EDC">
-[...8 lines deleted...]
-        <w:pStyle w:val="Heading3"/>
+    <w:p w14:paraId="563FACD4" w14:textId="77777777" w:rsidR="003D1C52" w:rsidRDefault="003D1C52" w:rsidP="004F3EDC">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="63D63707" w14:textId="77777777" w:rsidR="003D1C52" w:rsidRPr="003D1C52" w:rsidRDefault="003D1C52" w:rsidP="009F2C54">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik3"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003D1C52">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Date and Parties to the agreement</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003D1C52" w:rsidRPr="003F2722" w:rsidRDefault="003D1C52" w:rsidP="003D1C52">
+    <w:p w14:paraId="2C09E49B" w14:textId="77777777" w:rsidR="003D1C52" w:rsidRPr="003F2722" w:rsidRDefault="003D1C52" w:rsidP="003D1C52">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003F2722">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>This Agreement is entered into on the [</w:t>
       </w:r>
       <w:r w:rsidRPr="003F2722">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:highlight w:val="lightGray"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Inser</w:t>
       </w:r>
       <w:r w:rsidR="009770F1" w:rsidRPr="003F2722">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:highlight w:val="lightGray"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>t date</w:t>
       </w:r>
       <w:r w:rsidRPr="003F2722">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>]:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CC71D6" w:rsidRPr="003F2722" w:rsidRDefault="00CC71D6" w:rsidP="003D1C52">
-[...7 lines deleted...]
-    <w:p w:rsidR="003D1C52" w:rsidRPr="003F2722" w:rsidRDefault="003D1C52" w:rsidP="003D1C52">
+    <w:p w14:paraId="1293D8B7" w14:textId="77777777" w:rsidR="00CC71D6" w:rsidRPr="003F2722" w:rsidRDefault="00CC71D6" w:rsidP="003D1C52">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4CEDA61E" w14:textId="77777777" w:rsidR="003D1C52" w:rsidRPr="003F2722" w:rsidRDefault="003D1C52" w:rsidP="003D1C52">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003F2722">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>BETWEEN:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CC71D6" w:rsidRPr="003F2722" w:rsidRDefault="00CC71D6" w:rsidP="003D1C52">
-[...6 lines deleted...]
-    <w:p w:rsidR="00021B25" w:rsidRPr="003F2722" w:rsidRDefault="003D1C52" w:rsidP="00021B25">
+    <w:p w14:paraId="540AAB3B" w14:textId="77777777" w:rsidR="00CC71D6" w:rsidRPr="003F2722" w:rsidRDefault="00CC71D6" w:rsidP="003D1C52">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3857EA93" w14:textId="77777777" w:rsidR="00021B25" w:rsidRPr="003F2722" w:rsidRDefault="003D1C52" w:rsidP="00021B25">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003F2722">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">(1) </w:t>
       </w:r>
       <w:r w:rsidR="00373EB7" w:rsidRPr="003F2722">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">The </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003F2722">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>LifeGene</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00373EB7" w:rsidRPr="003F2722">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> study</w:t>
       </w:r>
       <w:r w:rsidR="00C651B3" w:rsidRPr="003F2722">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>, Karolinska Institutet, Department of MEB</w:t>
       </w:r>
       <w:r w:rsidR="00223F34">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve">, Nobels väg 12A, </w:t>
+        <w:t xml:space="preserve">, Nobels </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00223F34">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>väg</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00223F34">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 12A, </w:t>
       </w:r>
       <w:r w:rsidR="000130ED" w:rsidRPr="003F2722">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>171</w:t>
       </w:r>
       <w:r w:rsidR="00373EB7" w:rsidRPr="003F2722">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> 77</w:t>
       </w:r>
       <w:r w:rsidR="000130ED" w:rsidRPr="003F2722">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> S</w:t>
       </w:r>
       <w:r w:rsidR="00373EB7" w:rsidRPr="003F2722">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>tockholm</w:t>
       </w:r>
       <w:r w:rsidRPr="003F2722">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> (‘</w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00891BF7" w:rsidRPr="003F2722">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
         </w:rPr>
         <w:t>LifeGene</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00891BF7" w:rsidRPr="003F2722">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>’)</w:t>
       </w:r>
       <w:r w:rsidR="00021B25" w:rsidRPr="003F2722">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> and,</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CC71D6" w:rsidRPr="003F2722" w:rsidRDefault="00CC71D6" w:rsidP="003D1C52">
-[...7 lines deleted...]
-    <w:p w:rsidR="003D1C52" w:rsidRPr="003F2722" w:rsidRDefault="003D1C52" w:rsidP="003D1C52">
+    <w:p w14:paraId="1FCED1B6" w14:textId="77777777" w:rsidR="00CC71D6" w:rsidRPr="003F2722" w:rsidRDefault="00CC71D6" w:rsidP="003D1C52">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5C4FF175" w14:textId="77777777" w:rsidR="003D1C52" w:rsidRPr="003F2722" w:rsidRDefault="003D1C52" w:rsidP="003D1C52">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003F2722">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>(2) [</w:t>
       </w:r>
       <w:r w:rsidRPr="003F2722">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:highlight w:val="lightGray"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Inse</w:t>
       </w:r>
       <w:r w:rsidR="009372F5" w:rsidRPr="003F2722">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:highlight w:val="lightGray"/>
@@ -285,85 +303,85 @@
         <w:t>/organization</w:t>
       </w:r>
       <w:r w:rsidRPr="003F2722">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">] (‘the </w:t>
       </w:r>
       <w:r w:rsidRPr="003F2722">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Recipient</w:t>
       </w:r>
       <w:r w:rsidRPr="003F2722">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>’)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0087752A" w:rsidRPr="0087752A" w:rsidRDefault="00CC71D6" w:rsidP="0087752A">
-[...1 lines deleted...]
-        <w:pStyle w:val="Heading3"/>
+    <w:p w14:paraId="01EEF424" w14:textId="77777777" w:rsidR="0087752A" w:rsidRPr="0087752A" w:rsidRDefault="00CC71D6" w:rsidP="0087752A">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik3"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>General t</w:t>
       </w:r>
       <w:r w:rsidR="0087752A" w:rsidRPr="0087752A">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>erms</w:t>
       </w:r>
       <w:r w:rsidR="0087752A">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> and conditions</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0087752A" w:rsidRPr="0021788C" w:rsidRDefault="0087752A" w:rsidP="0087752A">
+    <w:p w14:paraId="4718CC5D" w14:textId="77777777" w:rsidR="0087752A" w:rsidRPr="0021788C" w:rsidRDefault="0087752A" w:rsidP="0087752A">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0087752A" w:rsidRPr="003F2722" w:rsidRDefault="0087752A" w:rsidP="0087752A">
+    <w:p w14:paraId="1D64E9FA" w14:textId="77777777" w:rsidR="0087752A" w:rsidRPr="003F2722" w:rsidRDefault="0087752A" w:rsidP="0087752A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003F2722">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>The following general terms and condi</w:t>
       </w:r>
       <w:r w:rsidR="003F1302" w:rsidRPr="003F2722">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>tions prevail between the r</w:t>
       </w:r>
       <w:r w:rsidR="00191DBF" w:rsidRPr="003F2722">
@@ -414,347 +432,413 @@
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>(jo</w:t>
       </w:r>
       <w:r w:rsidR="00D06153" w:rsidRPr="003F2722">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>intly referred to as “recipients</w:t>
       </w:r>
       <w:r w:rsidR="00CC71D6" w:rsidRPr="003F2722">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>” here</w:t>
       </w:r>
       <w:r w:rsidRPr="003F2722">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">) and </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00D06153" w:rsidRPr="003F2722">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>LifeGene</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="003F2722">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0087752A" w:rsidRPr="003F2722" w:rsidRDefault="0087752A" w:rsidP="0087752A">
-[...7 lines deleted...]
-    <w:p w:rsidR="0087752A" w:rsidRDefault="0087752A" w:rsidP="0087752A">
+    <w:p w14:paraId="4370CC4D" w14:textId="77777777" w:rsidR="0087752A" w:rsidRPr="003F2722" w:rsidRDefault="0087752A" w:rsidP="0087752A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="595A6D74" w14:textId="77777777" w:rsidR="0087752A" w:rsidRDefault="0087752A" w:rsidP="0087752A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003F2722">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">By signing this contract, the </w:t>
       </w:r>
       <w:r w:rsidR="00D06153" w:rsidRPr="003F2722">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>recipients</w:t>
       </w:r>
       <w:r w:rsidRPr="003F2722">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> acknowledge that they agree to and accept the following conditions for the transfer of sam</w:t>
       </w:r>
       <w:r w:rsidR="00071416">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>ples</w:t>
       </w:r>
       <w:r w:rsidRPr="003F2722">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve"> from LifeGene.</w:t>
-[...10 lines deleted...]
-    <w:p w:rsidR="000B7347" w:rsidRPr="003F2722" w:rsidRDefault="000B5EEC" w:rsidP="0087752A">
+        <w:t xml:space="preserve"> from </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003F2722">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>LifeGene</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003F2722">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7D25DFEA" w14:textId="77777777" w:rsidR="000B7347" w:rsidRDefault="000B7347" w:rsidP="000B7347">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="310C1FFA" w14:textId="77777777" w:rsidR="000B7347" w:rsidRPr="003F2722" w:rsidRDefault="000B5EEC" w:rsidP="0087752A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Appendix 1 describes the samples</w:t>
       </w:r>
       <w:r w:rsidR="000B7347">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve"> that LifeGene will make available to the recipient in accordance with their approved application. </w:t>
-[...10 lines deleted...]
-    <w:p w:rsidR="0054723D" w:rsidRPr="003F2722" w:rsidRDefault="0054723D" w:rsidP="0054723D">
+        <w:t xml:space="preserve"> that </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="000B7347">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>LifeGene</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="000B7347">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> will make available to the recipient in accordance with their approved application. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="393378FC" w14:textId="77777777" w:rsidR="0054723D" w:rsidRPr="003F2722" w:rsidRDefault="0054723D" w:rsidP="0054723D">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="06B53A1C" w14:textId="77777777" w:rsidR="0054723D" w:rsidRPr="003F2722" w:rsidRDefault="0054723D" w:rsidP="0054723D">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>A</w:t>
       </w:r>
       <w:r w:rsidRPr="003F2722">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>ll work in relation to the samples will be carried out in compliance with all applicable laws, regulations, guidelines and any approval from an Ethics Review Board.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0087752A" w:rsidRPr="003F2722" w:rsidRDefault="0087752A" w:rsidP="0087752A">
-[...7 lines deleted...]
-    <w:p w:rsidR="0087752A" w:rsidRPr="003F2722" w:rsidRDefault="0087752A" w:rsidP="0087752A">
+    <w:p w14:paraId="7183007D" w14:textId="77777777" w:rsidR="0087752A" w:rsidRPr="003F2722" w:rsidRDefault="0087752A" w:rsidP="0087752A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="49B69DB7" w14:textId="77777777" w:rsidR="0087752A" w:rsidRPr="003F2722" w:rsidRDefault="0087752A" w:rsidP="0087752A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003F2722">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">The applicants may only use the samples for the purposes listed in the description of the </w:t>
       </w:r>
       <w:r w:rsidR="00806945" w:rsidRPr="003F2722">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">approved </w:t>
       </w:r>
       <w:r w:rsidRPr="003F2722">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>research project.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0021788C" w:rsidRPr="003F2722" w:rsidRDefault="0021788C" w:rsidP="0021788C">
-[...7 lines deleted...]
-    <w:p w:rsidR="0087752A" w:rsidRPr="003F2722" w:rsidRDefault="0087752A" w:rsidP="0087752A">
+    <w:p w14:paraId="7DCD5B4E" w14:textId="77777777" w:rsidR="0021788C" w:rsidRPr="003F2722" w:rsidRDefault="0021788C" w:rsidP="0021788C">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4A34B9C5" w14:textId="77777777" w:rsidR="0087752A" w:rsidRPr="003F2722" w:rsidRDefault="0087752A" w:rsidP="0087752A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003F2722">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">The </w:t>
       </w:r>
       <w:r w:rsidR="00C110D4" w:rsidRPr="003F2722">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>recipients</w:t>
       </w:r>
       <w:r w:rsidRPr="003F2722">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve"> agree not to transfer samples to any third party not approved by LifeGene.</w:t>
-[...10 lines deleted...]
-    <w:p w:rsidR="0087752A" w:rsidRPr="003F2722" w:rsidRDefault="0087752A" w:rsidP="0087752A">
+        <w:t xml:space="preserve"> agree not to transfer samples to any third party not approved by </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003F2722">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>LifeGene</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003F2722">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="63C78CE9" w14:textId="77777777" w:rsidR="0087752A" w:rsidRPr="003F2722" w:rsidRDefault="0087752A" w:rsidP="0087752A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7975B862" w14:textId="77777777" w:rsidR="0087752A" w:rsidRPr="003F2722" w:rsidRDefault="0087752A" w:rsidP="0087752A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003F2722">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">The </w:t>
       </w:r>
       <w:r w:rsidR="00C110D4" w:rsidRPr="003F2722">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>recipients</w:t>
       </w:r>
       <w:r w:rsidRPr="003F2722">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve"> are forbidden to transfer their rights or obligations according to this contract without prior, written approval from LifeGene.</w:t>
-[...10 lines deleted...]
-    <w:p w:rsidR="0054723D" w:rsidRDefault="0054723D" w:rsidP="0054723D">
+        <w:t xml:space="preserve"> are forbidden to transfer their rights or obligations according to this contract without prior, written approval from </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003F2722">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>LifeGene</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003F2722">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="342F7D77" w14:textId="77777777" w:rsidR="0054723D" w:rsidRPr="003F2722" w:rsidRDefault="0054723D" w:rsidP="0054723D">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1CED0D6F" w14:textId="77777777" w:rsidR="0054723D" w:rsidRDefault="0054723D" w:rsidP="0054723D">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003F2722">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>The recipients are responsible for taking the necessary technical and organizational measures to protect the samples and information from unauthorized access. Any user should be bound by professional secrecy.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0087752A" w:rsidRPr="003F2722" w:rsidRDefault="0087752A" w:rsidP="0087752A">
-[...7 lines deleted...]
-    <w:p w:rsidR="0087752A" w:rsidRPr="003F2722" w:rsidRDefault="0087752A" w:rsidP="0087752A">
+    <w:p w14:paraId="4D290E93" w14:textId="77777777" w:rsidR="0087752A" w:rsidRPr="003F2722" w:rsidRDefault="0087752A" w:rsidP="0087752A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3B210088" w14:textId="77777777" w:rsidR="0087752A" w:rsidRPr="003F2722" w:rsidRDefault="0087752A" w:rsidP="0087752A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003F2722">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>The</w:t>
       </w:r>
       <w:r w:rsidR="00C110D4" w:rsidRPr="003F2722">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> identity of the</w:t>
       </w:r>
       <w:r w:rsidRPr="003F2722">
@@ -785,487 +869,576 @@
         </w:rPr>
         <w:t>recipients</w:t>
       </w:r>
       <w:r w:rsidRPr="003F2722">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> will not attempt to identify any individual from the samples or information provided. Should the </w:t>
       </w:r>
       <w:r w:rsidR="00C110D4" w:rsidRPr="003F2722">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>recipient</w:t>
       </w:r>
       <w:r w:rsidRPr="003F2722">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> inadvertently identify any individual, they will neither record this fact nor share the identification of that individual with any other person, and nor will they attempt to contact the individual themselves.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005F3038" w:rsidRPr="003F2722" w:rsidRDefault="005F3038" w:rsidP="005F3038">
-[...7 lines deleted...]
-    <w:p w:rsidR="005F3038" w:rsidRDefault="005F3038" w:rsidP="005F3038">
+    <w:p w14:paraId="7C1E4728" w14:textId="77777777" w:rsidR="005F3038" w:rsidRPr="003F2722" w:rsidRDefault="005F3038" w:rsidP="005F3038">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="309CBCFF" w14:textId="77777777" w:rsidR="005F3038" w:rsidRDefault="005F3038" w:rsidP="005F3038">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003F2722">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>If consent is withdrawn for issued samples, recipients will be informed of the relevant sample numbers and asked to return them. Results obtained from samples that have already been used for research need not be destroyed.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002734D3" w:rsidRDefault="002734D3" w:rsidP="002734D3">
-[...8 lines deleted...]
-    <w:p w:rsidR="0097209A" w:rsidRDefault="002734D3" w:rsidP="0097209A">
+    <w:p w14:paraId="080B5908" w14:textId="77777777" w:rsidR="002734D3" w:rsidRDefault="002734D3" w:rsidP="002734D3">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="36634BF1" w14:textId="77777777" w:rsidR="0097209A" w:rsidRDefault="002734D3" w:rsidP="0097209A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002734D3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">The recipients can be contacted by any individual with a request for extinction of personal data according to Lag 2013:794. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002734D3" w:rsidRPr="002734D3" w:rsidRDefault="002734D3" w:rsidP="002734D3">
-[...7 lines deleted...]
-    <w:p w:rsidR="0097209A" w:rsidRPr="003F2722" w:rsidRDefault="00CA5022" w:rsidP="0097209A">
+    <w:p w14:paraId="1A6533B2" w14:textId="77777777" w:rsidR="002734D3" w:rsidRPr="002734D3" w:rsidRDefault="002734D3" w:rsidP="002734D3">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="377CF0A8" w14:textId="77777777" w:rsidR="0097209A" w:rsidRPr="003F2722" w:rsidRDefault="00CA5022" w:rsidP="0097209A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>The recipients own the Intellectual Property</w:t>
       </w:r>
       <w:r w:rsidR="0097209A" w:rsidRPr="003F2722">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> of the research. Other researchers or companies wishing to use the </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>IP</w:t>
       </w:r>
       <w:r w:rsidR="0097209A" w:rsidRPr="003F2722">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> must first obtain permission from the recipients.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0054723D" w:rsidRPr="003F2722" w:rsidRDefault="0054723D" w:rsidP="0054723D">
-[...7 lines deleted...]
-    <w:p w:rsidR="0054723D" w:rsidRPr="003F2722" w:rsidRDefault="0054723D" w:rsidP="0054723D">
+    <w:p w14:paraId="4F293153" w14:textId="77777777" w:rsidR="0054723D" w:rsidRPr="003F2722" w:rsidRDefault="0054723D" w:rsidP="0054723D">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7A562440" w14:textId="77777777" w:rsidR="0054723D" w:rsidRPr="003F2722" w:rsidRDefault="0054723D" w:rsidP="0054723D">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003F2722">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>Recipients are expected to submit their results to a peer reviewed publication within 6 months after completing their study. If the recipients wish to have this period extended to protect IP, they should discuss this with LifeGene.</w:t>
-[...10 lines deleted...]
-    <w:p w:rsidR="0087752A" w:rsidRPr="003F2722" w:rsidRDefault="008034FA" w:rsidP="0087752A">
+        <w:t xml:space="preserve">Recipients are expected to submit their results to a peer reviewed publication within 6 months after completing their study. If the recipients wish to have this period extended to protect IP, they should discuss this with </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003F2722">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>LifeGene</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003F2722">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="55B9A90E" w14:textId="77777777" w:rsidR="0087752A" w:rsidRPr="003F2722" w:rsidRDefault="0087752A" w:rsidP="0087752A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4E975706" w14:textId="77777777" w:rsidR="0087752A" w:rsidRPr="003F2722" w:rsidRDefault="008034FA" w:rsidP="0087752A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003F2722">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>The recipients</w:t>
       </w:r>
       <w:r w:rsidR="0087752A" w:rsidRPr="003F2722">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve"> will ensure that any publication or presentation that is based (in whole or in part) on any samples obtained from LifeGene will include an acknowledgement of LifeGene</w:t>
-      </w:r>
+        <w:t xml:space="preserve"> will ensure that any publication or presentation that is based (in whole or in part) on any samples obtained from </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0087752A" w:rsidRPr="003F2722">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>LifeGene</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0087752A" w:rsidRPr="003F2722">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> will include an acknowledgement of </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0087752A" w:rsidRPr="003F2722">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>LifeGene</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00172FA2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00172FA2" w:rsidRPr="00172FA2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>and its sources of funding</w:t>
       </w:r>
       <w:r w:rsidR="0087752A" w:rsidRPr="003F2722">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FF319F" w:rsidRPr="003F2722" w:rsidRDefault="00FF319F" w:rsidP="00FF319F">
-[...7 lines deleted...]
-    <w:p w:rsidR="00FF319F" w:rsidRPr="003F2722" w:rsidRDefault="00FF319F" w:rsidP="00FF319F">
+    <w:p w14:paraId="1EF27253" w14:textId="77777777" w:rsidR="00FF319F" w:rsidRPr="003F2722" w:rsidRDefault="00FF319F" w:rsidP="00FF319F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="56189844" w14:textId="77777777" w:rsidR="00FF319F" w:rsidRPr="003F2722" w:rsidRDefault="00FF319F" w:rsidP="00FF319F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003F2722">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>The recipients agree to provide LifeGene with any results or data arising</w:t>
+        <w:t xml:space="preserve">The recipients agree to provide </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003F2722">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>LifeGene</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003F2722">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> with any results or data arising</w:t>
       </w:r>
       <w:r w:rsidR="001A7B53">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> including derived</w:t>
       </w:r>
       <w:r w:rsidR="0024032F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> data</w:t>
       </w:r>
       <w:r w:rsidR="001A7B53">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>, calculation models</w:t>
       </w:r>
       <w:r w:rsidR="00703F5A" w:rsidRPr="00703F5A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00703F5A" w:rsidRPr="00CE6309">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>and any relevant supporting information</w:t>
       </w:r>
       <w:r w:rsidRPr="003F2722">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> from the use of the samples. </w:t>
       </w:r>
       <w:r w:rsidR="008028A8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve">The recipient will also provide LifeGene with a complete description of the analytic procedures used to derive results from the samples. </w:t>
+        <w:t xml:space="preserve">The recipient will also provide </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="008028A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>LifeGene</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="008028A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> with a complete description of the analytic procedures used to derive results from the samples. </w:t>
       </w:r>
       <w:r w:rsidRPr="003F2722">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>All such data must be provided within 6 months of the completion of the study</w:t>
       </w:r>
       <w:r w:rsidR="00172FA2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> and/or publication results</w:t>
       </w:r>
       <w:r w:rsidRPr="003F2722">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005F3038" w:rsidRPr="003F2722" w:rsidRDefault="005F3038" w:rsidP="005F3038">
-[...7 lines deleted...]
-    <w:p w:rsidR="005F3038" w:rsidRPr="003F2722" w:rsidRDefault="005F3038" w:rsidP="005F3038">
+    <w:p w14:paraId="089658CD" w14:textId="77777777" w:rsidR="005F3038" w:rsidRPr="003F2722" w:rsidRDefault="005F3038" w:rsidP="005F3038">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0AD959C3" w14:textId="77777777" w:rsidR="005F3038" w:rsidRPr="003F2722" w:rsidRDefault="005F3038" w:rsidP="005F3038">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003F2722">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>The recipients agree to return all samples and unused portions of samples, including extracted DNA, to LifeGene within 6 months after the completion of the research project.</w:t>
-[...10 lines deleted...]
-    <w:p w:rsidR="008B2260" w:rsidRPr="003F2722" w:rsidRDefault="008B2260" w:rsidP="0087752A">
+        <w:t xml:space="preserve">The recipients agree to return all samples and unused portions of samples, including extracted DNA, to </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003F2722">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>LifeGene</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003F2722">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> within 6 months after the completion of the research project.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4F554489" w14:textId="77777777" w:rsidR="0087752A" w:rsidRPr="003F2722" w:rsidRDefault="0087752A" w:rsidP="0087752A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="15332C8A" w14:textId="77777777" w:rsidR="008B2260" w:rsidRPr="003F2722" w:rsidRDefault="008B2260" w:rsidP="0087752A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003F2722">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>The Recipient Institution shall pay the cost of retrieving, processing and dispatching the Materials</w:t>
       </w:r>
       <w:r w:rsidR="00E45C6E" w:rsidRPr="003F2722">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="003F2722">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00E45C6E" w:rsidRPr="003F2722">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Details of these costs (if any) and the invoicing procedure are set out in Appendix 2.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008B2260" w:rsidRPr="003F2722" w:rsidRDefault="008B2260" w:rsidP="008B2260">
-[...7 lines deleted...]
-    <w:p w:rsidR="0087752A" w:rsidRPr="003F2722" w:rsidRDefault="0087752A" w:rsidP="0087752A">
+    <w:p w14:paraId="67406BC5" w14:textId="77777777" w:rsidR="008B2260" w:rsidRPr="003F2722" w:rsidRDefault="008B2260" w:rsidP="008B2260">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2D7342E7" w14:textId="77777777" w:rsidR="0087752A" w:rsidRPr="003F2722" w:rsidRDefault="0087752A" w:rsidP="0087752A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003F2722">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>This contract falls under Swedish law. Conflicts arising from this contract will be settled in a Swedish court of law.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0019305B" w:rsidRPr="003F2722" w:rsidRDefault="0019305B" w:rsidP="0019305B">
-[...15 lines deleted...]
-    <w:p w:rsidR="0019305B" w:rsidRDefault="0019305B" w:rsidP="0019305B">
+    <w:p w14:paraId="39DA65B2" w14:textId="77777777" w:rsidR="0019305B" w:rsidRPr="003F2722" w:rsidRDefault="0019305B" w:rsidP="0019305B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0A7C25F9" w14:textId="77777777" w:rsidR="00E45C6E" w:rsidRPr="003F2722" w:rsidRDefault="00E45C6E" w:rsidP="0019305B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="57C97FCC" w14:textId="77777777" w:rsidR="0019305B" w:rsidRDefault="0019305B" w:rsidP="0019305B">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003F2722">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">SIGNED </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0024032F" w:rsidRDefault="0024032F" w:rsidP="0019305B">
-[...15 lines deleted...]
-    <w:p w:rsidR="0024032F" w:rsidRPr="003F2722" w:rsidRDefault="0024032F" w:rsidP="0019305B">
+    <w:p w14:paraId="683893BE" w14:textId="77777777" w:rsidR="0024032F" w:rsidRDefault="0024032F" w:rsidP="0019305B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5D88C9AC" w14:textId="77777777" w:rsidR="00DA78BC" w:rsidRDefault="00DA78BC" w:rsidP="0019305B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="63ADA9AB" w14:textId="77777777" w:rsidR="0024032F" w:rsidRPr="003F2722" w:rsidRDefault="0024032F" w:rsidP="0019305B">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Place and date</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:softHyphen/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
@@ -1426,406 +1599,447 @@
         <w:softHyphen/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:softHyphen/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:softHyphen/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:softHyphen/>
         <w:t>______________________                 Place and date_____________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0019305B" w:rsidRPr="003F2722" w:rsidRDefault="0019305B" w:rsidP="0019305B">
-[...29 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="1852EB53" w14:textId="77777777" w:rsidR="0019305B" w:rsidRPr="003F2722" w:rsidRDefault="0019305B" w:rsidP="0019305B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="401A9FB3" w14:textId="77777777" w:rsidR="00E45C6E" w:rsidRPr="003F2722" w:rsidRDefault="00E45C6E" w:rsidP="0019305B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="586D79FB" w14:textId="77777777" w:rsidR="00E03A4C" w:rsidRPr="003F2722" w:rsidRDefault="00E03A4C" w:rsidP="0019305B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7AED77DC" w14:textId="77777777" w:rsidR="00E03A4C" w:rsidRPr="003F2722" w:rsidRDefault="00E03A4C" w:rsidP="0019305B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003F2722">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>LifeGene</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="007861A6" w:rsidRPr="003F2722">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>, Karolinska Institutet</w:t>
       </w:r>
       <w:r w:rsidR="007861A6" w:rsidRPr="003F2722">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="007861A6" w:rsidRPr="003F2722">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">The </w:t>
       </w:r>
       <w:r w:rsidR="00D57BA4" w:rsidRPr="003F2722">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Recipient</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00535AE8" w:rsidRPr="003F2722" w:rsidRDefault="00535AE8" w:rsidP="00535AE8">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00535AE8">
+    <w:p w14:paraId="031C1F6C" w14:textId="396EF8A3" w:rsidR="00535AE8" w:rsidRPr="003F2722" w:rsidRDefault="00F932E8" w:rsidP="00535AE8">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Nancy L Pedersen,</w:t>
+        <w:t>Sara Hägg</w:t>
+      </w:r>
+      <w:r w:rsidR="00535AE8" w:rsidRPr="00535AE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
+      <w:r w:rsidR="00535AE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00535AE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00535AE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00535AE8" w:rsidRPr="003F2722">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:highlight w:val="lightGray"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>[Insert name of principal investigator]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="68EE264F" w14:textId="0463684F" w:rsidR="00535AE8" w:rsidRPr="00535AE8" w:rsidRDefault="00F932E8" w:rsidP="00535AE8">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:t>Responsible researcher</w:t>
+      </w:r>
+      <w:r w:rsidR="00535AE8" w:rsidRPr="00535AE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00535AE8" w:rsidRPr="00535AE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>LifeGene</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="134087C3" w14:textId="77777777" w:rsidR="0019305B" w:rsidRDefault="0019305B" w:rsidP="0019305B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003F2722">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
-[...53 lines deleted...]
-    <w:p w:rsidR="000B7347" w:rsidRDefault="000B7347" w:rsidP="0019305B">
+    </w:p>
+    <w:p w14:paraId="2DA4ECE7" w14:textId="77777777" w:rsidR="000B7347" w:rsidRDefault="000B7347" w:rsidP="0019305B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2B212213" w14:textId="77777777" w:rsidR="000B7347" w:rsidRDefault="000B7347" w:rsidP="0019305B">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Enclosures:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Appendix 1, </w:t>
       </w:r>
       <w:r w:rsidR="00DA78BC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>D</w:t>
       </w:r>
       <w:r w:rsidR="000B5EEC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>escription of samples to be transferred</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000B7347" w:rsidRPr="003F2722" w:rsidRDefault="000B7347" w:rsidP="0019305B">
+    <w:p w14:paraId="312509AC" w14:textId="77777777" w:rsidR="000B7347" w:rsidRPr="003F2722" w:rsidRDefault="000B7347" w:rsidP="0019305B">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:tab/>
         <w:t>Appendix 2</w:t>
       </w:r>
       <w:r w:rsidR="00DA78BC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>, C</w:t>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidR="00FC7A0C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>osts and invoice information</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="000B7347" w:rsidRPr="003F2722" w:rsidSect="006D1FBB">
       <w:headerReference w:type="default" r:id="rId8"/>
       <w:footerReference w:type="default" r:id="rId9"/>
       <w:pgSz w:w="11907" w:h="16840" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00DF643A" w:rsidRDefault="00DF643A">
+    <w:p w14:paraId="632EE077" w14:textId="77777777" w:rsidR="00DF643A" w:rsidRDefault="00DF643A">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00DF643A" w:rsidRDefault="00DF643A">
+    <w:p w14:paraId="22454A35" w14:textId="77777777" w:rsidR="00DF643A" w:rsidRDefault="00DF643A">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="CG Times (W1)">
     <w:altName w:val="Times New Roman"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
-    <w:altName w:val="Yu Gothic UI"/>
+    <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
-    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w:rsidR="00891BF7" w:rsidRPr="00DA78BC" w:rsidRDefault="00DA78BC" w:rsidP="00C651B3">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="769856C0" w14:textId="77777777" w:rsidR="00891BF7" w:rsidRPr="00DA78BC" w:rsidRDefault="00DA78BC" w:rsidP="00C651B3">
     <w:pPr>
-      <w:pStyle w:val="Footer"/>
+      <w:pStyle w:val="Sidfot"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
+    <w:proofErr w:type="spellStart"/>
     <w:r w:rsidRPr="00DA78BC">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
-      <w:t>LifeGene MTA</w:t>
+      <w:t>LifeGene</w:t>
+    </w:r>
+    <w:proofErr w:type="spellEnd"/>
+    <w:r w:rsidRPr="00DA78BC">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> MTA</w:t>
     </w:r>
     <w:r w:rsidR="00C651B3" w:rsidRPr="00DA78BC">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r w:rsidR="00BE60C8" w:rsidRPr="00DA78BC">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r w:rsidR="00891BF7" w:rsidRPr="00DA78BC">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
@@ -1912,166 +2126,175 @@
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:noProof/>
         <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>2</w:t>
     </w:r>
     <w:r w:rsidR="00BE6AB1" w:rsidRPr="00DA78BC">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
-  <w:p w:rsidR="00DA78BC" w:rsidRPr="00DA78BC" w:rsidRDefault="00DA78BC" w:rsidP="00C651B3">
+  <w:p w14:paraId="4D45091F" w14:textId="78F8395E" w:rsidR="00DA78BC" w:rsidRPr="00DA78BC" w:rsidRDefault="00DA78BC" w:rsidP="00C651B3">
     <w:pPr>
-      <w:pStyle w:val="Footer"/>
+      <w:pStyle w:val="Sidfot"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00DA78BC">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
-      <w:t>Version 20171219</w:t>
+      <w:t>Version 20</w:t>
+    </w:r>
+    <w:r w:rsidR="00F932E8">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:t>26-01-09</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00DF643A" w:rsidRDefault="00DF643A">
+    <w:p w14:paraId="54CEDE89" w14:textId="77777777" w:rsidR="00DF643A" w:rsidRDefault="00DF643A">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00DF643A" w:rsidRDefault="00DF643A">
+    <w:p w14:paraId="5EB1A9AF" w14:textId="77777777" w:rsidR="00DF643A" w:rsidRDefault="00DF643A">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w:rsidR="00DA78BC" w:rsidRDefault="00DA78BC">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="4B849D84" w14:textId="77777777" w:rsidR="00DA78BC" w:rsidRDefault="00DA78BC">
     <w:pPr>
-      <w:pStyle w:val="Header"/>
+      <w:pStyle w:val="Sidhuvud"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="en-US"/>
       </w:rPr>
       <w:drawing>
-        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7063AD79" wp14:editId="3B02DE50">
+        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="594A8D81" wp14:editId="1C23811B">
           <wp:extent cx="1440180" cy="403860"/>
           <wp:effectExtent l="19050" t="0" r="7620" b="0"/>
           <wp:docPr id="4" name="Picture 4" descr="LifeGeneLogo"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="0" name="Picture 1" descr="LifeGeneLogo"/>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                   </pic:cNvPicPr>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1"/>
                   <a:srcRect/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="1440180" cy="403860"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln w="9525">
                     <a:noFill/>
                     <a:miter lim="800000"/>
                     <a:headEnd/>
                     <a:tailEnd/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
-  <w:p w:rsidR="00891BF7" w:rsidRPr="00DA78BC" w:rsidRDefault="00891BF7" w:rsidP="00C651B3">
+  <w:p w14:paraId="399B9ECE" w14:textId="77777777" w:rsidR="00891BF7" w:rsidRPr="00DA78BC" w:rsidRDefault="00891BF7" w:rsidP="00C651B3">
     <w:pPr>
-      <w:pStyle w:val="Header"/>
+      <w:pStyle w:val="Sidhuvud"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2C240ACA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="3F2AAEBC"/>
     <w:lvl w:ilvl="0" w:tplc="041D000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="78EA186C">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
@@ -2586,130 +2809,133 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="1959022188">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="886836400">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="3" w16cid:durableId="1595632412">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="4">
+  <w:num w:numId="4" w16cid:durableId="2052144354">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:drawingGridHorizontalSpacing w:val="120"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="6145"/>
+    <o:shapedefaults v:ext="edit" spidmax="8193"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="004F3EDC"/>
     <w:rsid w:val="0000082E"/>
     <w:rsid w:val="0000376F"/>
     <w:rsid w:val="000078D5"/>
     <w:rsid w:val="000130ED"/>
     <w:rsid w:val="000163F3"/>
     <w:rsid w:val="00021B25"/>
     <w:rsid w:val="00024254"/>
     <w:rsid w:val="000657C5"/>
     <w:rsid w:val="00071416"/>
     <w:rsid w:val="00084179"/>
     <w:rsid w:val="0009196A"/>
     <w:rsid w:val="000A7E14"/>
     <w:rsid w:val="000B3813"/>
     <w:rsid w:val="000B5EEC"/>
     <w:rsid w:val="000B7347"/>
     <w:rsid w:val="000C2AB8"/>
     <w:rsid w:val="000C5728"/>
     <w:rsid w:val="000C6971"/>
     <w:rsid w:val="000D240F"/>
     <w:rsid w:val="000E09C8"/>
     <w:rsid w:val="000E128F"/>
     <w:rsid w:val="000E3590"/>
     <w:rsid w:val="000E7837"/>
     <w:rsid w:val="000E7B3C"/>
     <w:rsid w:val="00121A18"/>
     <w:rsid w:val="0012542F"/>
     <w:rsid w:val="00135D43"/>
     <w:rsid w:val="001437DF"/>
     <w:rsid w:val="001448AE"/>
     <w:rsid w:val="001460A7"/>
     <w:rsid w:val="001470D7"/>
     <w:rsid w:val="00151F40"/>
     <w:rsid w:val="0015708A"/>
     <w:rsid w:val="00172FA2"/>
+    <w:rsid w:val="0018280D"/>
     <w:rsid w:val="00185FA3"/>
     <w:rsid w:val="00191DBF"/>
     <w:rsid w:val="0019305B"/>
     <w:rsid w:val="001A7B53"/>
     <w:rsid w:val="001B35B1"/>
     <w:rsid w:val="001C6343"/>
     <w:rsid w:val="001D7F30"/>
     <w:rsid w:val="001D7FBB"/>
     <w:rsid w:val="001F455C"/>
     <w:rsid w:val="001F4A3B"/>
     <w:rsid w:val="0021788C"/>
     <w:rsid w:val="00223F34"/>
     <w:rsid w:val="0024032F"/>
     <w:rsid w:val="0025303A"/>
     <w:rsid w:val="00262ECC"/>
     <w:rsid w:val="0026489F"/>
     <w:rsid w:val="002734D3"/>
     <w:rsid w:val="002813AC"/>
     <w:rsid w:val="00286D9B"/>
     <w:rsid w:val="00287B10"/>
     <w:rsid w:val="00293DD3"/>
     <w:rsid w:val="002A2FA6"/>
     <w:rsid w:val="002A5AAB"/>
     <w:rsid w:val="002B62D1"/>
     <w:rsid w:val="002B722D"/>
@@ -2806,50 +3032,51 @@
     <w:rsid w:val="0089723C"/>
     <w:rsid w:val="008A1682"/>
     <w:rsid w:val="008A5B34"/>
     <w:rsid w:val="008B2260"/>
     <w:rsid w:val="008C4B05"/>
     <w:rsid w:val="008E75A6"/>
     <w:rsid w:val="008F0686"/>
     <w:rsid w:val="008F26B8"/>
     <w:rsid w:val="00933AB4"/>
     <w:rsid w:val="009372F5"/>
     <w:rsid w:val="00950091"/>
     <w:rsid w:val="00964B01"/>
     <w:rsid w:val="0097209A"/>
     <w:rsid w:val="009770F1"/>
     <w:rsid w:val="009A0652"/>
     <w:rsid w:val="009A4F53"/>
     <w:rsid w:val="009D3E6B"/>
     <w:rsid w:val="009E0DE9"/>
     <w:rsid w:val="009F2C54"/>
     <w:rsid w:val="00A021BB"/>
     <w:rsid w:val="00A13FB7"/>
     <w:rsid w:val="00A150D0"/>
     <w:rsid w:val="00A16F82"/>
     <w:rsid w:val="00A17FE1"/>
     <w:rsid w:val="00A250DC"/>
+    <w:rsid w:val="00A33518"/>
     <w:rsid w:val="00A6056F"/>
     <w:rsid w:val="00A71451"/>
     <w:rsid w:val="00A71EF8"/>
     <w:rsid w:val="00A80EA4"/>
     <w:rsid w:val="00A862AC"/>
     <w:rsid w:val="00A910A0"/>
     <w:rsid w:val="00AC72FD"/>
     <w:rsid w:val="00AD54A1"/>
     <w:rsid w:val="00B012ED"/>
     <w:rsid w:val="00B071D5"/>
     <w:rsid w:val="00B60CDA"/>
     <w:rsid w:val="00B71D7D"/>
     <w:rsid w:val="00B80118"/>
     <w:rsid w:val="00B920BB"/>
     <w:rsid w:val="00B97FCD"/>
     <w:rsid w:val="00BB5A43"/>
     <w:rsid w:val="00BC0FB9"/>
     <w:rsid w:val="00BD6476"/>
     <w:rsid w:val="00BE60C8"/>
     <w:rsid w:val="00BE6AB1"/>
     <w:rsid w:val="00BE750B"/>
     <w:rsid w:val="00BF3EA9"/>
     <w:rsid w:val="00BF5AD6"/>
     <w:rsid w:val="00C06EBE"/>
     <w:rsid w:val="00C110D4"/>
@@ -2884,98 +3111,99 @@
     <w:rsid w:val="00DF643A"/>
     <w:rsid w:val="00E03A4C"/>
     <w:rsid w:val="00E11284"/>
     <w:rsid w:val="00E2151A"/>
     <w:rsid w:val="00E2236B"/>
     <w:rsid w:val="00E45C6E"/>
     <w:rsid w:val="00E56684"/>
     <w:rsid w:val="00E6236B"/>
     <w:rsid w:val="00E77861"/>
     <w:rsid w:val="00E8215F"/>
     <w:rsid w:val="00E9364F"/>
     <w:rsid w:val="00ED2D43"/>
     <w:rsid w:val="00ED3E3A"/>
     <w:rsid w:val="00EE04DB"/>
     <w:rsid w:val="00EE5A6F"/>
     <w:rsid w:val="00F24EA5"/>
     <w:rsid w:val="00F3159E"/>
     <w:rsid w:val="00F44678"/>
     <w:rsid w:val="00F47E7B"/>
     <w:rsid w:val="00F57B5A"/>
     <w:rsid w:val="00F7302C"/>
     <w:rsid w:val="00F75113"/>
     <w:rsid w:val="00F81D81"/>
     <w:rsid w:val="00F84AA3"/>
     <w:rsid w:val="00F91BEB"/>
+    <w:rsid w:val="00F932E8"/>
     <w:rsid w:val="00F94D61"/>
     <w:rsid w:val="00FC0A80"/>
     <w:rsid w:val="00FC7A0C"/>
     <w:rsid w:val="00FF319F"/>
     <w:rsid w:val="00FF7E56"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="6145"/>
+    <o:shapedefaults v:ext="edit" spidmax="8193"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="3D1B0844"/>
+  <w14:docId w14:val="7BBB1622"/>
   <w15:docId w15:val="{E178F223-DB8D-45AE-8A59-7106F89172F8}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -3296,300 +3524,305 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="004F3EDC"/>
     <w:rPr>
       <w:rFonts w:ascii="CG Times (W1)" w:hAnsi="CG Times (W1)"/>
       <w:sz w:val="24"/>
       <w:lang w:eastAsia="sv-SE"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading2">
+  <w:style w:type="paragraph" w:styleId="Rubrik2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00D1109A"/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:before="240" w:after="60"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:b/>
       <w:bCs/>
       <w:i/>
       <w:iCs/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading3">
+  <w:style w:type="paragraph" w:styleId="Rubrik3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00D1109A"/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:before="240" w:after="60"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
+  <w:style w:type="character" w:default="1" w:styleId="Standardstycketeckensnitt">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
+  <w:style w:type="table" w:default="1" w:styleId="Normaltabell">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
+  <w:style w:type="numbering" w:default="1" w:styleId="Ingenlista">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Header">
+  <w:style w:type="paragraph" w:styleId="Sidhuvud">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="HeaderChar"/>
+    <w:link w:val="SidhuvudChar"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="004F3EDC"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4153"/>
         <w:tab w:val="right" w:pos="8306"/>
       </w:tabs>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Footer">
+  <w:style w:type="paragraph" w:styleId="Sidfot">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="FooterChar"/>
+    <w:link w:val="SidfotChar"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="004F3EDC"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4153"/>
         <w:tab w:val="right" w:pos="8306"/>
       </w:tabs>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="BalloonText">
+  <w:style w:type="paragraph" w:styleId="Ballongtext">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Normal"/>
     <w:semiHidden/>
     <w:rsid w:val="00BE750B"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid">
+  <w:style w:type="table" w:styleId="Tabellrutnt">
     <w:name w:val="Table Grid"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:rsid w:val="00F75113"/>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
-  <w:style w:type="character" w:styleId="PageNumber">
+  <w:style w:type="character" w:styleId="Sidnummer">
     <w:name w:val="page number"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:rsid w:val="00FC0A80"/>
   </w:style>
-  <w:style w:type="character" w:styleId="Hyperlink">
+  <w:style w:type="character" w:styleId="Hyperlnk">
     <w:name w:val="Hyperlink"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:rsid w:val="00CF7DC5"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="CommentReference">
+  <w:style w:type="character" w:styleId="Kommentarsreferens">
     <w:name w:val="annotation reference"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:semiHidden/>
     <w:rsid w:val="004451B9"/>
     <w:rPr>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="CommentText">
+  <w:style w:type="paragraph" w:styleId="Kommentarer">
     <w:name w:val="annotation text"/>
     <w:basedOn w:val="Normal"/>
     <w:semiHidden/>
     <w:rsid w:val="004451B9"/>
     <w:rPr>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="CommentSubject">
+  <w:style w:type="paragraph" w:styleId="Kommentarsmne">
     <w:name w:val="annotation subject"/>
-    <w:basedOn w:val="CommentText"/>
-    <w:next w:val="CommentText"/>
+    <w:basedOn w:val="Kommentarer"/>
+    <w:next w:val="Kommentarer"/>
     <w:semiHidden/>
     <w:rsid w:val="004451B9"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Title">
+  <w:style w:type="paragraph" w:styleId="Rubrik">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="TitleChar"/>
+    <w:link w:val="RubrikChar"/>
     <w:qFormat/>
     <w:rsid w:val="00A150D0"/>
     <w:pPr>
       <w:spacing w:before="240" w:after="60"/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="28"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="TitleChar">
-[...2 lines deleted...]
-    <w:link w:val="Title"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="RubrikChar">
+    <w:name w:val="Rubrik Char"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:link w:val="Rubrik"/>
     <w:rsid w:val="00A150D0"/>
     <w:rPr>
       <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="28"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
       <w:lang w:eastAsia="sv-SE"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
-[...2 lines deleted...]
-    <w:link w:val="Footer"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="SidfotChar">
+    <w:name w:val="Sidfot Char"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:link w:val="Sidfot"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00891BF7"/>
     <w:rPr>
       <w:rFonts w:ascii="CG Times (W1)" w:hAnsi="CG Times (W1)"/>
       <w:sz w:val="24"/>
       <w:lang w:eastAsia="sv-SE"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="ListParagraph">
+  <w:style w:type="paragraph" w:styleId="Liststycke">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="002734D3"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
-[...2 lines deleted...]
-    <w:link w:val="Header"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="SidhuvudChar">
+    <w:name w:val="Sidhuvud Char"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:link w:val="Sidhuvud"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00DA78BC"/>
     <w:rPr>
       <w:rFonts w:ascii="CG Times (W1)" w:hAnsi="CG Times (W1)"/>
       <w:sz w:val="24"/>
       <w:lang w:eastAsia="sv-SE"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="96682481">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="98528293">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -4019,78 +4252,78 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1061FA19-BEA8-492C-8416-D99EB4AE5467}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>628</Words>
-  <Characters>3582</Characters>
+  <Words>637</Words>
+  <Characters>3570</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>29</Lines>
-  <Paragraphs>8</Paragraphs>
+  <Lines>238</Lines>
+  <Paragraphs>100</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>The following is in compliance with the terms set forth by the Swedish Twin Registry and Sweden’s Data Inspection Authority:</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>KI</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4202</CharactersWithSpaces>
+  <CharactersWithSpaces>4107</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:i4>3276882</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>mailto:tvillingregistret@meb.ki.se</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
     </vt:vector>
   </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>