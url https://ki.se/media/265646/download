--- v0 (2025-10-08)
+++ v1 (2025-12-08)
@@ -1,96 +1,91 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
-  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
-  <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
-[...3 lines deleted...]
-  <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w:rsidR="005119CE" w:rsidRPr="005119CE" w:rsidRDefault="005119CE" w:rsidP="005119CE">
+    <w:p w14:paraId="3DEE41F0" w14:textId="77777777" w:rsidR="005119CE" w:rsidRPr="005119CE" w:rsidRDefault="005119CE" w:rsidP="005119CE">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="exact"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:caps/>
           <w:smallCaps/>
           <w:sz w:val="30"/>
           <w:szCs w:val="30"/>
           <w:lang w:val="en-GB" w:eastAsia="sv-SE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A11F59" w:rsidRDefault="00A11F59" w:rsidP="005119CE">
+    <w:p w14:paraId="78647358" w14:textId="77777777" w:rsidR="00A11F59" w:rsidRDefault="00A11F59" w:rsidP="005119CE">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="exact"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="30"/>
           <w:szCs w:val="30"/>
           <w:lang w:val="en-GB" w:eastAsia="sv-SE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="005119CE" w:rsidRPr="005119CE" w:rsidRDefault="005119CE" w:rsidP="005119CE">
+    <w:p w14:paraId="40A9EB08" w14:textId="77777777" w:rsidR="005119CE" w:rsidRPr="005119CE" w:rsidRDefault="005119CE" w:rsidP="005119CE">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="exact"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="30"/>
           <w:szCs w:val="30"/>
           <w:lang w:val="en-GB" w:eastAsia="sv-SE"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005119CE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="30"/>
           <w:szCs w:val="30"/>
           <w:lang w:val="en-GB" w:eastAsia="sv-SE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -130,728 +125,728 @@
         <w:t>–</w:t>
       </w:r>
       <w:r w:rsidR="00A11F59">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="30"/>
           <w:szCs w:val="30"/>
           <w:lang w:val="en-GB" w:eastAsia="sv-SE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00812E19">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="30"/>
           <w:szCs w:val="30"/>
           <w:lang w:val="en-GB" w:eastAsia="sv-SE"/>
         </w:rPr>
         <w:t>Letter of Intent</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D67D91" w:rsidRPr="00D67D91" w:rsidRDefault="00D67D91" w:rsidP="00D67D91">
+    <w:p w14:paraId="51AA79AE" w14:textId="77777777" w:rsidR="00D67D91" w:rsidRPr="00D67D91" w:rsidRDefault="00D67D91" w:rsidP="00D67D91">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="exact"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:caps/>
           <w:sz w:val="30"/>
           <w:szCs w:val="30"/>
           <w:lang w:val="en-GB" w:eastAsia="sv-SE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9214" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4608"/>
         <w:gridCol w:w="4606"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00D67D91" w:rsidRPr="00D67D91" w:rsidTr="00070A26">
+      <w:tr w:rsidR="00D67D91" w:rsidRPr="00D67D91" w14:paraId="03D91882" w14:textId="77777777" w:rsidTr="00070A26">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9214" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00D67D91" w:rsidRPr="00D67D91" w:rsidRDefault="00D67D91" w:rsidP="00D67D91">
+          <w:p w14:paraId="140AF802" w14:textId="77777777" w:rsidR="00D67D91" w:rsidRPr="00D67D91" w:rsidRDefault="00D67D91" w:rsidP="00D67D91">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:caps/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-GB" w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D67D91">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:caps/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-GB" w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t xml:space="preserve">1. </w:t>
             </w:r>
             <w:r w:rsidRPr="00D67D91">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-GB" w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>Applicant information</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D67D91" w:rsidRPr="00D67D91" w:rsidTr="00070A26">
+      <w:tr w:rsidR="00D67D91" w:rsidRPr="00D67D91" w14:paraId="5F0A85D0" w14:textId="77777777" w:rsidTr="00070A26">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4608" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D67D91" w:rsidRPr="00D67D91" w:rsidRDefault="00D67D91" w:rsidP="00D67D91">
+          <w:p w14:paraId="3A8DD40C" w14:textId="77777777" w:rsidR="00D67D91" w:rsidRPr="00D67D91" w:rsidRDefault="00D67D91" w:rsidP="00D67D91">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:caps/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D67D91">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:caps/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>C</w:t>
             </w:r>
             <w:r w:rsidRPr="00D67D91">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>omplete name</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00D67D91" w:rsidRPr="00D67D91" w:rsidRDefault="00D67D91" w:rsidP="00D67D91">
-[...27 lines deleted...]
-          <w:p w:rsidR="00D67D91" w:rsidRPr="00D67D91" w:rsidRDefault="00D67D91" w:rsidP="00D67D91">
+          <w:p w14:paraId="6E0C9943" w14:textId="77777777" w:rsidR="00D67D91" w:rsidRPr="00D67D91" w:rsidRDefault="00D67D91" w:rsidP="00D67D91">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:caps/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="en-GB" w:eastAsia="sv-SE"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7460956D" w14:textId="77777777" w:rsidR="00D67D91" w:rsidRPr="00D67D91" w:rsidRDefault="00D67D91" w:rsidP="00D67D91">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:caps/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="en-GB" w:eastAsia="sv-SE"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="38515AA1" w14:textId="77777777" w:rsidR="00D67D91" w:rsidRPr="00D67D91" w:rsidRDefault="00D67D91" w:rsidP="00D67D91">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:caps/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4606" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D67D91" w:rsidRPr="00D67D91" w:rsidRDefault="00E54B72" w:rsidP="00D67D91">
+          <w:p w14:paraId="240E98D9" w14:textId="77777777" w:rsidR="00D67D91" w:rsidRPr="00D67D91" w:rsidRDefault="00E54B72" w:rsidP="00D67D91">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>Date</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D67D91" w:rsidRPr="00767A52" w:rsidTr="00070A26">
+      <w:tr w:rsidR="00D67D91" w:rsidRPr="00361813" w14:paraId="38669C5E" w14:textId="77777777" w:rsidTr="00070A26">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4608" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D67D91" w:rsidRPr="00D67D91" w:rsidRDefault="00D67D91" w:rsidP="00D67D91">
+          <w:p w14:paraId="31BC5341" w14:textId="77777777" w:rsidR="00D67D91" w:rsidRPr="00D67D91" w:rsidRDefault="00D67D91" w:rsidP="00D67D91">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D67D91">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>E-mail address</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00D67D91" w:rsidRPr="00D67D91" w:rsidRDefault="00D67D91" w:rsidP="00D67D91">
-[...27 lines deleted...]
-          <w:p w:rsidR="00D67D91" w:rsidRPr="00D67D91" w:rsidRDefault="00D67D91" w:rsidP="00D67D91">
+          <w:p w14:paraId="20D2C486" w14:textId="77777777" w:rsidR="00D67D91" w:rsidRPr="00D67D91" w:rsidRDefault="00D67D91" w:rsidP="00D67D91">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:caps/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="en-GB" w:eastAsia="sv-SE"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="50CA0F56" w14:textId="77777777" w:rsidR="00D67D91" w:rsidRPr="00D67D91" w:rsidRDefault="00D67D91" w:rsidP="00D67D91">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:caps/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="en-GB" w:eastAsia="sv-SE"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="72BB3B18" w14:textId="77777777" w:rsidR="00D67D91" w:rsidRPr="00D67D91" w:rsidRDefault="00D67D91" w:rsidP="00D67D91">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:caps/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4606" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D67D91" w:rsidRPr="00D67D91" w:rsidRDefault="00D67D91" w:rsidP="00D67D91">
+          <w:p w14:paraId="13D6F44B" w14:textId="77777777" w:rsidR="00D67D91" w:rsidRPr="00D67D91" w:rsidRDefault="00D67D91" w:rsidP="00D67D91">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t xml:space="preserve">Phone </w:t>
             </w:r>
             <w:r w:rsidRPr="00D67D91">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>number (including country and area codes)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D67D91" w:rsidRPr="00D67D91" w:rsidTr="00070A26">
+      <w:tr w:rsidR="00D67D91" w:rsidRPr="00D67D91" w14:paraId="410F6E11" w14:textId="77777777" w:rsidTr="00070A26">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4608" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D67D91" w:rsidRPr="00D67D91" w:rsidRDefault="00D67D91" w:rsidP="00D67D91">
+          <w:p w14:paraId="538981B0" w14:textId="77777777" w:rsidR="00D67D91" w:rsidRPr="00D67D91" w:rsidRDefault="00D67D91" w:rsidP="00D67D91">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D67D91">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>Institution/Department</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00D67D91" w:rsidRPr="00D67D91" w:rsidRDefault="00D67D91" w:rsidP="00D67D91">
-[...27 lines deleted...]
-          <w:p w:rsidR="00D67D91" w:rsidRPr="00D67D91" w:rsidRDefault="00D67D91" w:rsidP="00D67D91">
+          <w:p w14:paraId="5D4117F9" w14:textId="77777777" w:rsidR="00D67D91" w:rsidRPr="00D67D91" w:rsidRDefault="00D67D91" w:rsidP="00D67D91">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:caps/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="en-GB" w:eastAsia="sv-SE"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="25419FE6" w14:textId="77777777" w:rsidR="00D67D91" w:rsidRPr="00D67D91" w:rsidRDefault="00D67D91" w:rsidP="00D67D91">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:caps/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="en-GB" w:eastAsia="sv-SE"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="619FF85E" w14:textId="77777777" w:rsidR="00D67D91" w:rsidRPr="00D67D91" w:rsidRDefault="00D67D91" w:rsidP="00D67D91">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:caps/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4606" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D67D91" w:rsidRPr="00D67D91" w:rsidRDefault="00D67D91" w:rsidP="00D67D91">
+          <w:p w14:paraId="510828BB" w14:textId="77777777" w:rsidR="00D67D91" w:rsidRPr="00D67D91" w:rsidRDefault="00D67D91" w:rsidP="00D67D91">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>University/organization</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D67D91" w:rsidRPr="00767A52" w:rsidTr="00070A26">
+      <w:tr w:rsidR="00D67D91" w:rsidRPr="00361813" w14:paraId="445EF427" w14:textId="77777777" w:rsidTr="00070A26">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9214" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00D67D91" w:rsidRPr="00D67D91" w:rsidRDefault="00D67D91" w:rsidP="00D67D91">
+          <w:p w14:paraId="07FE5DBE" w14:textId="77777777" w:rsidR="00D67D91" w:rsidRPr="00D67D91" w:rsidRDefault="00D67D91" w:rsidP="00D67D91">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-GB" w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D67D91">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-GB" w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>2. Details of the research project</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D67D91" w:rsidRPr="00767A52" w:rsidTr="00070A26">
+      <w:tr w:rsidR="00D67D91" w:rsidRPr="00361813" w14:paraId="332B51C4" w14:textId="77777777" w:rsidTr="00070A26">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9214" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00D67D91" w:rsidRPr="00D67D91" w:rsidRDefault="00D67D91" w:rsidP="00D67D91">
+          <w:p w14:paraId="09C94381" w14:textId="77777777" w:rsidR="00D67D91" w:rsidRPr="00D67D91" w:rsidRDefault="00D67D91" w:rsidP="00D67D91">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D67D91">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>Title of project/project number (if any)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00D67D91" w:rsidRPr="00D67D91" w:rsidRDefault="00D67D91" w:rsidP="00D67D91">
+          <w:p w14:paraId="092F5C58" w14:textId="77777777" w:rsidR="00D67D91" w:rsidRPr="00D67D91" w:rsidRDefault="00D67D91" w:rsidP="00D67D91">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
                 <w:lang w:val="en-GB" w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00D67D91" w:rsidRPr="00D67D91" w:rsidRDefault="00D67D91" w:rsidP="00D67D91">
+          <w:p w14:paraId="78F66372" w14:textId="77777777" w:rsidR="00D67D91" w:rsidRPr="00D67D91" w:rsidRDefault="00D67D91" w:rsidP="00D67D91">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
                 <w:lang w:val="en-GB" w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00D67D91" w:rsidRPr="00D67D91" w:rsidRDefault="00D67D91" w:rsidP="00D67D91">
+          <w:p w14:paraId="1F52178F" w14:textId="77777777" w:rsidR="00D67D91" w:rsidRPr="00D67D91" w:rsidRDefault="00D67D91" w:rsidP="00D67D91">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
                 <w:lang w:val="en-GB" w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00D67D91" w:rsidRPr="00D67D91" w:rsidRDefault="00D67D91" w:rsidP="00D67D91">
+          <w:p w14:paraId="2B5E8844" w14:textId="77777777" w:rsidR="00D67D91" w:rsidRPr="00D67D91" w:rsidRDefault="00D67D91" w:rsidP="00D67D91">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
                 <w:lang w:val="en-GB" w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00D67D91" w:rsidRPr="00D67D91" w:rsidRDefault="00D67D91" w:rsidP="00D67D91">
+          <w:p w14:paraId="649E5ED6" w14:textId="77777777" w:rsidR="00D67D91" w:rsidRPr="00D67D91" w:rsidRDefault="00D67D91" w:rsidP="00D67D91">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
                 <w:lang w:val="en-GB" w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00D67D91" w:rsidRPr="00D67D91" w:rsidRDefault="00D67D91" w:rsidP="00D67D91">
+          <w:p w14:paraId="2AA9122F" w14:textId="77777777" w:rsidR="00D67D91" w:rsidRPr="00D67D91" w:rsidRDefault="00D67D91" w:rsidP="00D67D91">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
                 <w:lang w:val="en-GB" w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D67D91" w:rsidRPr="00767A52" w:rsidTr="00070A26">
+      <w:tr w:rsidR="00D67D91" w:rsidRPr="00361813" w14:paraId="53E8B983" w14:textId="77777777" w:rsidTr="00070A26">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="5221"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9214" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00D67D91" w:rsidRPr="00D67D91" w:rsidRDefault="00D67D91" w:rsidP="00D67D91">
+          <w:p w14:paraId="1FECAAFD" w14:textId="77777777" w:rsidR="00D67D91" w:rsidRPr="00D67D91" w:rsidRDefault="00D67D91" w:rsidP="00D67D91">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D67D91">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t xml:space="preserve">Short description of the research project for which </w:t>
             </w:r>
             <w:r w:rsidR="00D763F4">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t xml:space="preserve">data and/or </w:t>
             </w:r>
             <w:r w:rsidRPr="00D67D91">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>samples are requested, including a summary of planned analyses</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00D67D91" w:rsidRPr="00F12C10" w:rsidRDefault="00D67D91" w:rsidP="00D67D91">
+          <w:p w14:paraId="55687D22" w14:textId="77777777" w:rsidR="00D67D91" w:rsidRPr="00F12C10" w:rsidRDefault="00D67D91" w:rsidP="00D67D91">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="SimSun" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB" w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00D67D91" w:rsidRPr="00F12C10" w:rsidRDefault="00D67D91" w:rsidP="00D67D91">
+          <w:p w14:paraId="2495574C" w14:textId="77777777" w:rsidR="00D67D91" w:rsidRPr="00F12C10" w:rsidRDefault="00D67D91" w:rsidP="00D67D91">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="SimSun" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00D67D91" w:rsidRPr="00F12C10" w:rsidRDefault="00D67D91" w:rsidP="00D67D91">
+          <w:p w14:paraId="1042BF33" w14:textId="77777777" w:rsidR="00D67D91" w:rsidRPr="00F12C10" w:rsidRDefault="00D67D91" w:rsidP="00D67D91">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="SimSun" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00D67D91" w:rsidRPr="00F12C10" w:rsidRDefault="00D67D91" w:rsidP="00D67D91">
+          <w:p w14:paraId="6BADD108" w14:textId="77777777" w:rsidR="00D67D91" w:rsidRPr="00F12C10" w:rsidRDefault="00D67D91" w:rsidP="00D67D91">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="SimSun" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00D67D91" w:rsidRPr="00D67D91" w:rsidRDefault="00D67D91" w:rsidP="00D67D91">
+          <w:p w14:paraId="06390104" w14:textId="77777777" w:rsidR="00D67D91" w:rsidRPr="00D67D91" w:rsidRDefault="00D67D91" w:rsidP="00D67D91">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D67D91" w:rsidRPr="00767A52" w:rsidTr="0006647B">
+      <w:tr w:rsidR="00D67D91" w:rsidRPr="00361813" w14:paraId="2514C8C1" w14:textId="77777777" w:rsidTr="0006647B">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="3186"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9214" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00D67D91" w:rsidRPr="00D67D91" w:rsidRDefault="00CD1B34" w:rsidP="00D67D91">
+          <w:p w14:paraId="2221C63C" w14:textId="77777777" w:rsidR="00D67D91" w:rsidRPr="00D67D91" w:rsidRDefault="00CD1B34" w:rsidP="00D67D91">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US" w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>Description</w:t>
             </w:r>
             <w:r w:rsidR="00D67D91" w:rsidRPr="00D67D91">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
@@ -883,96 +878,96 @@
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>and/</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t xml:space="preserve">or data </w:t>
             </w:r>
             <w:r w:rsidR="00D67D91" w:rsidRPr="00D67D91">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>requested:</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00D67D91" w:rsidRPr="00D67D91" w:rsidRDefault="00D67D91" w:rsidP="00D67D91">
+          <w:p w14:paraId="04BEB801" w14:textId="77777777" w:rsidR="00D67D91" w:rsidRPr="00D67D91" w:rsidRDefault="00D67D91" w:rsidP="00D67D91">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:smallCaps/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00D67D91" w:rsidRPr="00D67D91" w:rsidRDefault="00D67D91" w:rsidP="00D67D91">
+          <w:p w14:paraId="23A5A76D" w14:textId="77777777" w:rsidR="00D67D91" w:rsidRPr="00D67D91" w:rsidRDefault="00D67D91" w:rsidP="00D67D91">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:smallCaps/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00D67D91" w:rsidRPr="00070A26" w:rsidRDefault="00D67D91" w:rsidP="00D67D91">
+    <w:p w14:paraId="29666AE2" w14:textId="77777777" w:rsidR="00D67D91" w:rsidRPr="00070A26" w:rsidRDefault="00D67D91" w:rsidP="00D67D91">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:caps/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="en-US" w:eastAsia="sv-SE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00D67D91" w:rsidRDefault="00D67D91" w:rsidP="00D67D91">
+    <w:p w14:paraId="591F209D" w14:textId="77777777" w:rsidR="00D67D91" w:rsidRDefault="00D67D91" w:rsidP="00D67D91">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="8505"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:caps/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
           <w:lang w:val="en-GB" w:eastAsia="sv-SE"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D67D91">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:caps/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
           <w:lang w:val="en-GB" w:eastAsia="sv-SE"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
@@ -980,60 +975,60 @@
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9356" w:type="dxa"/>
         <w:tblInd w:w="-72" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2127"/>
         <w:gridCol w:w="1276"/>
         <w:gridCol w:w="1277"/>
         <w:gridCol w:w="4676"/>
       </w:tblGrid>
-      <w:tr w:rsidR="009553A5" w:rsidRPr="009C4F93" w:rsidTr="009553A5">
+      <w:tr w:rsidR="009553A5" w:rsidRPr="009C4F93" w14:paraId="33F7290E" w14:textId="77777777" w:rsidTr="009553A5">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9356" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
           </w:tcPr>
-          <w:p w:rsidR="009553A5" w:rsidRPr="00AD18C4" w:rsidRDefault="009553A5" w:rsidP="00382B97">
+          <w:p w14:paraId="1A330FF0" w14:textId="77777777" w:rsidR="009553A5" w:rsidRPr="00AD18C4" w:rsidRDefault="009553A5" w:rsidP="00382B97">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="426"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:caps/>
                 <w:smallCaps/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-GB" w:eastAsia="sv-SE"/>
@@ -1043,182 +1038,182 @@
             </w:r>
             <w:r w:rsidRPr="005119CE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-GB" w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
             <w:r w:rsidRPr="005119CE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-GB" w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>Signatures</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009553A5" w:rsidRPr="009C4F93" w:rsidTr="009553A5">
+      <w:tr w:rsidR="009553A5" w:rsidRPr="009C4F93" w14:paraId="7E6AF189" w14:textId="77777777" w:rsidTr="009553A5">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="799"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4680" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w:rsidR="009553A5" w:rsidRPr="005119CE" w:rsidRDefault="009553A5" w:rsidP="00382B97">
+          <w:p w14:paraId="2BEEC0C6" w14:textId="77777777" w:rsidR="009553A5" w:rsidRPr="005119CE" w:rsidRDefault="009553A5" w:rsidP="00382B97">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="426"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>Signature of the applicant PI</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="009553A5" w:rsidRPr="005119CE" w:rsidRDefault="009553A5" w:rsidP="00382B97">
+          <w:p w14:paraId="016638BC" w14:textId="77777777" w:rsidR="009553A5" w:rsidRPr="005119CE" w:rsidRDefault="009553A5" w:rsidP="00382B97">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="426"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="009553A5" w:rsidRPr="005119CE" w:rsidRDefault="009553A5" w:rsidP="00382B97">
+          <w:p w14:paraId="499B3EBE" w14:textId="77777777" w:rsidR="009553A5" w:rsidRPr="005119CE" w:rsidRDefault="009553A5" w:rsidP="00382B97">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="426"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="009553A5" w:rsidRPr="005119CE" w:rsidRDefault="009553A5" w:rsidP="00382B97">
+          <w:p w14:paraId="63C2CC93" w14:textId="77777777" w:rsidR="009553A5" w:rsidRPr="005119CE" w:rsidRDefault="009553A5" w:rsidP="00382B97">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="426"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4676" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="009553A5" w:rsidRPr="005119CE" w:rsidRDefault="009553A5" w:rsidP="00382B97">
+          <w:p w14:paraId="432F08A1" w14:textId="77777777" w:rsidR="009553A5" w:rsidRPr="005119CE" w:rsidRDefault="009553A5" w:rsidP="00382B97">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="426"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>Name, printed clearly</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005119CE" w:rsidRPr="00767A52" w:rsidTr="009553A5">
+      <w:tr w:rsidR="005119CE" w:rsidRPr="00361813" w14:paraId="735A3CB4" w14:textId="77777777" w:rsidTr="009553A5">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9356" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
           </w:tcPr>
-          <w:p w:rsidR="005119CE" w:rsidRPr="005119CE" w:rsidRDefault="009553A5" w:rsidP="005119CE">
+          <w:p w14:paraId="67C107EF" w14:textId="77777777" w:rsidR="005119CE" w:rsidRPr="005119CE" w:rsidRDefault="009553A5" w:rsidP="005119CE">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-GB" w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-GB" w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
             <w:r w:rsidR="00B15BDB">
@@ -1234,138 +1229,138 @@
             </w:r>
             <w:r w:rsidR="005119CE" w:rsidRPr="005119CE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-GB" w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00D26821">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-GB" w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>Availability of data and/or samples</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00724AD4" w:rsidRPr="00767A52" w:rsidTr="009553A5">
+      <w:tr w:rsidR="00724AD4" w:rsidRPr="00361813" w14:paraId="689C612C" w14:textId="77777777" w:rsidTr="009553A5">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="1405"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00724AD4" w:rsidRPr="00545DEC" w:rsidRDefault="00A643DE" w:rsidP="00724AD4">
+          <w:p w14:paraId="67D7C045" w14:textId="77777777" w:rsidR="00724AD4" w:rsidRPr="00545DEC" w:rsidRDefault="00A643DE" w:rsidP="00724AD4">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="426"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>Requested data available</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00724AD4" w:rsidRPr="00724AD4" w:rsidRDefault="00724AD4" w:rsidP="00724AD4">
+          <w:p w14:paraId="5AF81312" w14:textId="77777777" w:rsidR="00724AD4" w:rsidRPr="00724AD4" w:rsidRDefault="00724AD4" w:rsidP="00724AD4">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="426"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00724AD4" w:rsidRPr="00724AD4" w:rsidRDefault="00724AD4" w:rsidP="00D26821">
+          <w:p w14:paraId="7A008AFA" w14:textId="77777777" w:rsidR="00724AD4" w:rsidRPr="00724AD4" w:rsidRDefault="00724AD4" w:rsidP="00D26821">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="426"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00724AD4">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:drawing>
-                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7B695930" wp14:editId="138F78B5">
+                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="29CDAC07" wp14:editId="524D60F5">
                   <wp:extent cx="152400" cy="128270"/>
                   <wp:effectExtent l="0" t="0" r="0" b="5080"/>
                   <wp:docPr id="3" name="Picture 3"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="Picture 2"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId8">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect/>
                           <a:stretch>
@@ -1397,51 +1392,51 @@
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00F31E57">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t xml:space="preserve">Yes              </w:t>
             </w:r>
             <w:r w:rsidR="00D26821" w:rsidRPr="00724AD4">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:drawing>
-                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="02166B62" wp14:editId="312247D9">
+                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7D8D7DBA" wp14:editId="381D49E6">
                   <wp:extent cx="152400" cy="128270"/>
                   <wp:effectExtent l="0" t="0" r="0" b="5080"/>
                   <wp:docPr id="5" name="Picture 5"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="Picture 2"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId8">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect/>
                           <a:stretch>
@@ -1465,255 +1460,255 @@
               </w:drawing>
             </w:r>
             <w:r w:rsidR="00D26821">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t xml:space="preserve"> No</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7229" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00724AD4" w:rsidRPr="00724AD4" w:rsidRDefault="00233C03" w:rsidP="00724AD4">
+          <w:p w14:paraId="01E0992D" w14:textId="77777777" w:rsidR="00724AD4" w:rsidRPr="00724AD4" w:rsidRDefault="00233C03" w:rsidP="00724AD4">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="426"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>Comment to availability and possible alternatives (if applicable)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00724AD4" w:rsidRDefault="00724AD4" w:rsidP="00724AD4">
+          <w:p w14:paraId="20610CAC" w14:textId="77777777" w:rsidR="00724AD4" w:rsidRDefault="00724AD4" w:rsidP="00724AD4">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="426"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="008A4728" w:rsidRDefault="008A4728" w:rsidP="00724AD4">
+          <w:p w14:paraId="462FD43D" w14:textId="77777777" w:rsidR="008A4728" w:rsidRDefault="008A4728" w:rsidP="00724AD4">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="426"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00F627BD" w:rsidRPr="00724AD4" w:rsidRDefault="00F627BD" w:rsidP="00724AD4">
+          <w:p w14:paraId="33EE0A04" w14:textId="77777777" w:rsidR="00F627BD" w:rsidRPr="00724AD4" w:rsidRDefault="00F627BD" w:rsidP="00724AD4">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="426"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00724AD4" w:rsidRPr="00724AD4" w:rsidRDefault="00724AD4" w:rsidP="00724AD4">
+          <w:p w14:paraId="4E031DD5" w14:textId="77777777" w:rsidR="00724AD4" w:rsidRPr="00724AD4" w:rsidRDefault="00724AD4" w:rsidP="00724AD4">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="426"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00724AD4" w:rsidRPr="00767A52" w:rsidTr="009553A5">
+      <w:tr w:rsidR="00724AD4" w:rsidRPr="00361813" w14:paraId="609BDE81" w14:textId="77777777" w:rsidTr="009553A5">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="1409"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00724AD4" w:rsidRPr="00545DEC" w:rsidRDefault="00AD6E73" w:rsidP="00724AD4">
+          <w:p w14:paraId="5248CB4C" w14:textId="77777777" w:rsidR="00724AD4" w:rsidRPr="00545DEC" w:rsidRDefault="00AD6E73" w:rsidP="00724AD4">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="426"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>Requested</w:t>
             </w:r>
             <w:r w:rsidR="002704C1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00D26821">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>samples available</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00724AD4" w:rsidRPr="00724AD4" w:rsidRDefault="00724AD4" w:rsidP="00724AD4">
+          <w:p w14:paraId="4DABF52E" w14:textId="77777777" w:rsidR="00724AD4" w:rsidRPr="00724AD4" w:rsidRDefault="00724AD4" w:rsidP="00724AD4">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="426"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00724AD4" w:rsidRPr="00606EB2" w:rsidRDefault="00724AD4" w:rsidP="00724AD4">
+          <w:p w14:paraId="58E9C5FE" w14:textId="77777777" w:rsidR="00724AD4" w:rsidRPr="00606EB2" w:rsidRDefault="00724AD4" w:rsidP="00724AD4">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="426"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00724AD4">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:drawing>
-                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0B2B20FC" wp14:editId="109D232A">
+                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="56A8C3CF" wp14:editId="236CD270">
                   <wp:extent cx="152400" cy="128270"/>
                   <wp:effectExtent l="0" t="0" r="0" b="5080"/>
                   <wp:docPr id="4" name="Picture 4"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="Picture 2"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId8">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect/>
                           <a:stretch>
@@ -1755,51 +1750,51 @@
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>Yes</w:t>
             </w:r>
             <w:r w:rsidRPr="00545DEC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t xml:space="preserve">              </w:t>
             </w:r>
             <w:r w:rsidR="00606EB2" w:rsidRPr="00724AD4">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:drawing>
-                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="775ABDE6" wp14:editId="6F3410DF">
+                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="20D1DE4B" wp14:editId="2E49A14A">
                   <wp:extent cx="152400" cy="128270"/>
                   <wp:effectExtent l="0" t="0" r="0" b="5080"/>
                   <wp:docPr id="11" name="Picture 11"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="Picture 2"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId8">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect/>
                           <a:stretch>
@@ -1811,187 +1806,187 @@
                             <a:off x="0" y="0"/>
                             <a:ext cx="152400" cy="128270"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
             <w:r w:rsidR="00606EB2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t xml:space="preserve"> No</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00724AD4" w:rsidRPr="00724AD4" w:rsidRDefault="00724AD4" w:rsidP="00724AD4">
+          <w:p w14:paraId="1B5D8AC6" w14:textId="77777777" w:rsidR="00724AD4" w:rsidRPr="00724AD4" w:rsidRDefault="00724AD4" w:rsidP="00724AD4">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="426"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7229" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00233C03" w:rsidRPr="00724AD4" w:rsidRDefault="00233C03" w:rsidP="00233C03">
+          <w:p w14:paraId="6EA19E2D" w14:textId="77777777" w:rsidR="00233C03" w:rsidRPr="00724AD4" w:rsidRDefault="00233C03" w:rsidP="00233C03">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="426"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>Comment to availability and possible alternatives (if applicable)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00724AD4" w:rsidRDefault="00724AD4" w:rsidP="00724AD4">
+          <w:p w14:paraId="493E12CB" w14:textId="77777777" w:rsidR="00724AD4" w:rsidRDefault="00724AD4" w:rsidP="00724AD4">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="426"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="002704C1" w:rsidRDefault="002704C1" w:rsidP="00724AD4">
+          <w:p w14:paraId="6D63C5B1" w14:textId="77777777" w:rsidR="002704C1" w:rsidRDefault="002704C1" w:rsidP="00724AD4">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="426"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00F627BD" w:rsidRPr="00724AD4" w:rsidRDefault="00F627BD" w:rsidP="00724AD4">
+          <w:p w14:paraId="27A4103D" w14:textId="77777777" w:rsidR="00F627BD" w:rsidRPr="00724AD4" w:rsidRDefault="00F627BD" w:rsidP="00724AD4">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="426"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00724AD4" w:rsidRPr="00724AD4" w:rsidRDefault="00724AD4" w:rsidP="00724AD4">
+          <w:p w14:paraId="5C0FAE3A" w14:textId="77777777" w:rsidR="00724AD4" w:rsidRPr="00724AD4" w:rsidRDefault="00724AD4" w:rsidP="00724AD4">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="426"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AF683A" w:rsidRPr="00490168" w:rsidTr="009553A5">
+      <w:tr w:rsidR="00AF683A" w:rsidRPr="00490168" w14:paraId="4F076BA0" w14:textId="77777777" w:rsidTr="009553A5">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9356" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
           </w:tcPr>
-          <w:p w:rsidR="00AF683A" w:rsidRPr="005119CE" w:rsidRDefault="009553A5" w:rsidP="006F0692">
+          <w:p w14:paraId="56B3E93B" w14:textId="77777777" w:rsidR="00AF683A" w:rsidRPr="005119CE" w:rsidRDefault="009553A5" w:rsidP="006F0692">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-GB" w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-GB" w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
             <w:r w:rsidR="00AF683A">
@@ -2007,151 +2002,149 @@
             </w:r>
             <w:r w:rsidR="00490168">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-GB" w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="006F0692">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-GB" w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>Invitatation to main application</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AF683A" w:rsidRPr="00FD0BF3" w:rsidTr="009553A5">
+      <w:tr w:rsidR="00AF683A" w:rsidRPr="00FD0BF3" w14:paraId="7CB7424F" w14:textId="77777777" w:rsidTr="009553A5">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="1070"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3403" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00AF683A" w:rsidRPr="00545DEC" w:rsidRDefault="0006647B" w:rsidP="00382B97">
+          <w:p w14:paraId="6AB8C83E" w14:textId="77777777" w:rsidR="00AF683A" w:rsidRPr="00545DEC" w:rsidRDefault="0006647B" w:rsidP="00382B97">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="426"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>Invited to submit full</w:t>
             </w:r>
-            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-            <w:bookmarkEnd w:id="0"/>
             <w:r w:rsidR="00490168">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t xml:space="preserve"> application to LifeGene</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00AF683A" w:rsidRPr="00724AD4" w:rsidRDefault="00AF683A" w:rsidP="00382B97">
+          <w:p w14:paraId="4DE6DAAC" w14:textId="77777777" w:rsidR="00AF683A" w:rsidRPr="00724AD4" w:rsidRDefault="00AF683A" w:rsidP="00382B97">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="426"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00AF683A" w:rsidRPr="00724AD4" w:rsidRDefault="00AF683A" w:rsidP="00FD0BF3">
+          <w:p w14:paraId="2C5FE4C2" w14:textId="77777777" w:rsidR="00AF683A" w:rsidRPr="00724AD4" w:rsidRDefault="00AF683A" w:rsidP="00FD0BF3">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="426"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00724AD4">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:drawing>
-                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3B781FA4" wp14:editId="0A62AE53">
+                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="59BD56A5" wp14:editId="4FB1CBB6">
                   <wp:extent cx="152400" cy="128270"/>
                   <wp:effectExtent l="0" t="0" r="0" b="5080"/>
                   <wp:docPr id="1" name="Picture 1"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="Picture 2"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId8">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect/>
                           <a:stretch>
@@ -2183,51 +2176,51 @@
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t xml:space="preserve">Yes              </w:t>
             </w:r>
             <w:r w:rsidR="00490168" w:rsidRPr="00724AD4">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:drawing>
-                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="06C64E2B" wp14:editId="00B17AF3">
+                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="72E0E1CD" wp14:editId="384369C3">
                   <wp:extent cx="152400" cy="128270"/>
                   <wp:effectExtent l="0" t="0" r="0" b="5080"/>
                   <wp:docPr id="10" name="Picture 10"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="Picture 2"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId8">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect/>
                           <a:stretch>
@@ -2271,556 +2264,559 @@
               <w:t xml:space="preserve">  (see </w:t>
             </w:r>
             <w:r w:rsidR="005F5750">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>reason)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5953" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00AF683A" w:rsidRPr="00724AD4" w:rsidRDefault="008E1FCD" w:rsidP="00382B97">
+          <w:p w14:paraId="75D7AC02" w14:textId="77777777" w:rsidR="00AF683A" w:rsidRPr="00724AD4" w:rsidRDefault="008E1FCD" w:rsidP="00382B97">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="426"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>Reason</w:t>
             </w:r>
             <w:r w:rsidR="009553A5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t xml:space="preserve"> for declining the application</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00AF683A" w:rsidRDefault="00AF683A" w:rsidP="00382B97">
+          <w:p w14:paraId="6DEEB824" w14:textId="77777777" w:rsidR="00AF683A" w:rsidRDefault="00AF683A" w:rsidP="00382B97">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="426"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00AF683A" w:rsidRDefault="00AF683A" w:rsidP="00382B97">
+          <w:p w14:paraId="7A1B412C" w14:textId="77777777" w:rsidR="00AF683A" w:rsidRDefault="00AF683A" w:rsidP="00382B97">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="426"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00F627BD" w:rsidRPr="00724AD4" w:rsidRDefault="00F627BD" w:rsidP="00382B97">
+          <w:p w14:paraId="02A03E2F" w14:textId="77777777" w:rsidR="00F627BD" w:rsidRPr="00724AD4" w:rsidRDefault="00F627BD" w:rsidP="00382B97">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="426"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00AF683A" w:rsidRPr="00724AD4" w:rsidRDefault="00AF683A" w:rsidP="00382B97">
+          <w:p w14:paraId="587E34AA" w14:textId="77777777" w:rsidR="00AF683A" w:rsidRPr="00724AD4" w:rsidRDefault="00AF683A" w:rsidP="00382B97">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="426"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AF683A" w:rsidTr="009553A5">
+      <w:tr w:rsidR="00AF683A" w14:paraId="7E128466" w14:textId="77777777" w:rsidTr="009553A5">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4680" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00AF683A" w:rsidRPr="00545DEC" w:rsidRDefault="00BB58F0" w:rsidP="00382B97">
+          <w:p w14:paraId="1D77DEC4" w14:textId="77777777" w:rsidR="00AF683A" w:rsidRPr="00545DEC" w:rsidRDefault="00BB58F0" w:rsidP="00382B97">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="426"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t xml:space="preserve">Date and </w:t>
             </w:r>
             <w:r w:rsidR="00490168">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>Signature, Chief Executive Officer</w:t>
             </w:r>
             <w:r w:rsidR="00490168" w:rsidRPr="00724AD4">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t xml:space="preserve"> of LifeGene</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00AF683A" w:rsidRDefault="00AF683A" w:rsidP="00382B97">
+          <w:p w14:paraId="1AA9C7AB" w14:textId="77777777" w:rsidR="00AF683A" w:rsidRDefault="00AF683A" w:rsidP="00382B97">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="426"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="0006647B" w:rsidRDefault="0006647B" w:rsidP="00382B97">
+          <w:p w14:paraId="7E5DA304" w14:textId="77777777" w:rsidR="0006647B" w:rsidRDefault="0006647B" w:rsidP="00382B97">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="426"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="0006647B" w:rsidRPr="00724AD4" w:rsidRDefault="0006647B" w:rsidP="00382B97">
+          <w:p w14:paraId="6943BD9F" w14:textId="77777777" w:rsidR="0006647B" w:rsidRPr="00724AD4" w:rsidRDefault="0006647B" w:rsidP="00382B97">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="426"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00AF683A" w:rsidRPr="00724AD4" w:rsidRDefault="00AF683A" w:rsidP="00382B97">
+          <w:p w14:paraId="66CE6FA0" w14:textId="77777777" w:rsidR="00AF683A" w:rsidRPr="00724AD4" w:rsidRDefault="00AF683A" w:rsidP="00382B97">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="426"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00AF683A" w:rsidRPr="00724AD4" w:rsidRDefault="00AF683A" w:rsidP="00382B97">
+          <w:p w14:paraId="189D386D" w14:textId="77777777" w:rsidR="00AF683A" w:rsidRPr="00724AD4" w:rsidRDefault="00AF683A" w:rsidP="00382B97">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="426"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4676" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00AF683A" w:rsidRPr="00724AD4" w:rsidRDefault="00AF683A" w:rsidP="00382B97">
+          <w:p w14:paraId="628A6545" w14:textId="77777777" w:rsidR="00AF683A" w:rsidRPr="00724AD4" w:rsidRDefault="00AF683A" w:rsidP="00382B97">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="426"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>N</w:t>
             </w:r>
             <w:r w:rsidRPr="00724AD4">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="sv-SE"/>
               </w:rPr>
               <w:t>ame, printed clearly</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00AF683A" w:rsidRPr="00724AD4" w:rsidRDefault="00AF683A" w:rsidP="00382B97">
+          <w:p w14:paraId="725BE054" w14:textId="77777777" w:rsidR="00AF683A" w:rsidRPr="00724AD4" w:rsidRDefault="00AF683A" w:rsidP="00382B97">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="426"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00AF683A" w:rsidRPr="00724AD4" w:rsidRDefault="00AF683A" w:rsidP="00382B97">
+          <w:p w14:paraId="49B9F5AB" w14:textId="77777777" w:rsidR="00AF683A" w:rsidRPr="00724AD4" w:rsidRDefault="00AF683A" w:rsidP="00382B97">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="426"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="sv-SE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="008176BE" w:rsidRDefault="008176BE" w:rsidP="000F382F">
+    <w:p w14:paraId="276E30BF" w14:textId="77777777" w:rsidR="008176BE" w:rsidRDefault="008176BE" w:rsidP="000F382F">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="003D5AA3" w:rsidRDefault="003D5AA3" w:rsidP="000F382F">
+    <w:p w14:paraId="4950D43F" w14:textId="77777777" w:rsidR="003D5AA3" w:rsidRDefault="003D5AA3" w:rsidP="000F382F">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="003D5AA3" w:rsidRPr="005119CE" w:rsidRDefault="003D5AA3" w:rsidP="000F382F">
+    <w:p w14:paraId="3CEB4BF4" w14:textId="205F2D45" w:rsidR="003D5AA3" w:rsidRPr="005119CE" w:rsidRDefault="003D5AA3" w:rsidP="000F382F">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Please, sign, scan and send by email to </w:t>
       </w:r>
       <w:hyperlink r:id="rId9" w:history="1">
-        <w:r w:rsidRPr="00344D42">
+        <w:r w:rsidR="00361813" w:rsidRPr="004505AB">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Hyperlnk"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
-          <w:t>application@lifegene.se</w:t>
+          <w:t>lifegene@meb.ki.se</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
+      <w:r w:rsidR="00361813">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="003D5AA3" w:rsidRPr="005119CE">
       <w:headerReference w:type="default" r:id="rId10"/>
       <w:footerReference w:type="default" r:id="rId11"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="567" w:right="1418" w:bottom="323" w:left="1418" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="709"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00A95D68" w:rsidRDefault="00A95D68" w:rsidP="004A5EB5">
+    <w:p w14:paraId="091615B0" w14:textId="77777777" w:rsidR="00A95D68" w:rsidRDefault="00A95D68" w:rsidP="004A5EB5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00A95D68" w:rsidRDefault="00A95D68" w:rsidP="004A5EB5">
+    <w:p w14:paraId="5F909CD5" w14:textId="77777777" w:rsidR="00A95D68" w:rsidRDefault="00A95D68" w:rsidP="004A5EB5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
+    <w:altName w:val="Times New Roman PSMT"/>
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="SimSun">
     <w:altName w:val="宋体"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000003" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
+    <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-1374452579"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:id w:val="-1769616900"/>
           <w:docPartObj>
             <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
             <w:docPartUnique/>
           </w:docPartObj>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
-          <w:p w:rsidR="00767A52" w:rsidRPr="00767A52" w:rsidRDefault="00767A52" w:rsidP="00767A52">
-[...1 lines deleted...]
-              <w:pStyle w:val="Footer"/>
+          <w:p w14:paraId="60DBC109" w14:textId="77777777" w:rsidR="00767A52" w:rsidRPr="00361813" w:rsidRDefault="00767A52" w:rsidP="00767A52">
+            <w:pPr>
+              <w:pStyle w:val="Sidfot"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00767A52">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>LifeGene</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00767A52">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> Letter of intent</w:t>
             </w:r>
             <w:r w:rsidRPr="00767A52">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
@@ -2923,184 +2919,175 @@
             <w:r w:rsidR="0006647B">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidRPr="00767A52">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:sdtContent>
       </w:sdt>
     </w:sdtContent>
   </w:sdt>
-  <w:p w:rsidR="00767A52" w:rsidRPr="00767A52" w:rsidRDefault="00767A52" w:rsidP="00767A52">
+  <w:p w14:paraId="69895EDE" w14:textId="77777777" w:rsidR="00767A52" w:rsidRPr="00767A52" w:rsidRDefault="00767A52" w:rsidP="00767A52">
     <w:pPr>
-      <w:pStyle w:val="Footer"/>
+      <w:pStyle w:val="Sidfot"/>
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00767A52">
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
-      <w:t xml:space="preserve">Version </w:t>
+      <w:t>Version 20171219</w:t>
     </w:r>
-    <w:proofErr w:type="gramStart"/>
-[...7 lines deleted...]
-    <w:proofErr w:type="gramEnd"/>
   </w:p>
-  <w:p w:rsidR="00F12C10" w:rsidRPr="00627A5C" w:rsidRDefault="00F12C10">
+  <w:p w14:paraId="56095A5E" w14:textId="77777777" w:rsidR="00F12C10" w:rsidRPr="00627A5C" w:rsidRDefault="00F12C10">
     <w:pPr>
-      <w:pStyle w:val="Footer"/>
+      <w:pStyle w:val="Sidfot"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00A95D68" w:rsidRDefault="00A95D68" w:rsidP="004A5EB5">
+    <w:p w14:paraId="0003E618" w14:textId="77777777" w:rsidR="00A95D68" w:rsidRDefault="00A95D68" w:rsidP="004A5EB5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00A95D68" w:rsidRDefault="00A95D68" w:rsidP="004A5EB5">
+    <w:p w14:paraId="59FA3844" w14:textId="77777777" w:rsidR="00A95D68" w:rsidRDefault="00A95D68" w:rsidP="004A5EB5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w:rsidR="00767A52" w:rsidRDefault="00767A52">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="54384A5F" w14:textId="77777777" w:rsidR="00767A52" w:rsidRDefault="00767A52">
     <w:pPr>
-      <w:pStyle w:val="Header"/>
+      <w:pStyle w:val="Sidhuvud"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:val="en-US"/>
       </w:rPr>
       <w:drawing>
-        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="688C5A51" wp14:editId="6B71C8BD">
+        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="53EFB540" wp14:editId="2E092B7F">
           <wp:extent cx="1440180" cy="403860"/>
           <wp:effectExtent l="19050" t="0" r="7620" b="0"/>
           <wp:docPr id="2" name="Picture 2" descr="LifeGeneLogo"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="0" name="Picture 1" descr="LifeGeneLogo"/>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                   </pic:cNvPicPr>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1"/>
                   <a:srcRect/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="1440180" cy="403860"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln w="9525">
                     <a:noFill/>
                     <a:miter lim="800000"/>
                     <a:headEnd/>
                     <a:tailEnd/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
-  <w:p w:rsidR="00767A52" w:rsidRDefault="00767A52">
+  <w:p w14:paraId="0E89F5F5" w14:textId="77777777" w:rsidR="00767A52" w:rsidRDefault="00767A52">
     <w:pPr>
-      <w:pStyle w:val="Header"/>
+      <w:pStyle w:val="Sidhuvud"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2C240ACA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="63A2D784"/>
     <w:lvl w:ilvl="0" w:tplc="041D000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="78EA186C">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -3198,114 +3185,116 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="618990836">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="6145"/>
+    <o:shapedefaults v:ext="edit" spidmax="8193"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="005119CE"/>
     <w:rsid w:val="00001D12"/>
     <w:rsid w:val="0001088B"/>
     <w:rsid w:val="000138F3"/>
     <w:rsid w:val="0006647B"/>
     <w:rsid w:val="00070A26"/>
     <w:rsid w:val="000815C4"/>
     <w:rsid w:val="000955FF"/>
     <w:rsid w:val="000B6497"/>
     <w:rsid w:val="000B6844"/>
     <w:rsid w:val="000E5C8A"/>
     <w:rsid w:val="000F382F"/>
     <w:rsid w:val="000F77C3"/>
     <w:rsid w:val="00121309"/>
     <w:rsid w:val="00132598"/>
     <w:rsid w:val="00153CA9"/>
     <w:rsid w:val="00185BF1"/>
     <w:rsid w:val="00187FFA"/>
     <w:rsid w:val="001F08E7"/>
     <w:rsid w:val="00233C03"/>
     <w:rsid w:val="0023575A"/>
     <w:rsid w:val="00244EA4"/>
     <w:rsid w:val="002701B8"/>
     <w:rsid w:val="002704C1"/>
     <w:rsid w:val="00290F12"/>
     <w:rsid w:val="002B39D2"/>
     <w:rsid w:val="002D7DB8"/>
     <w:rsid w:val="002F17C0"/>
     <w:rsid w:val="002F4077"/>
     <w:rsid w:val="00337761"/>
     <w:rsid w:val="003415A2"/>
     <w:rsid w:val="00345E90"/>
+    <w:rsid w:val="00361813"/>
     <w:rsid w:val="00370C71"/>
     <w:rsid w:val="00374EFC"/>
     <w:rsid w:val="00382B97"/>
     <w:rsid w:val="003B1B74"/>
     <w:rsid w:val="003D2584"/>
     <w:rsid w:val="003D5AA3"/>
     <w:rsid w:val="003E1556"/>
     <w:rsid w:val="003E7012"/>
     <w:rsid w:val="00407E56"/>
     <w:rsid w:val="00423B08"/>
     <w:rsid w:val="0046281E"/>
     <w:rsid w:val="00481CE5"/>
     <w:rsid w:val="004829E4"/>
     <w:rsid w:val="00490168"/>
     <w:rsid w:val="004A5EB5"/>
     <w:rsid w:val="004A779F"/>
     <w:rsid w:val="004E2276"/>
     <w:rsid w:val="004F08C7"/>
     <w:rsid w:val="005119CE"/>
     <w:rsid w:val="00542DB5"/>
     <w:rsid w:val="00545DEC"/>
     <w:rsid w:val="00554E37"/>
     <w:rsid w:val="005B000C"/>
     <w:rsid w:val="005F5750"/>
     <w:rsid w:val="00603789"/>
@@ -3321,156 +3310,158 @@
     <w:rsid w:val="007035AB"/>
     <w:rsid w:val="00713BDD"/>
     <w:rsid w:val="00722C7F"/>
     <w:rsid w:val="00724AD4"/>
     <w:rsid w:val="00751D06"/>
     <w:rsid w:val="00754B6B"/>
     <w:rsid w:val="00757FDE"/>
     <w:rsid w:val="00767A52"/>
     <w:rsid w:val="00782ACF"/>
     <w:rsid w:val="007F4440"/>
     <w:rsid w:val="00812E19"/>
     <w:rsid w:val="008176BE"/>
     <w:rsid w:val="0084394E"/>
     <w:rsid w:val="008771B2"/>
     <w:rsid w:val="008930AF"/>
     <w:rsid w:val="008966DD"/>
     <w:rsid w:val="008A4728"/>
     <w:rsid w:val="008E1FCD"/>
     <w:rsid w:val="008F5219"/>
     <w:rsid w:val="0090716B"/>
     <w:rsid w:val="00915DCD"/>
     <w:rsid w:val="009553A5"/>
     <w:rsid w:val="00960214"/>
     <w:rsid w:val="00967377"/>
     <w:rsid w:val="00997476"/>
+    <w:rsid w:val="009D52A4"/>
     <w:rsid w:val="009D669B"/>
     <w:rsid w:val="009E3A55"/>
     <w:rsid w:val="009E61E8"/>
     <w:rsid w:val="009E766C"/>
     <w:rsid w:val="00A11F59"/>
     <w:rsid w:val="00A128EB"/>
     <w:rsid w:val="00A643DE"/>
     <w:rsid w:val="00A758A8"/>
     <w:rsid w:val="00A9265B"/>
     <w:rsid w:val="00A95D68"/>
     <w:rsid w:val="00AB3872"/>
     <w:rsid w:val="00AC7103"/>
     <w:rsid w:val="00AD6E73"/>
     <w:rsid w:val="00AF1E8A"/>
     <w:rsid w:val="00AF683A"/>
     <w:rsid w:val="00B15805"/>
     <w:rsid w:val="00B15BDB"/>
     <w:rsid w:val="00B52121"/>
     <w:rsid w:val="00B52FD7"/>
     <w:rsid w:val="00B65E33"/>
     <w:rsid w:val="00B876E1"/>
     <w:rsid w:val="00BB58F0"/>
     <w:rsid w:val="00BD5F15"/>
     <w:rsid w:val="00BD7207"/>
     <w:rsid w:val="00BF7A70"/>
     <w:rsid w:val="00C24FEE"/>
     <w:rsid w:val="00C828B2"/>
     <w:rsid w:val="00CA65DE"/>
     <w:rsid w:val="00CB5F9C"/>
     <w:rsid w:val="00CC0806"/>
     <w:rsid w:val="00CD1B34"/>
     <w:rsid w:val="00CD7B39"/>
     <w:rsid w:val="00CE21F1"/>
     <w:rsid w:val="00CF10F5"/>
     <w:rsid w:val="00D05ADB"/>
     <w:rsid w:val="00D05CBD"/>
     <w:rsid w:val="00D26821"/>
     <w:rsid w:val="00D32352"/>
     <w:rsid w:val="00D632BB"/>
     <w:rsid w:val="00D67D91"/>
     <w:rsid w:val="00D763F4"/>
     <w:rsid w:val="00D800C0"/>
     <w:rsid w:val="00D9750E"/>
     <w:rsid w:val="00DB05C8"/>
     <w:rsid w:val="00DC7136"/>
     <w:rsid w:val="00DE3AFE"/>
     <w:rsid w:val="00E54B72"/>
     <w:rsid w:val="00E73CC5"/>
+    <w:rsid w:val="00E752D2"/>
     <w:rsid w:val="00E9069C"/>
     <w:rsid w:val="00EE3DA8"/>
     <w:rsid w:val="00F018EB"/>
     <w:rsid w:val="00F12C10"/>
     <w:rsid w:val="00F31E57"/>
     <w:rsid w:val="00F405A3"/>
     <w:rsid w:val="00F627BD"/>
     <w:rsid w:val="00F87C08"/>
     <w:rsid w:val="00FA4286"/>
     <w:rsid w:val="00FD0BF3"/>
     <w:rsid w:val="00FF4B17"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="sv-SE"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="6145"/>
+    <o:shapedefaults v:ext="edit" spidmax="8193"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="61B5051B"/>
+  <w14:docId w14:val="2EFC758E"/>
   <w15:docId w15:val="{F47BE8B4-951C-4737-962C-D1308FFC8C70}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="sv-SE" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -3798,731 +3789,212 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
+  <w:style w:type="character" w:default="1" w:styleId="Standardstycketeckensnitt">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
+  <w:style w:type="table" w:default="1" w:styleId="Normaltabell">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
+  <w:style w:type="numbering" w:default="1" w:styleId="Ingenlista">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="BalloonText">
+  <w:style w:type="paragraph" w:styleId="Ballongtext">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="BalloonTextChar"/>
+    <w:link w:val="BallongtextChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="000F77C3"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
-[...2 lines deleted...]
-    <w:link w:val="BalloonText"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BallongtextChar">
+    <w:name w:val="Ballongtext Char"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:link w:val="Ballongtext"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="000F77C3"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="ListParagraph">
+  <w:style w:type="paragraph" w:styleId="Liststycke">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="000F77C3"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Header">
+  <w:style w:type="paragraph" w:styleId="Sidhuvud">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="HeaderChar"/>
+    <w:link w:val="SidhuvudChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="004A5EB5"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
-[...2 lines deleted...]
-    <w:link w:val="Header"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="SidhuvudChar">
+    <w:name w:val="Sidhuvud Char"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:link w:val="Sidhuvud"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="004A5EB5"/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Footer">
+  <w:style w:type="paragraph" w:styleId="Sidfot">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="FooterChar"/>
+    <w:link w:val="SidfotChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="004A5EB5"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
-[...2 lines deleted...]
-    <w:link w:val="Footer"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="SidfotChar">
+    <w:name w:val="Sidfot Char"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:link w:val="Sidfot"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="004A5EB5"/>
   </w:style>
-  <w:style w:type="character" w:styleId="Hyperlink">
+  <w:style w:type="character" w:styleId="Hyperlnk">
     <w:name w:val="Hyperlink"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="003D5AA3"/>
     <w:rPr>
       <w:color w:val="0000FF" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:styleId="Olstomnmnande">
+    <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00361813"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:application@lifegene.se" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lifegene@meb.ki.se" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/></Relationships>
-</file>
-[...534 lines deleted...]
-</w:webSettings>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -4784,76 +4256,76 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{656F02A2-DA86-49B2-AF6B-CB3D5BD308BE}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>182</Words>
-  <Characters>1038</Characters>
+  <Words>163</Words>
+  <Characters>1045</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>8</Lines>
-  <Paragraphs>2</Paragraphs>
+  <Lines>23</Lines>
+  <Paragraphs>7</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Rubrik</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr/>
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>MEB</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1218</CharactersWithSpaces>
+  <CharactersWithSpaces>1201</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Thomas Bergman</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>