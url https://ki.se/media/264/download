--- v0 (2025-10-14)
+++ v1 (2025-11-03)
@@ -5,51 +5,51 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="8568" w:type="dxa"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3793"/>
         <w:gridCol w:w="4775"/>
       </w:tblGrid>
       <w:tr w:rsidR="00D738A2" w:rsidRPr="00E74DC2" w14:paraId="14FA76A2" w14:textId="77777777" w:rsidTr="004E7D3A">
         <w:trPr>
           <w:trHeight w:val="1285"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3793" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="68C949BF" w14:textId="6A5CE833" w:rsidR="0038441A" w:rsidRPr="00E74DC2" w:rsidRDefault="000D2441" w:rsidP="0038441A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
               </w:rPr>
@@ -71,50 +71,52 @@
               <w:t>Institutionen för kliniska vetenskaper, Danderyds sjukhus</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0D1F069F" w14:textId="77777777" w:rsidR="00B3247F" w:rsidRPr="00E74DC2" w:rsidRDefault="00B3247F" w:rsidP="00D738A2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4775" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7A4DC7E4" w14:textId="77777777" w:rsidR="00D738A2" w:rsidRPr="00E74DC2" w:rsidRDefault="00D738A2" w:rsidP="00057050">
             <w:pPr>
               <w:rPr>
                 <w:noProof/>
                 <w:highlight w:val="darkMagenta"/>
               </w:rPr>
             </w:pPr>
+            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="0"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="61CD5026" w14:textId="429BC768" w:rsidR="00345D5B" w:rsidRDefault="00345D5B" w:rsidP="00345D5B">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00430C47">
         <w:rPr>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Angående inrättande av doktorandplats</w:t>
       </w:r>
       <w:r w:rsidRPr="00430C47">
         <w:rPr>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="00430C47">
@@ -134,113 +136,96 @@
       <w:r w:rsidRPr="00430C47">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">-grupp/USV-enhet </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1C88B546" w14:textId="77777777" w:rsidR="0018444F" w:rsidRPr="00611947" w:rsidRDefault="0018444F" w:rsidP="00345D5B">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="439EEE62" w14:textId="77777777" w:rsidR="00345D5B" w:rsidRPr="00611947" w:rsidRDefault="00345D5B" w:rsidP="00345D5B">
       <w:r w:rsidRPr="00611947">
         <w:rPr>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>NN</w:t>
       </w:r>
       <w:r w:rsidRPr="00611947">
         <w:t xml:space="preserve"> ansöker om doktorandplats vid Karolinska Institutet, Institutionen för kliniska vetenskaper, Danderyds sjukhus (KI DS). </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="432C0908" w14:textId="70E2409B" w:rsidR="00345D5B" w:rsidRPr="00F76B31" w:rsidRDefault="00345D5B" w:rsidP="00345D5B">
+    <w:p w14:paraId="0B63532C" w14:textId="4CE45293" w:rsidR="00345D5B" w:rsidRDefault="00345D5B" w:rsidP="00345D5B">
       <w:r w:rsidRPr="00611947">
         <w:t xml:space="preserve">Ansökan tillstyrks, och ekonomiskt stöd för sökande kommer att utgå enligt bilagd finansieringsplan. </w:t>
       </w:r>
+      <w:r w:rsidR="00455991">
+        <w:br/>
+      </w:r>
       <w:r w:rsidR="000D2441">
         <w:br/>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...18 lines deleted...]
-      <w:r>
+      <w:r w:rsidR="00611947">
         <w:rPr>
           <w:color w:val="232323"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">Senast </w:t>
       </w:r>
-      <w:r w:rsidRPr="00F76B31">
+      <w:r w:rsidR="00611947" w:rsidRPr="00F76B31">
         <w:rPr>
           <w:color w:val="232323"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>i</w:t>
       </w:r>
       <w:r w:rsidR="001B0CFF" w:rsidRPr="00F76B31">
         <w:t>nom 2</w:t>
       </w:r>
-      <w:r w:rsidR="00345D5B" w:rsidRPr="00F76B31">
+      <w:r w:rsidRPr="00F76B31">
         <w:t xml:space="preserve"> månader från antagning k</w:t>
       </w:r>
-      <w:r w:rsidR="00345D5B" w:rsidRPr="00611947">
+      <w:r w:rsidRPr="00611947">
         <w:t xml:space="preserve">ommer vi att arrangera ett s.k. ISP-seminarium (seminarium som presenterar sökandes forskningsprojekt inklusive Individuell Studieplan). </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="01E49AC4" w14:textId="32D57950" w:rsidR="00345D5B" w:rsidRPr="00430C47" w:rsidRDefault="000D2441" w:rsidP="00345D5B">
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00345D5B" w:rsidRPr="00430C47">
         <w:t xml:space="preserve">För USV enheten, Stockholm </w:t>
       </w:r>
       <w:r w:rsidR="00345D5B" w:rsidRPr="00F76B31">
         <w:t>20XX-XX-XX</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3A12002F" w14:textId="77777777" w:rsidR="00345D5B" w:rsidRDefault="00345D5B" w:rsidP="00345D5B"/>
-    <w:p w14:paraId="5F9DE0A5" w14:textId="77777777" w:rsidR="0018444F" w:rsidRPr="00430C47" w:rsidRDefault="0018444F" w:rsidP="00345D5B"/>
     <w:p w14:paraId="46BFF50E" w14:textId="77777777" w:rsidR="00345D5B" w:rsidRDefault="00345D5B" w:rsidP="00345D5B">
       <w:r w:rsidRPr="00430C47">
         <w:t xml:space="preserve">Ordförande </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00430C47">
         <w:t>FoUU</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00430C47">
         <w:t xml:space="preserve"> gruppen el motsv</w:t>
       </w:r>
       <w:r w:rsidR="00DD1D0B">
         <w:t>arande</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4D28EF21" w14:textId="77777777" w:rsidR="00DD1D0B" w:rsidRDefault="00DD1D0B" w:rsidP="00345D5B"/>
     <w:p w14:paraId="366AA50C" w14:textId="77777777" w:rsidR="00DD1D0B" w:rsidRPr="00430C47" w:rsidRDefault="00DD1D0B" w:rsidP="00345D5B"/>
     <w:p w14:paraId="344A91F4" w14:textId="77777777" w:rsidR="00345D5B" w:rsidRPr="00430C47" w:rsidRDefault="00345D5B" w:rsidP="00345D5B">
       <w:r w:rsidRPr="00430C47">
         <w:t>Namnförtydligande</w:t>
       </w:r>
       <w:r w:rsidR="00C7385F">
         <w:t>:</w:t>
       </w:r>
@@ -422,131 +407,131 @@
       <w:r>
         <w:t>Lärarrepresentant från institutionen närvarar - kommunicera tid för ISP-seminarium med institutionen</w:t>
       </w:r>
       <w:r w:rsidR="00430B1B">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00430C47">
         <w:br/>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="004E7D3A" w:rsidSect="004E7D3A">
       <w:headerReference w:type="default" r:id="rId7"/>
       <w:headerReference w:type="first" r:id="rId8"/>
       <w:footerReference w:type="first" r:id="rId9"/>
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="1701" w:right="1418" w:bottom="1134" w:left="2552" w:header="680" w:footer="567" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="033DDCE9" w14:textId="77777777" w:rsidR="00D63FC1" w:rsidRDefault="00D63FC1">
+    <w:p w14:paraId="1F618B89" w14:textId="77777777" w:rsidR="00180383" w:rsidRDefault="00180383">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="66B025DE" w14:textId="77777777" w:rsidR="00D63FC1" w:rsidRDefault="00D63FC1">
+    <w:p w14:paraId="45A080B3" w14:textId="77777777" w:rsidR="00180383" w:rsidRDefault="00180383">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:p w14:paraId="79D7CB10" w14:textId="77777777" w:rsidR="00F2517F" w:rsidRPr="007516BA" w:rsidRDefault="00F2517F" w:rsidP="00F2517F">
     <w:pPr>
       <w:pBdr>
         <w:bottom w:val="single" w:sz="2" w:space="1" w:color="auto"/>
       </w:pBdr>
       <w:ind w:left="-180" w:right="-1064"/>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="66962AC8" w14:textId="77777777" w:rsidR="00F2517F" w:rsidRPr="007516BA" w:rsidRDefault="00F2517F" w:rsidP="00F2517F"/>
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="9190" w:type="dxa"/>
       <w:tblLayout w:type="fixed"/>
       <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="2275"/>
       <w:gridCol w:w="1535"/>
       <w:gridCol w:w="1876"/>
       <w:gridCol w:w="1911"/>
       <w:gridCol w:w="1593"/>
     </w:tblGrid>
     <w:tr w:rsidR="00F2517F" w:rsidRPr="006572ED" w14:paraId="1EE1B188" w14:textId="77777777" w:rsidTr="006572ED">
       <w:tc>
         <w:tcPr>
@@ -833,70 +818,70 @@
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="1593" w:type="dxa"/>
         </w:tcPr>
         <w:p w14:paraId="5AE6998E" w14:textId="77777777" w:rsidR="00F2517F" w:rsidRPr="006572ED" w:rsidRDefault="00F2517F" w:rsidP="00046832">
           <w:pPr>
             <w:pStyle w:val="Sidfot"/>
             <w:rPr>
               <w:rFonts w:cs="Arial"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p w14:paraId="4C77C4C0" w14:textId="77777777" w:rsidR="00D344FD" w:rsidRDefault="00D344FD">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="7F6F8BB9" w14:textId="77777777" w:rsidR="00D63FC1" w:rsidRDefault="00D63FC1">
+    <w:p w14:paraId="6B6FD5B1" w14:textId="77777777" w:rsidR="00180383" w:rsidRDefault="00180383">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="22C1982F" w14:textId="77777777" w:rsidR="00D63FC1" w:rsidRDefault="00D63FC1">
+    <w:p w14:paraId="2BAE7A34" w14:textId="77777777" w:rsidR="00180383" w:rsidRDefault="00180383">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="10094" w:type="dxa"/>
       <w:tblInd w:w="-1588" w:type="dxa"/>
       <w:tblLayout w:type="fixed"/>
       <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="5387"/>
       <w:gridCol w:w="3856"/>
       <w:gridCol w:w="851"/>
     </w:tblGrid>
     <w:tr w:rsidR="00C77DF5" w:rsidRPr="00B56273" w14:paraId="17300095" w14:textId="77777777" w:rsidTr="006572ED">
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="5387" w:type="dxa"/>
           <w:vMerge w:val="restart"/>
         </w:tcPr>
         <w:p w14:paraId="2AB8BE26" w14:textId="77777777" w:rsidR="00C77DF5" w:rsidRPr="00B56273" w:rsidRDefault="00430C47" w:rsidP="00AB07EC">
           <w:pPr>
             <w:pStyle w:val="Sidhuvud"/>
           </w:pPr>
           <w:r w:rsidRPr="00B56273">
             <w:rPr>
               <w:lang w:bidi="he-IL"/>
@@ -1325,51 +1310,51 @@
               <w:rStyle w:val="Sidnummer"/>
               <w:rFonts w:cs="Arial"/>
             </w:rPr>
             <w:t>2</w:t>
           </w:r>
           <w:r w:rsidRPr="006572ED">
             <w:rPr>
               <w:rStyle w:val="Sidnummer"/>
               <w:rFonts w:cs="Arial"/>
             </w:rPr>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p w14:paraId="261DFE23" w14:textId="77777777" w:rsidR="00C77DF5" w:rsidRPr="007516BA" w:rsidRDefault="00C77DF5">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="10606" w:type="dxa"/>
       <w:tblInd w:w="-1588" w:type="dxa"/>
       <w:tblLayout w:type="fixed"/>
       <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="5387"/>
       <w:gridCol w:w="3856"/>
       <w:gridCol w:w="1363"/>
     </w:tblGrid>
     <w:tr w:rsidR="00F2517F" w:rsidRPr="00B56273" w14:paraId="17FCAE52" w14:textId="77777777" w:rsidTr="006572ED">
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="5387" w:type="dxa"/>
           <w:vMerge w:val="restart"/>
         </w:tcPr>
         <w:p w14:paraId="271C35BA" w14:textId="77777777" w:rsidR="00F2517F" w:rsidRPr="00B56273" w:rsidRDefault="00430C47" w:rsidP="00046832">
           <w:pPr>
             <w:pStyle w:val="Sidhuvud"/>
           </w:pPr>
           <w:r w:rsidRPr="00B56273">
             <w:rPr>
               <w:lang w:bidi="he-IL"/>
@@ -1539,70 +1524,76 @@
           <w:pPr>
             <w:pStyle w:val="Sidhuvud"/>
             <w:rPr>
               <w:rFonts w:cs="Arial"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
     <w:tr w:rsidR="00F2517F" w:rsidRPr="00B56273" w14:paraId="67D7045F" w14:textId="77777777" w:rsidTr="006572ED">
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="5387" w:type="dxa"/>
           <w:vMerge/>
         </w:tcPr>
         <w:p w14:paraId="738466AA" w14:textId="77777777" w:rsidR="00F2517F" w:rsidRPr="00B56273" w:rsidRDefault="00F2517F" w:rsidP="00046832">
           <w:pPr>
             <w:pStyle w:val="Sidhuvud"/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="3856" w:type="dxa"/>
         </w:tcPr>
-        <w:p w14:paraId="5C6189F5" w14:textId="77777777" w:rsidR="00F2517F" w:rsidRDefault="00F2517F" w:rsidP="00046832">
-[...7 lines deleted...]
-        <w:p w14:paraId="3963857D" w14:textId="6D409ED1" w:rsidR="00837C5E" w:rsidRPr="006572ED" w:rsidRDefault="00837C5E" w:rsidP="00046832">
+        <w:p w14:paraId="267BFA1D" w14:textId="77777777" w:rsidR="00837C5E" w:rsidRDefault="00837C5E" w:rsidP="00046832">
+          <w:pPr>
+            <w:pStyle w:val="Sidhuvud"/>
+            <w:rPr>
+              <w:rFonts w:cs="Arial"/>
+            </w:rPr>
+          </w:pPr>
+        </w:p>
+        <w:p w14:paraId="3963857D" w14:textId="4426F98F" w:rsidR="00274785" w:rsidRPr="006572ED" w:rsidRDefault="00274785" w:rsidP="00046832">
           <w:pPr>
             <w:pStyle w:val="Sidhuvud"/>
             <w:rPr>
               <w:rFonts w:cs="Arial"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rFonts w:cs="Arial"/>
             </w:rPr>
-            <w:t>Maj 2024</w:t>
+            <w:t>Oktober 202</w:t>
+          </w:r>
+          <w:r w:rsidR="00D96FCD">
+            <w:rPr>
+              <w:rFonts w:cs="Arial"/>
+            </w:rPr>
+            <w:t>5</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="1363" w:type="dxa"/>
         </w:tcPr>
         <w:p w14:paraId="3A04DE75" w14:textId="77777777" w:rsidR="00F2517F" w:rsidRPr="006572ED" w:rsidRDefault="00F2517F" w:rsidP="00046832">
           <w:pPr>
             <w:pStyle w:val="Sidhuvud"/>
             <w:rPr>
               <w:rFonts w:cs="Arial"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
     <w:tr w:rsidR="00F2517F" w:rsidRPr="00B56273" w14:paraId="02F0EFFD" w14:textId="77777777" w:rsidTr="006572ED">
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="5387" w:type="dxa"/>
           <w:vMerge/>
         </w:tcPr>
         <w:p w14:paraId="3ECF907F" w14:textId="77777777" w:rsidR="00F2517F" w:rsidRPr="00B56273" w:rsidRDefault="00F2517F" w:rsidP="00046832">
           <w:pPr>
@@ -1666,51 +1657,51 @@
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="1363" w:type="dxa"/>
         </w:tcPr>
         <w:p w14:paraId="73E84EC6" w14:textId="77777777" w:rsidR="00F2517F" w:rsidRPr="006572ED" w:rsidRDefault="00F2517F" w:rsidP="00046832">
           <w:pPr>
             <w:pStyle w:val="Sidhuvud"/>
             <w:rPr>
               <w:rFonts w:cs="Arial"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p w14:paraId="050FC451" w14:textId="77777777" w:rsidR="00D344FD" w:rsidRPr="00F2517F" w:rsidRDefault="00D344FD" w:rsidP="00F2517F">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="019612F8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="07301CD8"/>
     <w:lvl w:ilvl="0" w:tplc="041D0003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -2006,268 +1997,275 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="1254977102">
+  <w:num w:numId="1">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="902716103">
+  <w:num w:numId="2">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="1185249530">
+  <w:num w:numId="3">
     <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
-  <w:zoom w:percent="100"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
+  <w:zoom w:percent="120"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="4097"/>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:docVars>
     <w:docVar w:name="stc3_dlg_element¤01" w:val="dialog_¤TemplateDialog"/>
     <w:docVar w:name="stc3_dlg_element¤01¤01" w:val="step_¤&lt;new&gt;"/>
     <w:docVar w:name="stc3_dlg_element¤01¤01¤01" w:val="frame_¤&lt;new&gt;"/>
     <w:docVar w:name="stc3_dlg_element¤01¤01¤01¤01" w:val="pr_¤Profile"/>
     <w:docVar w:name="stc3_dlg_element¤01¤01¤01¤02" w:val="dl_¤DocLanguage"/>
     <w:docVar w:name="stc3_dlg_element¤01¤01¤01¤03" w:val="ds_¤Dokumentnamn"/>
     <w:docVar w:name="stc3_dlg_element¤01¤01¤01¤04" w:val="ds_¤DNR"/>
     <w:docVar w:name="stc3_dlg_element¤01¤01¤01¤05" w:val="ds_¤Datum"/>
     <w:docVar w:name="stc3_dlg_element¤01¤01¤01¤06" w:val="ds_¤Mottagare"/>
     <w:docVar w:name="stc3_dlg_rowcount¤ds_¤DNR" w:val="1"/>
     <w:docVar w:name="stc3_dlg_rowcount¤ds_¤Dokumentnamn" w:val="1"/>
     <w:docVar w:name="stc3_dlg_rowcount¤ds_¤Mottagare" w:val="1"/>
     <w:docVar w:name="stc3_dlg_show_dlg_descr¤dialog_¤TemplateDialog" w:val="False"/>
     <w:docVar w:name="stc3_dlg_show_step_descr¤dialog_¤TemplateDialog" w:val="False"/>
     <w:docVar w:name="stc3_dlg_type¤dl_¤DocLanguage" w:val="9"/>
     <w:docVar w:name="stc3_dlg_type¤ds_¤Datum" w:val="6"/>
     <w:docVar w:name="stc3_dlg_type¤ds_¤DNR" w:val="1"/>
     <w:docVar w:name="stc3_dlg_type¤ds_¤Dokumentnamn" w:val="1"/>
     <w:docVar w:name="stc3_dlg_type¤ds_¤Mottagare" w:val="1"/>
     <w:docVar w:name="stc3_dlg_type¤pr_¤Profile" w:val="10"/>
   </w:docVars>
   <w:rsids>
     <w:rsidRoot w:val="00430C47"/>
     <w:rsid w:val="0002559A"/>
     <w:rsid w:val="00036E63"/>
     <w:rsid w:val="00046832"/>
     <w:rsid w:val="00057050"/>
     <w:rsid w:val="00077AB6"/>
     <w:rsid w:val="000866A4"/>
+    <w:rsid w:val="000876F1"/>
     <w:rsid w:val="000C3026"/>
     <w:rsid w:val="000C63A7"/>
     <w:rsid w:val="000D2441"/>
+    <w:rsid w:val="000E0321"/>
     <w:rsid w:val="00114DC8"/>
     <w:rsid w:val="001663DC"/>
+    <w:rsid w:val="00180383"/>
     <w:rsid w:val="0018444F"/>
     <w:rsid w:val="00190E78"/>
     <w:rsid w:val="001A0713"/>
     <w:rsid w:val="001A4B87"/>
     <w:rsid w:val="001B0CFF"/>
     <w:rsid w:val="001B1713"/>
     <w:rsid w:val="0020259A"/>
     <w:rsid w:val="00211642"/>
     <w:rsid w:val="002211E3"/>
     <w:rsid w:val="0025296C"/>
     <w:rsid w:val="00260F74"/>
+    <w:rsid w:val="0027476E"/>
+    <w:rsid w:val="00274785"/>
     <w:rsid w:val="002B5698"/>
     <w:rsid w:val="00312D7D"/>
     <w:rsid w:val="00313BF9"/>
     <w:rsid w:val="00345D5B"/>
     <w:rsid w:val="0035118E"/>
     <w:rsid w:val="003636E2"/>
     <w:rsid w:val="00363EE8"/>
     <w:rsid w:val="0038441A"/>
     <w:rsid w:val="003A2C70"/>
     <w:rsid w:val="003A3EFD"/>
     <w:rsid w:val="003B705E"/>
     <w:rsid w:val="003C1047"/>
     <w:rsid w:val="003C7C90"/>
     <w:rsid w:val="003D617B"/>
     <w:rsid w:val="004079AC"/>
     <w:rsid w:val="00421BED"/>
     <w:rsid w:val="00430B1B"/>
     <w:rsid w:val="00430C47"/>
     <w:rsid w:val="0043320A"/>
     <w:rsid w:val="00444B24"/>
+    <w:rsid w:val="00455991"/>
     <w:rsid w:val="0047273D"/>
     <w:rsid w:val="00486C3A"/>
     <w:rsid w:val="004C416B"/>
     <w:rsid w:val="004C60FE"/>
     <w:rsid w:val="004C64CF"/>
     <w:rsid w:val="004D70E9"/>
     <w:rsid w:val="004E7D3A"/>
     <w:rsid w:val="004F5992"/>
     <w:rsid w:val="00595A9C"/>
     <w:rsid w:val="005A0D53"/>
     <w:rsid w:val="005E37A8"/>
     <w:rsid w:val="005F2B31"/>
     <w:rsid w:val="00611947"/>
     <w:rsid w:val="00614C86"/>
     <w:rsid w:val="006572ED"/>
     <w:rsid w:val="00683C80"/>
     <w:rsid w:val="006A2BE9"/>
     <w:rsid w:val="00717163"/>
     <w:rsid w:val="00737C71"/>
     <w:rsid w:val="007516BA"/>
     <w:rsid w:val="00766E50"/>
     <w:rsid w:val="007929C1"/>
     <w:rsid w:val="007A73C3"/>
     <w:rsid w:val="007D67DD"/>
     <w:rsid w:val="00837C5E"/>
     <w:rsid w:val="00843E47"/>
     <w:rsid w:val="00887F84"/>
     <w:rsid w:val="008B597A"/>
     <w:rsid w:val="008D56D0"/>
     <w:rsid w:val="009151F6"/>
+    <w:rsid w:val="009864D1"/>
     <w:rsid w:val="00A266C3"/>
     <w:rsid w:val="00A270C9"/>
     <w:rsid w:val="00AB07EC"/>
     <w:rsid w:val="00B06870"/>
     <w:rsid w:val="00B2181E"/>
     <w:rsid w:val="00B3247F"/>
     <w:rsid w:val="00B56273"/>
     <w:rsid w:val="00B94054"/>
     <w:rsid w:val="00BE7011"/>
     <w:rsid w:val="00BF01D7"/>
     <w:rsid w:val="00C0102F"/>
     <w:rsid w:val="00C07890"/>
     <w:rsid w:val="00C4073F"/>
     <w:rsid w:val="00C7385F"/>
     <w:rsid w:val="00C77DF5"/>
     <w:rsid w:val="00C87F27"/>
     <w:rsid w:val="00C9081B"/>
     <w:rsid w:val="00CC0DF7"/>
     <w:rsid w:val="00D12065"/>
     <w:rsid w:val="00D1522F"/>
     <w:rsid w:val="00D344FD"/>
     <w:rsid w:val="00D63FC1"/>
     <w:rsid w:val="00D738A2"/>
+    <w:rsid w:val="00D96FCD"/>
     <w:rsid w:val="00DC3E08"/>
     <w:rsid w:val="00DC798D"/>
     <w:rsid w:val="00DD15E7"/>
     <w:rsid w:val="00DD1D0B"/>
     <w:rsid w:val="00DD3D5A"/>
     <w:rsid w:val="00E0491E"/>
     <w:rsid w:val="00E16C3A"/>
     <w:rsid w:val="00E337FD"/>
     <w:rsid w:val="00E74DC2"/>
     <w:rsid w:val="00ED3868"/>
     <w:rsid w:val="00F07825"/>
     <w:rsid w:val="00F2517F"/>
     <w:rsid w:val="00F310C9"/>
     <w:rsid w:val="00F76B31"/>
     <w:rsid w:val="00FC72DF"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="sv-SE" w:bidi="he-IL"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="4097"/>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="0B4F51CE"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{8816949A-9DF0-4787-8A60-C8EDC9C6E96D}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="sv-SE" w:eastAsia="sv-SE" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="caption" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:qFormat="1"/>
     <w:lsdException w:name="Subtitle" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:qFormat="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -2505,55 +2503,50 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
-    <w:lsdException w:name="Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
-[...3 lines deleted...]
-    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="0047273D"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Standardstycketeckensnitt">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Normaltabell">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
@@ -2638,51 +2631,51 @@
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="004C64CF"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="Stark">
     <w:name w:val="Strong"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="22"/>
     <w:qFormat/>
     <w:rsid w:val="00611947"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:divs>
     <w:div w:id="1288512473">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
@@ -2967,78 +2960,78 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>211</Words>
-  <Characters>1500</Characters>
+  <Words>249</Words>
+  <Characters>1325</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>12</Lines>
+  <Lines>11</Lines>
   <Paragraphs>3</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Rubrik</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1708</CharactersWithSpaces>
+  <CharactersWithSpaces>1571</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Nina Ringart(2mvb)</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="stc3_dl_Dokumentnamn">
     <vt:lpwstr>Dokumentnamn</vt:lpwstr>