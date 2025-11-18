--- v0 (2025-10-03)
+++ v1 (2025-11-18)
@@ -31,87 +31,86 @@
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10031" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="10031"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00D6083A" w:rsidRPr="00213843" w14:paraId="27E68A1F" w14:textId="77777777" w:rsidTr="00021FF1">
+      <w:tr w:rsidR="00D6083A" w:rsidRPr="00CE7B2F" w14:paraId="27E68A1F" w14:textId="77777777" w:rsidTr="00021FF1">
         <w:trPr>
           <w:trHeight w:val="919"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10031" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:tbl>
             <w:tblPr>
               <w:tblW w:w="9776" w:type="dxa"/>
               <w:tblBorders>
                 <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                 <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                 <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                 <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                 <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                 <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               </w:tblBorders>
               <w:tblLayout w:type="fixed"/>
               <w:tblCellMar>
                 <w:left w:w="70" w:type="dxa"/>
                 <w:right w:w="70" w:type="dxa"/>
               </w:tblCellMar>
               <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
             </w:tblPr>
             <w:tblGrid>
               <w:gridCol w:w="9776"/>
             </w:tblGrid>
-            <w:tr w:rsidR="00D6083A" w:rsidRPr="00213843" w14:paraId="79A4E46D" w14:textId="77777777" w:rsidTr="00C6725C">
+            <w:tr w:rsidR="00D6083A" w:rsidRPr="00CE7B2F" w14:paraId="79A4E46D" w14:textId="77777777" w:rsidTr="00C6725C">
               <w:trPr>
                 <w:trHeight w:val="454"/>
                 <w:tblHeader/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="9776" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                   <w:tcMar>
                     <w:bottom w:w="85" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
                 <w:p w14:paraId="380000A3" w14:textId="77777777" w:rsidR="00D6083A" w:rsidRPr="003628C7" w:rsidRDefault="00021FF1" w:rsidP="001F15D0">
                   <w:pPr>
                     <w:keepLines/>
                     <w:ind w:right="72"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                       <w:b/>
                       <w:lang w:val="en-GB"/>
@@ -154,51 +153,50 @@
               </w:tc>
             </w:tr>
           </w:tbl>
           <w:p w14:paraId="45DC1A37" w14:textId="77777777" w:rsidR="00D6083A" w:rsidRPr="00A76603" w:rsidRDefault="00D6083A" w:rsidP="00D6083A">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0053118B" w:rsidRPr="00A76603" w14:paraId="565988E4" w14:textId="77777777" w:rsidTr="00A25B88">
         <w:trPr>
           <w:trHeight w:val="1606"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10031" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="524D8E71" w14:textId="77777777" w:rsidR="003547EA" w:rsidRPr="00A76603" w:rsidRDefault="00890EDC" w:rsidP="00D6083A">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="002F2D17" w:rsidRPr="00A76603">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Applicant</w:t>
             </w:r>
             <w:r w:rsidR="00A873FE" w:rsidRPr="00A76603">
@@ -247,54 +245,54 @@
               </w:tblBorders>
               <w:tblLayout w:type="fixed"/>
               <w:tblCellMar>
                 <w:left w:w="70" w:type="dxa"/>
                 <w:right w:w="70" w:type="dxa"/>
               </w:tblCellMar>
               <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
             </w:tblPr>
             <w:tblGrid>
               <w:gridCol w:w="2263"/>
               <w:gridCol w:w="5245"/>
               <w:gridCol w:w="2270"/>
             </w:tblGrid>
             <w:tr w:rsidR="002C24B4" w:rsidRPr="00A76603" w14:paraId="3FBE1E5F" w14:textId="77777777" w:rsidTr="00482277">
               <w:trPr>
                 <w:trHeight w:val="454"/>
                 <w:tblHeader/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2263" w:type="dxa"/>
                   <w:tcMar>
                     <w:bottom w:w="85" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
-                <w:p w14:paraId="045E7453" w14:textId="77777777" w:rsidR="002C24B4" w:rsidRPr="00A76603" w:rsidRDefault="002C24B4" w:rsidP="00B828F6">
+                <w:p w14:paraId="045E7453" w14:textId="77777777" w:rsidR="002C24B4" w:rsidRPr="00A76603" w:rsidRDefault="002C24B4" w:rsidP="00880ACE">
                   <w:pPr>
                     <w:keepLines/>
-                    <w:ind w:right="-709"/>
+                    <w:ind w:left="-39" w:right="-709"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                       <w:color w:val="333333"/>
                       <w:sz w:val="14"/>
                       <w:szCs w:val="14"/>
                       <w:lang w:val="en-GB"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00A76603">
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                       <w:color w:val="333333"/>
                       <w:sz w:val="14"/>
                       <w:szCs w:val="14"/>
                       <w:lang w:val="en-GB"/>
                     </w:rPr>
                     <w:t xml:space="preserve">Name </w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="5245" w:type="dxa"/>
                 </w:tcPr>
                 <w:p w14:paraId="36A13D83" w14:textId="77777777" w:rsidR="002C24B4" w:rsidRPr="00A76603" w:rsidRDefault="002C24B4" w:rsidP="00520C5D">
@@ -517,52 +515,53 @@
             <w:tr w:rsidR="00482277" w:rsidRPr="00C1218A" w14:paraId="5D74624F" w14:textId="77777777" w:rsidTr="00482277">
               <w:tblPrEx>
                 <w:tblBorders>
                   <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 </w:tblBorders>
               </w:tblPrEx>
               <w:trPr>
                 <w:cantSplit/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2263" w:type="dxa"/>
                   <w:vMerge w:val="restart"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w14:paraId="7B9FFD52" w14:textId="77777777" w:rsidR="00262349" w:rsidRDefault="00262349" w:rsidP="002C24B4">
+                <w:p w14:paraId="7B9FFD52" w14:textId="77777777" w:rsidR="00262349" w:rsidRDefault="00262349" w:rsidP="00880ACE">
                   <w:pPr>
+                    <w:ind w:left="-39"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:sz w:val="14"/>
                       <w:szCs w:val="14"/>
                       <w:lang w:val="en-US"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:sz w:val="14"/>
                       <w:szCs w:val="14"/>
                       <w:lang w:val="en-US"/>
                     </w:rPr>
                     <w:t xml:space="preserve">KI </w:t>
                   </w:r>
                   <w:r w:rsidR="00482277" w:rsidRPr="00482277">
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:sz w:val="14"/>
                       <w:szCs w:val="14"/>
                       <w:lang w:val="en-US"/>
                     </w:rPr>
                     <w:t>Adress</w:t>
                   </w:r>
@@ -573,52 +572,53 @@
                       <w:szCs w:val="14"/>
                       <w:lang w:val="en-US"/>
                     </w:rPr>
                     <w:t xml:space="preserve"> </w:t>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:sz w:val="14"/>
                       <w:szCs w:val="14"/>
                       <w:lang w:val="en-US"/>
                     </w:rPr>
                     <w:br/>
                     <w:t>(Department and Division)</w:t>
                   </w:r>
                   <w:r w:rsidR="00482277" w:rsidRPr="00482277">
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:sz w:val="14"/>
                       <w:szCs w:val="14"/>
                       <w:lang w:val="en-US"/>
                     </w:rPr>
                     <w:t xml:space="preserve">, </w:t>
                   </w:r>
                 </w:p>
-                <w:p w14:paraId="43C638B0" w14:textId="77777777" w:rsidR="00482277" w:rsidRPr="00482277" w:rsidRDefault="00482277" w:rsidP="002C24B4">
+                <w:p w14:paraId="43C638B0" w14:textId="77777777" w:rsidR="00482277" w:rsidRPr="00482277" w:rsidRDefault="00482277" w:rsidP="00880ACE">
                   <w:pPr>
+                    <w:ind w:left="-39"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:sz w:val="14"/>
                       <w:szCs w:val="14"/>
                       <w:lang w:val="en-US"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00482277">
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:sz w:val="14"/>
                       <w:szCs w:val="14"/>
                       <w:lang w:val="en-US"/>
                     </w:rPr>
                     <w:t>phone, email</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="5245" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
@@ -2877,51 +2877,51 @@
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kryss1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00A76603">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00213843" w:rsidRPr="00A76603">
+            <w:r w:rsidRPr="00A76603">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="00A76603">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00A76603">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:iCs/>
@@ -7368,51 +7368,50 @@
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="10031"/>
       </w:tblGrid>
       <w:tr w:rsidR="00D16C0A" w:rsidRPr="00A76603" w14:paraId="39E0E369" w14:textId="77777777" w:rsidTr="003215CB">
         <w:trPr>
           <w:trHeight w:val="2721"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10031" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="66634336" w14:textId="77777777" w:rsidR="00D16C0A" w:rsidRPr="00890EDC" w:rsidRDefault="00890EDC" w:rsidP="00890EDC">
             <w:pPr>
               <w:pStyle w:val="Blankettrubrik2"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="284"/>
                 <w:tab w:val="left" w:pos="426"/>
               </w:tabs>
               <w:spacing w:before="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs w:val="0"/>
                 <w:iCs w:val="0"/>
@@ -7478,51 +7477,51 @@
               </w:rPr>
               <w:t>n experience</w:t>
             </w:r>
           </w:p>
           <w:tbl>
             <w:tblPr>
               <w:tblW w:w="0" w:type="auto"/>
               <w:tblBorders>
                 <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
                 <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
                 <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
                 <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               </w:tblBorders>
               <w:tblLayout w:type="fixed"/>
               <w:tblCellMar>
                 <w:left w:w="70" w:type="dxa"/>
                 <w:right w:w="70" w:type="dxa"/>
               </w:tblCellMar>
               <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
             </w:tblPr>
             <w:tblGrid>
               <w:gridCol w:w="5807"/>
               <w:gridCol w:w="1701"/>
               <w:gridCol w:w="2268"/>
             </w:tblGrid>
-            <w:tr w:rsidR="00C828C6" w:rsidRPr="00213843" w14:paraId="3A78990D" w14:textId="77777777" w:rsidTr="00977E17">
+            <w:tr w:rsidR="00C828C6" w:rsidRPr="00CE7B2F" w14:paraId="3A78990D" w14:textId="77777777" w:rsidTr="00977E17">
               <w:trPr>
                 <w:trHeight w:hRule="exact" w:val="535"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="9776" w:type="dxa"/>
                   <w:gridSpan w:val="3"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
                 <w:p w14:paraId="09166049" w14:textId="77777777" w:rsidR="00C828C6" w:rsidRPr="00A76603" w:rsidRDefault="00205CE0" w:rsidP="005640DE">
                   <w:pPr>
                     <w:spacing w:before="180" w:after="60"/>
                     <w:ind w:right="-68"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                       <w:color w:val="333333"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:val="en-GB"/>
                     </w:rPr>
@@ -7871,51 +7870,51 @@
                       <w:noProof/>
                       <w:szCs w:val="24"/>
                       <w:u w:val="single"/>
                       <w:lang w:val="en-GB"/>
                     </w:rPr>
                     <w:t> </w:t>
                   </w:r>
                   <w:r w:rsidR="00C828C6" w:rsidRPr="00A76603">
                     <w:rPr>
                       <w:szCs w:val="24"/>
                       <w:u w:val="single"/>
                       <w:lang w:val="en-GB"/>
                     </w:rPr>
                     <w:fldChar w:fldCharType="end"/>
                   </w:r>
                   <w:r w:rsidR="008223DE" w:rsidRPr="00A76603">
                     <w:rPr>
                       <w:szCs w:val="24"/>
                       <w:lang w:val="en-GB"/>
                     </w:rPr>
                     <w:t xml:space="preserve"> </w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00C828C6" w:rsidRPr="00213843" w14:paraId="3972AE5E" w14:textId="77777777" w:rsidTr="00977E17">
+            <w:tr w:rsidR="00C828C6" w:rsidRPr="00CE7B2F" w14:paraId="3972AE5E" w14:textId="77777777" w:rsidTr="00977E17">
               <w:trPr>
                 <w:trHeight w:hRule="exact" w:val="379"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="9776" w:type="dxa"/>
                   <w:gridSpan w:val="3"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
                 <w:p w14:paraId="3F945AF8" w14:textId="77777777" w:rsidR="00C828C6" w:rsidRPr="00A76603" w:rsidRDefault="00205CE0" w:rsidP="00E4270D">
                   <w:pPr>
                     <w:spacing w:before="60"/>
                     <w:ind w:right="-68"/>
                     <w:rPr>
                       <w:b/>
                       <w:szCs w:val="24"/>
                       <w:lang w:val="en-GB"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00A76603">
@@ -9326,51 +9325,51 @@
                     <w:t> </w:t>
                   </w:r>
                   <w:r w:rsidRPr="00A76603">
                     <w:rPr>
                       <w:noProof/>
                       <w:lang w:val="en-GB"/>
                     </w:rPr>
                     <w:t> </w:t>
                   </w:r>
                   <w:r w:rsidRPr="00A76603">
                     <w:rPr>
                       <w:noProof/>
                       <w:lang w:val="en-GB"/>
                     </w:rPr>
                     <w:t> </w:t>
                   </w:r>
                   <w:r w:rsidRPr="00A76603">
                     <w:rPr>
                       <w:lang w:val="en-GB"/>
                     </w:rPr>
                     <w:fldChar w:fldCharType="end"/>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="007F4218" w:rsidRPr="00213843" w14:paraId="7EDD8A63" w14:textId="77777777" w:rsidTr="00977E17">
+            <w:tr w:rsidR="007F4218" w:rsidRPr="00CE7B2F" w14:paraId="7EDD8A63" w14:textId="77777777" w:rsidTr="00977E17">
               <w:tblPrEx>
                 <w:tblBorders>
                   <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                 </w:tblBorders>
               </w:tblPrEx>
               <w:trPr>
                 <w:trHeight w:val="454"/>
                 <w:tblHeader/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="9776" w:type="dxa"/>
                   <w:gridSpan w:val="3"/>
                   <w:tcMar>
                     <w:bottom w:w="85" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
                 <w:p w14:paraId="6A5FF8ED" w14:textId="77777777" w:rsidR="007F4218" w:rsidRPr="00A76603" w:rsidRDefault="007F4218" w:rsidP="007F4218">
                   <w:pPr>
                     <w:keepLines/>
@@ -9515,80 +9514,79 @@
                       <w:lang w:val="en-GB"/>
                     </w:rPr>
                     <w:t> </w:t>
                   </w:r>
                   <w:r w:rsidRPr="00A76603">
                     <w:rPr>
                       <w:noProof/>
                       <w:szCs w:val="24"/>
                       <w:u w:val="single"/>
                       <w:lang w:val="en-GB"/>
                     </w:rPr>
                     <w:t> </w:t>
                   </w:r>
                   <w:r w:rsidRPr="00A76603">
                     <w:rPr>
                       <w:noProof/>
                       <w:szCs w:val="24"/>
                       <w:u w:val="single"/>
                       <w:lang w:val="en-GB"/>
                     </w:rPr>
                     <w:fldChar w:fldCharType="end"/>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="007F4218" w:rsidRPr="00213843" w14:paraId="4DD87083" w14:textId="77777777" w:rsidTr="00977E17">
+            <w:tr w:rsidR="007F4218" w:rsidRPr="00CE7B2F" w14:paraId="4DD87083" w14:textId="77777777" w:rsidTr="00977E17">
               <w:tblPrEx>
                 <w:tblBorders>
                   <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                 </w:tblBorders>
                 <w:tblCellMar>
                   <w:left w:w="108" w:type="dxa"/>
                   <w:right w:w="108" w:type="dxa"/>
                 </w:tblCellMar>
                 <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
               </w:tblPrEx>
               <w:trPr>
                 <w:trHeight w:val="793"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="9776" w:type="dxa"/>
                   <w:gridSpan w:val="3"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
-                  <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                 </w:tcPr>
                 <w:p w14:paraId="1413068E" w14:textId="77777777" w:rsidR="007F4218" w:rsidRPr="00A76603" w:rsidRDefault="007F4218" w:rsidP="007F4218">
                   <w:pPr>
                     <w:tabs>
                       <w:tab w:val="left" w:pos="284"/>
                       <w:tab w:val="left" w:pos="567"/>
                     </w:tabs>
                     <w:spacing w:before="60" w:after="60"/>
                     <w:ind w:right="-68"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:iCs/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:val="en-GB"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:iCs/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
@@ -9974,51 +9972,51 @@
               </w:rPr>
               <w:t xml:space="preserve"> experience</w:t>
             </w:r>
           </w:p>
           <w:tbl>
             <w:tblPr>
               <w:tblW w:w="0" w:type="auto"/>
               <w:tblBorders>
                 <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
                 <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
                 <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
                 <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               </w:tblBorders>
               <w:tblLayout w:type="fixed"/>
               <w:tblCellMar>
                 <w:left w:w="70" w:type="dxa"/>
                 <w:right w:w="70" w:type="dxa"/>
               </w:tblCellMar>
               <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
             </w:tblPr>
             <w:tblGrid>
               <w:gridCol w:w="5807"/>
               <w:gridCol w:w="1701"/>
               <w:gridCol w:w="2268"/>
             </w:tblGrid>
-            <w:tr w:rsidR="007F4218" w:rsidRPr="00213843" w14:paraId="559D9502" w14:textId="77777777" w:rsidTr="0023235A">
+            <w:tr w:rsidR="007F4218" w:rsidRPr="00CE7B2F" w14:paraId="559D9502" w14:textId="77777777" w:rsidTr="0023235A">
               <w:trPr>
                 <w:trHeight w:hRule="exact" w:val="535"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="9776" w:type="dxa"/>
                   <w:gridSpan w:val="3"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
                 <w:p w14:paraId="4CB84E38" w14:textId="77777777" w:rsidR="007F4218" w:rsidRPr="00A76603" w:rsidRDefault="007F4218" w:rsidP="007F4218">
                   <w:pPr>
                     <w:spacing w:before="180" w:after="60"/>
                     <w:ind w:right="-68"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                       <w:color w:val="333333"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:val="en-GB"/>
                     </w:rPr>
@@ -10331,51 +10329,51 @@
                       <w:noProof/>
                       <w:szCs w:val="24"/>
                       <w:u w:val="single"/>
                       <w:lang w:val="en-GB"/>
                     </w:rPr>
                     <w:t> </w:t>
                   </w:r>
                   <w:r w:rsidRPr="00A76603">
                     <w:rPr>
                       <w:szCs w:val="24"/>
                       <w:u w:val="single"/>
                       <w:lang w:val="en-GB"/>
                     </w:rPr>
                     <w:fldChar w:fldCharType="end"/>
                   </w:r>
                   <w:r w:rsidRPr="00A76603">
                     <w:rPr>
                       <w:szCs w:val="24"/>
                       <w:lang w:val="en-GB"/>
                     </w:rPr>
                     <w:t xml:space="preserve"> </w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="007F4218" w:rsidRPr="00213843" w14:paraId="1C0C2593" w14:textId="77777777" w:rsidTr="0023235A">
+            <w:tr w:rsidR="007F4218" w:rsidRPr="00CE7B2F" w14:paraId="1C0C2593" w14:textId="77777777" w:rsidTr="0023235A">
               <w:trPr>
                 <w:trHeight w:hRule="exact" w:val="379"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="9776" w:type="dxa"/>
                   <w:gridSpan w:val="3"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
                 <w:p w14:paraId="196A3F53" w14:textId="77777777" w:rsidR="007F4218" w:rsidRPr="00A76603" w:rsidRDefault="007F4218" w:rsidP="007F4218">
                   <w:pPr>
                     <w:spacing w:before="60"/>
                     <w:ind w:right="-68"/>
                     <w:rPr>
                       <w:b/>
                       <w:szCs w:val="24"/>
                       <w:lang w:val="en-GB"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00A76603">
@@ -11754,87 +11752,86 @@
                   </w:r>
                   <w:r w:rsidRPr="00A76603">
                     <w:rPr>
                       <w:lang w:val="en-GB"/>
                     </w:rPr>
                     <w:fldChar w:fldCharType="end"/>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
           </w:tbl>
           <w:p w14:paraId="00AAF761" w14:textId="77777777" w:rsidR="00D16C0A" w:rsidRPr="00A76603" w:rsidRDefault="00D16C0A" w:rsidP="00783C2D">
             <w:pPr>
               <w:pStyle w:val="KIBlankettrubrik"/>
               <w:spacing w:before="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003547EA" w:rsidRPr="00213843" w14:paraId="4AA0C12F" w14:textId="77777777" w:rsidTr="00E0540F">
+      <w:tr w:rsidR="003547EA" w:rsidRPr="00CE7B2F" w14:paraId="4AA0C12F" w14:textId="77777777" w:rsidTr="00E0540F">
         <w:trPr>
           <w:trHeight w:val="695"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10031" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:tbl>
             <w:tblPr>
               <w:tblW w:w="9776" w:type="dxa"/>
               <w:tblBorders>
                 <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                 <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                 <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                 <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                 <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                 <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               </w:tblBorders>
               <w:tblLayout w:type="fixed"/>
               <w:tblCellMar>
                 <w:left w:w="70" w:type="dxa"/>
                 <w:right w:w="70" w:type="dxa"/>
               </w:tblCellMar>
               <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
             </w:tblPr>
             <w:tblGrid>
               <w:gridCol w:w="9776"/>
             </w:tblGrid>
-            <w:tr w:rsidR="007F4218" w:rsidRPr="00213843" w14:paraId="065819A8" w14:textId="77777777" w:rsidTr="0023235A">
+            <w:tr w:rsidR="007F4218" w:rsidRPr="00CE7B2F" w14:paraId="065819A8" w14:textId="77777777" w:rsidTr="0023235A">
               <w:trPr>
                 <w:trHeight w:val="454"/>
                 <w:tblHeader/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="9776" w:type="dxa"/>
                   <w:tcMar>
                     <w:bottom w:w="85" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
                 <w:p w14:paraId="0380FC34" w14:textId="77777777" w:rsidR="007F4218" w:rsidRPr="00A76603" w:rsidRDefault="007F4218" w:rsidP="007F4218">
                   <w:pPr>
                     <w:keepLines/>
                     <w:spacing w:before="240"/>
                     <w:ind w:right="-709"/>
                     <w:rPr>
                       <w:color w:val="333333"/>
                       <w:sz w:val="14"/>
                       <w:szCs w:val="14"/>
                       <w:lang w:val="en-GB"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00A76603">
                     <w:rPr>
@@ -11968,71 +11965,70 @@
                       <w:lang w:val="en-GB"/>
                     </w:rPr>
                     <w:t> </w:t>
                   </w:r>
                   <w:r w:rsidRPr="00A76603">
                     <w:rPr>
                       <w:noProof/>
                       <w:szCs w:val="24"/>
                       <w:u w:val="single"/>
                       <w:lang w:val="en-GB"/>
                     </w:rPr>
                     <w:t> </w:t>
                   </w:r>
                   <w:r w:rsidRPr="00A76603">
                     <w:rPr>
                       <w:noProof/>
                       <w:szCs w:val="24"/>
                       <w:u w:val="single"/>
                       <w:lang w:val="en-GB"/>
                     </w:rPr>
                     <w:fldChar w:fldCharType="end"/>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="007F4218" w:rsidRPr="00213843" w14:paraId="5248C8E0" w14:textId="77777777" w:rsidTr="0023235A">
+            <w:tr w:rsidR="007F4218" w:rsidRPr="00CE7B2F" w14:paraId="5248C8E0" w14:textId="77777777" w:rsidTr="0023235A">
               <w:tblPrEx>
                 <w:tblCellMar>
                   <w:left w:w="108" w:type="dxa"/>
                   <w:right w:w="108" w:type="dxa"/>
                 </w:tblCellMar>
                 <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
               </w:tblPrEx>
               <w:trPr>
                 <w:trHeight w:val="793"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="9776" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
-                  <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                 </w:tcPr>
                 <w:p w14:paraId="7CDCEF6F" w14:textId="77777777" w:rsidR="007F4218" w:rsidRPr="00A76603" w:rsidRDefault="007F4218" w:rsidP="007F4218">
                   <w:pPr>
                     <w:tabs>
                       <w:tab w:val="left" w:pos="284"/>
                       <w:tab w:val="left" w:pos="567"/>
                     </w:tabs>
                     <w:spacing w:before="60" w:after="60"/>
                     <w:ind w:right="-68"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:iCs/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:val="en-GB"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:iCs/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
@@ -12418,51 +12414,51 @@
               </w:rPr>
               <w:t xml:space="preserve"> experience</w:t>
             </w:r>
           </w:p>
           <w:tbl>
             <w:tblPr>
               <w:tblW w:w="0" w:type="auto"/>
               <w:tblBorders>
                 <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
                 <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
                 <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
                 <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               </w:tblBorders>
               <w:tblLayout w:type="fixed"/>
               <w:tblCellMar>
                 <w:left w:w="70" w:type="dxa"/>
                 <w:right w:w="70" w:type="dxa"/>
               </w:tblCellMar>
               <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
             </w:tblPr>
             <w:tblGrid>
               <w:gridCol w:w="5807"/>
               <w:gridCol w:w="1701"/>
               <w:gridCol w:w="2268"/>
             </w:tblGrid>
-            <w:tr w:rsidR="007F4218" w:rsidRPr="00213843" w14:paraId="1E7AACF3" w14:textId="77777777" w:rsidTr="00B9042E">
+            <w:tr w:rsidR="007F4218" w:rsidRPr="00CE7B2F" w14:paraId="1E7AACF3" w14:textId="77777777" w:rsidTr="00B9042E">
               <w:trPr>
                 <w:trHeight w:hRule="exact" w:val="535"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="9776" w:type="dxa"/>
                   <w:gridSpan w:val="3"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
                 <w:p w14:paraId="3583DB23" w14:textId="77777777" w:rsidR="007F4218" w:rsidRPr="00A76603" w:rsidRDefault="007F4218" w:rsidP="007F4218">
                   <w:pPr>
                     <w:spacing w:before="180" w:after="60"/>
                     <w:ind w:right="-68"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                       <w:color w:val="333333"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:val="en-GB"/>
                     </w:rPr>
@@ -12775,51 +12771,51 @@
                       <w:noProof/>
                       <w:szCs w:val="24"/>
                       <w:u w:val="single"/>
                       <w:lang w:val="en-GB"/>
                     </w:rPr>
                     <w:t> </w:t>
                   </w:r>
                   <w:r w:rsidRPr="00A76603">
                     <w:rPr>
                       <w:szCs w:val="24"/>
                       <w:u w:val="single"/>
                       <w:lang w:val="en-GB"/>
                     </w:rPr>
                     <w:fldChar w:fldCharType="end"/>
                   </w:r>
                   <w:r w:rsidRPr="00A76603">
                     <w:rPr>
                       <w:szCs w:val="24"/>
                       <w:lang w:val="en-GB"/>
                     </w:rPr>
                     <w:t xml:space="preserve"> </w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="007F4218" w:rsidRPr="00213843" w14:paraId="1E95B97F" w14:textId="77777777" w:rsidTr="00B9042E">
+            <w:tr w:rsidR="007F4218" w:rsidRPr="00CE7B2F" w14:paraId="1E95B97F" w14:textId="77777777" w:rsidTr="00B9042E">
               <w:trPr>
                 <w:trHeight w:hRule="exact" w:val="379"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="9776" w:type="dxa"/>
                   <w:gridSpan w:val="3"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
                 <w:p w14:paraId="6349BAF2" w14:textId="77777777" w:rsidR="007F4218" w:rsidRPr="00A76603" w:rsidRDefault="007F4218" w:rsidP="007F4218">
                   <w:pPr>
                     <w:spacing w:before="60"/>
                     <w:ind w:right="-68"/>
                     <w:rPr>
                       <w:b/>
                       <w:szCs w:val="24"/>
                       <w:lang w:val="en-GB"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00A76603">
@@ -14183,51 +14179,51 @@
                     <w:t> </w:t>
                   </w:r>
                   <w:r w:rsidRPr="00A76603">
                     <w:rPr>
                       <w:noProof/>
                       <w:lang w:val="en-GB"/>
                     </w:rPr>
                     <w:t> </w:t>
                   </w:r>
                   <w:r w:rsidRPr="00A76603">
                     <w:rPr>
                       <w:noProof/>
                       <w:lang w:val="en-GB"/>
                     </w:rPr>
                     <w:t> </w:t>
                   </w:r>
                   <w:r w:rsidRPr="00A76603">
                     <w:rPr>
                       <w:lang w:val="en-GB"/>
                     </w:rPr>
                     <w:fldChar w:fldCharType="end"/>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="007F4218" w:rsidRPr="00213843" w14:paraId="5712C8C1" w14:textId="77777777" w:rsidTr="00B9042E">
+            <w:tr w:rsidR="007F4218" w:rsidRPr="00CE7B2F" w14:paraId="5712C8C1" w14:textId="77777777" w:rsidTr="00B9042E">
               <w:tblPrEx>
                 <w:tblBorders>
                   <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                 </w:tblBorders>
               </w:tblPrEx>
               <w:trPr>
                 <w:trHeight w:val="454"/>
                 <w:tblHeader/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="9776" w:type="dxa"/>
                   <w:gridSpan w:val="3"/>
                   <w:tcMar>
                     <w:bottom w:w="85" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
                 <w:p w14:paraId="6EC001D2" w14:textId="77777777" w:rsidR="007F4218" w:rsidRPr="00A76603" w:rsidRDefault="007F4218" w:rsidP="007F4218">
                   <w:pPr>
                     <w:keepLines/>
@@ -14372,80 +14368,79 @@
                       <w:lang w:val="en-GB"/>
                     </w:rPr>
                     <w:t> </w:t>
                   </w:r>
                   <w:r w:rsidRPr="00A76603">
                     <w:rPr>
                       <w:noProof/>
                       <w:szCs w:val="24"/>
                       <w:u w:val="single"/>
                       <w:lang w:val="en-GB"/>
                     </w:rPr>
                     <w:t> </w:t>
                   </w:r>
                   <w:r w:rsidRPr="00A76603">
                     <w:rPr>
                       <w:noProof/>
                       <w:szCs w:val="24"/>
                       <w:u w:val="single"/>
                       <w:lang w:val="en-GB"/>
                     </w:rPr>
                     <w:fldChar w:fldCharType="end"/>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="007F4218" w:rsidRPr="00213843" w14:paraId="5CC8FE7B" w14:textId="77777777" w:rsidTr="00B9042E">
+            <w:tr w:rsidR="007F4218" w:rsidRPr="00CE7B2F" w14:paraId="5CC8FE7B" w14:textId="77777777" w:rsidTr="00B9042E">
               <w:tblPrEx>
                 <w:tblBorders>
                   <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                 </w:tblBorders>
                 <w:tblCellMar>
                   <w:left w:w="108" w:type="dxa"/>
                   <w:right w:w="108" w:type="dxa"/>
                 </w:tblCellMar>
                 <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
               </w:tblPrEx>
               <w:trPr>
                 <w:trHeight w:val="793"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="9776" w:type="dxa"/>
                   <w:gridSpan w:val="3"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
-                  <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                 </w:tcPr>
                 <w:p w14:paraId="06AC6A82" w14:textId="77777777" w:rsidR="007F4218" w:rsidRPr="00A76603" w:rsidRDefault="007F4218" w:rsidP="007F4218">
                   <w:pPr>
                     <w:tabs>
                       <w:tab w:val="left" w:pos="284"/>
                       <w:tab w:val="left" w:pos="567"/>
                     </w:tabs>
                     <w:spacing w:before="60" w:after="60"/>
                     <w:ind w:right="-68"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:iCs/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:val="en-GB"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:iCs/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
@@ -14803,97 +14798,117 @@
                 <w:color w:val="333333"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="5E097DF8" w14:textId="77777777" w:rsidR="00B9042E" w:rsidRDefault="00B9042E" w:rsidP="007F4218">
             <w:pPr>
               <w:pStyle w:val="Blankettrubrik2"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="284"/>
                 <w:tab w:val="left" w:pos="426"/>
               </w:tabs>
               <w:spacing w:before="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
+          <w:p w14:paraId="4A3C5463" w14:textId="77777777" w:rsidR="001E2B55" w:rsidRDefault="001E2B55" w:rsidP="007F4218">
+            <w:pPr>
+              <w:pStyle w:val="Blankettrubrik2"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="284"/>
+                <w:tab w:val="left" w:pos="426"/>
+              </w:tabs>
+              <w:spacing w:before="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
           <w:p w14:paraId="2D326BF6" w14:textId="77777777" w:rsidR="00B9042E" w:rsidRDefault="00B9042E" w:rsidP="007F4218">
             <w:pPr>
               <w:pStyle w:val="Blankettrubrik2"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="284"/>
                 <w:tab w:val="left" w:pos="426"/>
               </w:tabs>
               <w:spacing w:before="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="0264802E" w14:textId="77777777" w:rsidR="007F4218" w:rsidRPr="00890EDC" w:rsidRDefault="007F4218" w:rsidP="007F4218">
             <w:pPr>
               <w:pStyle w:val="Blankettrubrik2"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="284"/>
                 <w:tab w:val="left" w:pos="426"/>
               </w:tabs>
               <w:spacing w:before="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Co-s</w:t>
             </w:r>
             <w:r w:rsidRPr="00890EDC">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>upervis</w:t>
             </w:r>
             <w:r w:rsidR="00F26395">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>or</w:t>
             </w:r>
             <w:r>
@@ -14940,51 +14955,50 @@
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
                 <w:p w14:paraId="657E1AC8" w14:textId="77777777" w:rsidR="00194787" w:rsidRDefault="007F4218" w:rsidP="007F4218">
                   <w:pPr>
                     <w:spacing w:before="180" w:after="60"/>
                     <w:ind w:right="-68"/>
                     <w:rPr>
                       <w:noProof/>
                       <w:szCs w:val="24"/>
                       <w:u w:val="single"/>
                       <w:lang w:val="en-GB"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00A76603">
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:val="en-GB"/>
                     </w:rPr>
-                    <w:lastRenderedPageBreak/>
                     <w:t>Number of doctoral student</w:t>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:val="en-GB"/>
                     </w:rPr>
                     <w:t>s</w:t>
                   </w:r>
                   <w:r w:rsidRPr="00A76603">
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:val="en-GB"/>
                     </w:rPr>
                     <w:t xml:space="preserve"> you </w:t>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
@@ -15244,51 +15258,51 @@
                       <w:noProof/>
                       <w:szCs w:val="24"/>
                       <w:u w:val="single"/>
                       <w:lang w:val="en-GB"/>
                     </w:rPr>
                     <w:t> </w:t>
                   </w:r>
                   <w:r w:rsidRPr="00A76603">
                     <w:rPr>
                       <w:szCs w:val="24"/>
                       <w:u w:val="single"/>
                       <w:lang w:val="en-GB"/>
                     </w:rPr>
                     <w:fldChar w:fldCharType="end"/>
                   </w:r>
                   <w:r w:rsidRPr="00A76603">
                     <w:rPr>
                       <w:szCs w:val="24"/>
                       <w:lang w:val="en-GB"/>
                     </w:rPr>
                     <w:t xml:space="preserve"> </w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="007F4218" w:rsidRPr="00213843" w14:paraId="4CBD64DB" w14:textId="77777777" w:rsidTr="00B9042E">
+            <w:tr w:rsidR="007F4218" w:rsidRPr="00CE7B2F" w14:paraId="4CBD64DB" w14:textId="77777777" w:rsidTr="00B9042E">
               <w:trPr>
                 <w:trHeight w:hRule="exact" w:val="379"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="9776" w:type="dxa"/>
                   <w:gridSpan w:val="3"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
                 <w:p w14:paraId="77888E06" w14:textId="77777777" w:rsidR="007F4218" w:rsidRPr="00A76603" w:rsidRDefault="007F4218" w:rsidP="007F4218">
                   <w:pPr>
                     <w:spacing w:before="60"/>
                     <w:ind w:right="-68"/>
                     <w:rPr>
                       <w:b/>
                       <w:szCs w:val="24"/>
                       <w:lang w:val="en-GB"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00A76603">
@@ -16652,51 +16666,51 @@
                     <w:t> </w:t>
                   </w:r>
                   <w:r w:rsidRPr="00A76603">
                     <w:rPr>
                       <w:noProof/>
                       <w:lang w:val="en-GB"/>
                     </w:rPr>
                     <w:t> </w:t>
                   </w:r>
                   <w:r w:rsidRPr="00A76603">
                     <w:rPr>
                       <w:noProof/>
                       <w:lang w:val="en-GB"/>
                     </w:rPr>
                     <w:t> </w:t>
                   </w:r>
                   <w:r w:rsidRPr="00A76603">
                     <w:rPr>
                       <w:lang w:val="en-GB"/>
                     </w:rPr>
                     <w:fldChar w:fldCharType="end"/>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="007F4218" w:rsidRPr="00213843" w14:paraId="206F69C5" w14:textId="77777777" w:rsidTr="00B9042E">
+            <w:tr w:rsidR="007F4218" w:rsidRPr="00CE7B2F" w14:paraId="206F69C5" w14:textId="77777777" w:rsidTr="00B9042E">
               <w:tblPrEx>
                 <w:tblBorders>
                   <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                 </w:tblBorders>
               </w:tblPrEx>
               <w:trPr>
                 <w:trHeight w:val="454"/>
                 <w:tblHeader/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="9776" w:type="dxa"/>
                   <w:gridSpan w:val="3"/>
                   <w:tcMar>
                     <w:bottom w:w="85" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
                 <w:p w14:paraId="109E354C" w14:textId="77777777" w:rsidR="007F4218" w:rsidRPr="00A76603" w:rsidRDefault="007F4218" w:rsidP="007F4218">
                   <w:pPr>
                     <w:keepLines/>
@@ -16841,80 +16855,79 @@
                       <w:lang w:val="en-GB"/>
                     </w:rPr>
                     <w:t> </w:t>
                   </w:r>
                   <w:r w:rsidRPr="00A76603">
                     <w:rPr>
                       <w:noProof/>
                       <w:szCs w:val="24"/>
                       <w:u w:val="single"/>
                       <w:lang w:val="en-GB"/>
                     </w:rPr>
                     <w:t> </w:t>
                   </w:r>
                   <w:r w:rsidRPr="00A76603">
                     <w:rPr>
                       <w:noProof/>
                       <w:szCs w:val="24"/>
                       <w:u w:val="single"/>
                       <w:lang w:val="en-GB"/>
                     </w:rPr>
                     <w:fldChar w:fldCharType="end"/>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="007F4218" w:rsidRPr="00213843" w14:paraId="21A713F6" w14:textId="77777777" w:rsidTr="00B9042E">
+            <w:tr w:rsidR="007F4218" w:rsidRPr="00CE7B2F" w14:paraId="21A713F6" w14:textId="77777777" w:rsidTr="00B9042E">
               <w:tblPrEx>
                 <w:tblBorders>
                   <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                 </w:tblBorders>
                 <w:tblCellMar>
                   <w:left w:w="108" w:type="dxa"/>
                   <w:right w:w="108" w:type="dxa"/>
                 </w:tblCellMar>
                 <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
               </w:tblPrEx>
               <w:trPr>
                 <w:trHeight w:val="793"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="9776" w:type="dxa"/>
                   <w:gridSpan w:val="3"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
-                  <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                 </w:tcPr>
                 <w:p w14:paraId="6D397724" w14:textId="77777777" w:rsidR="007F4218" w:rsidRPr="00A76603" w:rsidRDefault="007F4218" w:rsidP="007F4218">
                   <w:pPr>
                     <w:tabs>
                       <w:tab w:val="left" w:pos="284"/>
                       <w:tab w:val="left" w:pos="567"/>
                     </w:tabs>
                     <w:spacing w:before="60" w:after="60"/>
                     <w:ind w:right="-68"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:iCs/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:val="en-GB"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:iCs/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
@@ -17282,158 +17295,184 @@
     <w:p w14:paraId="3585AD34" w14:textId="7FAC62CF" w:rsidR="00021FF1" w:rsidRDefault="00021FF1" w:rsidP="00CB7B21">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="645281B3" w14:textId="77777777" w:rsidR="00021FF1" w:rsidRDefault="00021FF1" w:rsidP="00CB7B21">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4C4699C0" w14:textId="77777777" w:rsidR="006C3E66" w:rsidRDefault="006C3E66" w:rsidP="006C3E66">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:b/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4A69E0CE" w14:textId="25C5604D" w:rsidR="00773A93" w:rsidRPr="00773A93" w:rsidRDefault="006C3E66" w:rsidP="006C3E66">
+    <w:p w14:paraId="4A69E0CE" w14:textId="2EEFCB62" w:rsidR="00773A93" w:rsidRPr="00773A93" w:rsidRDefault="006C3E66" w:rsidP="006C3E66">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:b/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A76603">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:b/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Signature</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:b/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> Head of Division</w:t>
+      </w:r>
+      <w:r w:rsidR="00D97342">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+          <w:b/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00D97342">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+          <w:b/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>enhetschef</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00D97342">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+          <w:b/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9795" w:type="dxa"/>
         <w:tblInd w:w="43" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1600"/>
         <w:gridCol w:w="4097"/>
         <w:gridCol w:w="4098"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00773A93" w:rsidRPr="00213843" w14:paraId="519DD4D7" w14:textId="77777777" w:rsidTr="00C24A51">
+      <w:tr w:rsidR="00773A93" w:rsidRPr="00CE7B2F" w14:paraId="519DD4D7" w14:textId="77777777" w:rsidTr="00C24A51">
         <w:trPr>
           <w:trHeight w:val="674"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9795" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="08841C79" w14:textId="33AD920C" w:rsidR="00773A93" w:rsidRDefault="00773A93" w:rsidP="00C24A51">
+          <w:p w14:paraId="08841C79" w14:textId="022E0808" w:rsidR="00773A93" w:rsidRDefault="00773A93" w:rsidP="00C24A51">
             <w:pPr>
               <w:pStyle w:val="Blankettrubrik2"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="284"/>
                 <w:tab w:val="left" w:pos="426"/>
               </w:tabs>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A76603">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kryss1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00A76603">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00213843" w:rsidRPr="00A76603">
+            <w:r w:rsidR="00350C36" w:rsidRPr="00A76603">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="00A76603">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00A76603">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:iCs w:val="0"/>
@@ -17588,51 +17627,51 @@
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>lan (ISP) to CLINTEC within one month of the doctoral student’s admission.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0B9E43DB" w14:textId="07E63D70" w:rsidR="00BD068D" w:rsidRPr="00A76603" w:rsidRDefault="00BD068D" w:rsidP="00C24A51">
             <w:pPr>
               <w:pStyle w:val="Blankettrubrik2"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="284"/>
                 <w:tab w:val="left" w:pos="426"/>
               </w:tabs>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006C3E66" w:rsidRPr="00213843" w14:paraId="3F55892B" w14:textId="77777777" w:rsidTr="00C24A51">
+      <w:tr w:rsidR="006C3E66" w:rsidRPr="00CE7B2F" w14:paraId="3F55892B" w14:textId="77777777" w:rsidTr="00C24A51">
         <w:trPr>
           <w:trHeight w:val="674"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9795" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="51F16300" w14:textId="2D4B29E8" w:rsidR="006C3E66" w:rsidRPr="002463E1" w:rsidRDefault="006C3E66" w:rsidP="00C24A51">
             <w:pPr>
               <w:pStyle w:val="Blankettrubrik2"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="284"/>
                 <w:tab w:val="left" w:pos="426"/>
               </w:tabs>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:bCs w:val="0"/>
                 <w:iCs w:val="0"/>
@@ -17747,51 +17786,51 @@
           <w:p w14:paraId="346FC7EC" w14:textId="77777777" w:rsidR="006C3E66" w:rsidRPr="00A95B7A" w:rsidRDefault="006C3E66" w:rsidP="00C24A51">
             <w:pPr>
               <w:pStyle w:val="Blankettrubrik2"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="284"/>
                 <w:tab w:val="left" w:pos="426"/>
               </w:tabs>
               <w:spacing w:before="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A76603">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006C3E66" w:rsidRPr="00213843" w14:paraId="1EC54632" w14:textId="77777777" w:rsidTr="00C24A51">
+      <w:tr w:rsidR="006C3E66" w:rsidRPr="00CE7B2F" w14:paraId="1EC54632" w14:textId="77777777" w:rsidTr="00C24A51">
         <w:trPr>
           <w:trHeight w:val="624"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1600" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="4F7C07B1" w14:textId="77777777" w:rsidR="006C3E66" w:rsidRPr="00A76603" w:rsidRDefault="006C3E66" w:rsidP="00C24A51">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
@@ -18028,102 +18067,102 @@
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="0020614D" w:rsidRPr="005E41CE" w:rsidSect="00D813B2">
       <w:headerReference w:type="even" r:id="rId11"/>
       <w:headerReference w:type="default" r:id="rId12"/>
       <w:footerReference w:type="even" r:id="rId13"/>
       <w:footerReference w:type="default" r:id="rId14"/>
       <w:headerReference w:type="first" r:id="rId15"/>
       <w:footerReference w:type="first" r:id="rId16"/>
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="992" w:right="567" w:bottom="340" w:left="1418" w:header="425" w:footer="47" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="272"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="48333C59" w14:textId="77777777" w:rsidR="003B1EDB" w:rsidRDefault="003B1EDB">
+    <w:p w14:paraId="364DAE2C" w14:textId="77777777" w:rsidR="001949EF" w:rsidRDefault="001949EF">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1FE0A2C7" w14:textId="77777777" w:rsidR="003B1EDB" w:rsidRDefault="003B1EDB">
+    <w:p w14:paraId="1E686A03" w14:textId="77777777" w:rsidR="001949EF" w:rsidRDefault="001949EF">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings 2">
     <w:panose1 w:val="05020102010507070707"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
@@ -18195,104 +18234,104 @@
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidR="00B9042E">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="24F0F6EA" w14:textId="77777777" w:rsidR="003628C7" w:rsidRDefault="003628C7">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="63F6A7C2" w14:textId="77777777" w:rsidR="003B1EDB" w:rsidRDefault="003B1EDB">
+    <w:p w14:paraId="1B026B41" w14:textId="77777777" w:rsidR="001949EF" w:rsidRDefault="001949EF">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="66DBD035" w14:textId="77777777" w:rsidR="003B1EDB" w:rsidRDefault="003B1EDB">
+    <w:p w14:paraId="198EF7C8" w14:textId="77777777" w:rsidR="001949EF" w:rsidRDefault="001949EF">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="2918D81B" w14:textId="77777777" w:rsidR="002A599B" w:rsidRDefault="002A599B">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="318C112A" w14:textId="77777777" w:rsidR="002A599B" w:rsidRDefault="002A599B">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="9781" w:type="dxa"/>
       <w:tblInd w:w="71" w:type="dxa"/>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:left w:w="71" w:type="dxa"/>
         <w:right w:w="71" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="2977"/>
       <w:gridCol w:w="6804"/>
     </w:tblGrid>
-    <w:tr w:rsidR="003628C7" w:rsidRPr="00213843" w14:paraId="5A60C750" w14:textId="77777777" w:rsidTr="00D90EC6">
+    <w:tr w:rsidR="003628C7" w:rsidRPr="00CE7B2F" w14:paraId="5A60C750" w14:textId="77777777" w:rsidTr="00D90EC6">
       <w:trPr>
         <w:trHeight w:val="568"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="2977" w:type="dxa"/>
           <w:vMerge w:val="restart"/>
         </w:tcPr>
         <w:p w14:paraId="3E690F65" w14:textId="35F9BD21" w:rsidR="003628C7" w:rsidRPr="0065623B" w:rsidRDefault="00997D6F" w:rsidP="00C83F92">
           <w:pPr>
             <w:ind w:right="-709"/>
             <w:rPr>
               <w:noProof/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="00FB5602">
             <w:rPr>
               <w:noProof/>
             </w:rPr>
             <w:drawing>
               <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="53ED1FC4" wp14:editId="4C06A521">
                 <wp:extent cx="1463040" cy="604520"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:docPr id="1" name="Bild 1" descr="KI-Logo_pos_sv"/>
                 <wp:cNvGraphicFramePr>
@@ -18433,51 +18472,51 @@
           <w:r w:rsidR="002A599B">
             <w:rPr>
               <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
               <w:b/>
               <w:spacing w:val="30"/>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:br/>
           </w:r>
           <w:r>
             <w:rPr>
               <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
               <w:b/>
               <w:spacing w:val="30"/>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:t>at CLINTEC</w:t>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
-    <w:tr w:rsidR="00021FF1" w:rsidRPr="00213843" w14:paraId="1296DEE6" w14:textId="77777777" w:rsidTr="003628C7">
+    <w:tr w:rsidR="00021FF1" w:rsidRPr="00CE7B2F" w14:paraId="1296DEE6" w14:textId="77777777" w:rsidTr="003628C7">
       <w:trPr>
         <w:trHeight w:val="732"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="2977" w:type="dxa"/>
           <w:vMerge/>
         </w:tcPr>
         <w:p w14:paraId="4DCB38C1" w14:textId="77777777" w:rsidR="00021FF1" w:rsidRPr="00021FF1" w:rsidRDefault="00021FF1" w:rsidP="00445ACE">
           <w:pPr>
             <w:ind w:right="-709"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               <w:color w:val="000000"/>
               <w:sz w:val="16"/>
               <w:lang w:val="en-US"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="6804" w:type="dxa"/>
         </w:tcPr>
         <w:p w14:paraId="084D2526" w14:textId="77777777" w:rsidR="00021FF1" w:rsidRPr="003628C7" w:rsidRDefault="00021FF1" w:rsidP="003215CB">
@@ -23200,54 +23239,54 @@
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="33" w16cid:durableId="1276521583">
     <w:abstractNumId w:val="31"/>
   </w:num>
   <w:num w:numId="34" w16cid:durableId="1340696274">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="35" w16cid:durableId="1296566209">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="36" w16cid:durableId="721289930">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="37" w16cid:durableId="826940244">
     <w:abstractNumId w:val="33"/>
   </w:num>
   <w:num w:numId="38" w16cid:durableId="435367796">
     <w:abstractNumId w:val="29"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="110"/>
+  <w:zoom w:percent="160"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
-  <w:documentProtection w:edit="forms" w:enforcement="1"/>
+  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="aeiT6AOKd+DvsGj1VVuNZHaNUeiSpS6Eu3ywmTCHSCRTRDsZGTBIVKVn0OSlunQKXn1F7hh871Qi+PG0BTCDkQ==" w:salt="Iwj1XwKq9YEnI2SyYWsGyg=="/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:doNotHyphenateCaps/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" style="mso-width-relative:margin;mso-height-relative:margin" fillcolor="#870052" stroke="f" strokecolor="#c0504d">
       <v:fill color="#870052"/>
       <v:stroke color="#c0504d" weight="2.5pt" on="f"/>
       <v:shadow color="#868686"/>
       <v:textbox inset=".5mm,.3mm,.5mm,.3mm"/>
       <o:colormru v:ext="edit" colors="#870052"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
@@ -23356,72 +23395,74 @@
     <w:rsid w:val="0012243C"/>
     <w:rsid w:val="00123528"/>
     <w:rsid w:val="00123762"/>
     <w:rsid w:val="001237DC"/>
     <w:rsid w:val="001263C1"/>
     <w:rsid w:val="00126476"/>
     <w:rsid w:val="00127BCD"/>
     <w:rsid w:val="00134FE1"/>
     <w:rsid w:val="001379C5"/>
     <w:rsid w:val="0014134E"/>
     <w:rsid w:val="00152FB2"/>
     <w:rsid w:val="0015401B"/>
     <w:rsid w:val="00156B8A"/>
     <w:rsid w:val="00163B3F"/>
     <w:rsid w:val="00164BE6"/>
     <w:rsid w:val="00164F7D"/>
     <w:rsid w:val="00166DBB"/>
     <w:rsid w:val="0017025C"/>
     <w:rsid w:val="00170F4A"/>
     <w:rsid w:val="00176058"/>
     <w:rsid w:val="00180F02"/>
     <w:rsid w:val="00187824"/>
     <w:rsid w:val="001939A9"/>
     <w:rsid w:val="001944C9"/>
     <w:rsid w:val="00194787"/>
+    <w:rsid w:val="001949EF"/>
     <w:rsid w:val="001A0448"/>
     <w:rsid w:val="001A0856"/>
     <w:rsid w:val="001A0DB8"/>
     <w:rsid w:val="001A10EF"/>
     <w:rsid w:val="001A34AD"/>
     <w:rsid w:val="001A4158"/>
     <w:rsid w:val="001A6F92"/>
     <w:rsid w:val="001B0A25"/>
     <w:rsid w:val="001B2856"/>
     <w:rsid w:val="001B35FD"/>
     <w:rsid w:val="001B7BDD"/>
     <w:rsid w:val="001C114C"/>
     <w:rsid w:val="001C2A85"/>
     <w:rsid w:val="001C5F96"/>
     <w:rsid w:val="001C7418"/>
     <w:rsid w:val="001C7597"/>
     <w:rsid w:val="001D07AE"/>
     <w:rsid w:val="001D27BC"/>
     <w:rsid w:val="001D4E2D"/>
     <w:rsid w:val="001D505C"/>
     <w:rsid w:val="001D5A8B"/>
     <w:rsid w:val="001D5CD5"/>
+    <w:rsid w:val="001E2B55"/>
     <w:rsid w:val="001E2CC1"/>
     <w:rsid w:val="001E3578"/>
     <w:rsid w:val="001E3815"/>
     <w:rsid w:val="001E3CBC"/>
     <w:rsid w:val="001E539F"/>
     <w:rsid w:val="001E69EC"/>
     <w:rsid w:val="001E6C8B"/>
     <w:rsid w:val="001F010A"/>
     <w:rsid w:val="001F15D0"/>
     <w:rsid w:val="001F2016"/>
     <w:rsid w:val="001F470D"/>
     <w:rsid w:val="001F56D8"/>
     <w:rsid w:val="001F74CC"/>
     <w:rsid w:val="001F7B3E"/>
     <w:rsid w:val="00200E31"/>
     <w:rsid w:val="00200F00"/>
     <w:rsid w:val="002010B2"/>
     <w:rsid w:val="00201115"/>
     <w:rsid w:val="00201FFD"/>
     <w:rsid w:val="002027CB"/>
     <w:rsid w:val="00202C5C"/>
     <w:rsid w:val="00204A62"/>
     <w:rsid w:val="00205CE0"/>
     <w:rsid w:val="0020614D"/>
     <w:rsid w:val="00206CCD"/>
@@ -23517,50 +23558,51 @@
     <w:rsid w:val="00303810"/>
     <w:rsid w:val="00304A99"/>
     <w:rsid w:val="00306452"/>
     <w:rsid w:val="003103EB"/>
     <w:rsid w:val="00311520"/>
     <w:rsid w:val="00314276"/>
     <w:rsid w:val="00314F6E"/>
     <w:rsid w:val="003215CB"/>
     <w:rsid w:val="00321E04"/>
     <w:rsid w:val="00323750"/>
     <w:rsid w:val="003238CD"/>
     <w:rsid w:val="00324B83"/>
     <w:rsid w:val="00325215"/>
     <w:rsid w:val="00326659"/>
     <w:rsid w:val="00327231"/>
     <w:rsid w:val="0033182D"/>
     <w:rsid w:val="0033193E"/>
     <w:rsid w:val="003332D1"/>
     <w:rsid w:val="0033474C"/>
     <w:rsid w:val="00336E5C"/>
     <w:rsid w:val="0034187A"/>
     <w:rsid w:val="00341CB1"/>
     <w:rsid w:val="0034315F"/>
     <w:rsid w:val="00343EAB"/>
     <w:rsid w:val="00346C7D"/>
+    <w:rsid w:val="00350C36"/>
     <w:rsid w:val="00352B52"/>
     <w:rsid w:val="00353C70"/>
     <w:rsid w:val="003547EA"/>
     <w:rsid w:val="003552C9"/>
     <w:rsid w:val="00355419"/>
     <w:rsid w:val="00355CC0"/>
     <w:rsid w:val="003628C7"/>
     <w:rsid w:val="00362A07"/>
     <w:rsid w:val="00365F46"/>
     <w:rsid w:val="00366F16"/>
     <w:rsid w:val="00370042"/>
     <w:rsid w:val="00371AC2"/>
     <w:rsid w:val="00372E7E"/>
     <w:rsid w:val="0037306D"/>
     <w:rsid w:val="003840DD"/>
     <w:rsid w:val="00384C6E"/>
     <w:rsid w:val="00385DD8"/>
     <w:rsid w:val="00386A4E"/>
     <w:rsid w:val="00387E4A"/>
     <w:rsid w:val="0039077D"/>
     <w:rsid w:val="003934D5"/>
     <w:rsid w:val="00394969"/>
     <w:rsid w:val="003A0309"/>
     <w:rsid w:val="003A069D"/>
     <w:rsid w:val="003A463E"/>
@@ -23812,50 +23854,51 @@
     <w:rsid w:val="006B45EB"/>
     <w:rsid w:val="006B59E4"/>
     <w:rsid w:val="006B64E8"/>
     <w:rsid w:val="006C161C"/>
     <w:rsid w:val="006C1F00"/>
     <w:rsid w:val="006C3E66"/>
     <w:rsid w:val="006D3573"/>
     <w:rsid w:val="006D64AC"/>
     <w:rsid w:val="006E0D78"/>
     <w:rsid w:val="006E199C"/>
     <w:rsid w:val="006E2EC5"/>
     <w:rsid w:val="006E51B8"/>
     <w:rsid w:val="006E5223"/>
     <w:rsid w:val="006E5F8A"/>
     <w:rsid w:val="006E660B"/>
     <w:rsid w:val="006F0937"/>
     <w:rsid w:val="006F2770"/>
     <w:rsid w:val="006F2906"/>
     <w:rsid w:val="006F2CEA"/>
     <w:rsid w:val="006F31CB"/>
     <w:rsid w:val="006F31CD"/>
     <w:rsid w:val="006F366A"/>
     <w:rsid w:val="006F6F16"/>
     <w:rsid w:val="00701999"/>
     <w:rsid w:val="00704934"/>
+    <w:rsid w:val="00704F40"/>
     <w:rsid w:val="00705725"/>
     <w:rsid w:val="00706B91"/>
     <w:rsid w:val="00710ACB"/>
     <w:rsid w:val="00713CCC"/>
     <w:rsid w:val="00721EE2"/>
     <w:rsid w:val="00723464"/>
     <w:rsid w:val="00723C74"/>
     <w:rsid w:val="00724886"/>
     <w:rsid w:val="00730E3B"/>
     <w:rsid w:val="0073353E"/>
     <w:rsid w:val="00733ECC"/>
     <w:rsid w:val="00736E7E"/>
     <w:rsid w:val="00741819"/>
     <w:rsid w:val="00742946"/>
     <w:rsid w:val="0074527C"/>
     <w:rsid w:val="007502CA"/>
     <w:rsid w:val="00750FD3"/>
     <w:rsid w:val="007513B8"/>
     <w:rsid w:val="00751D3F"/>
     <w:rsid w:val="00752E35"/>
     <w:rsid w:val="007539DE"/>
     <w:rsid w:val="00756BC6"/>
     <w:rsid w:val="0075703A"/>
     <w:rsid w:val="00760D96"/>
     <w:rsid w:val="00764D19"/>
@@ -23930,50 +23973,51 @@
     <w:rsid w:val="00824498"/>
     <w:rsid w:val="008310D2"/>
     <w:rsid w:val="008323B6"/>
     <w:rsid w:val="00835FD2"/>
     <w:rsid w:val="00840D9C"/>
     <w:rsid w:val="0084336D"/>
     <w:rsid w:val="00843580"/>
     <w:rsid w:val="00843F0A"/>
     <w:rsid w:val="00844261"/>
     <w:rsid w:val="008507EC"/>
     <w:rsid w:val="00851200"/>
     <w:rsid w:val="008514E1"/>
     <w:rsid w:val="00852DB7"/>
     <w:rsid w:val="00854D98"/>
     <w:rsid w:val="008554DF"/>
     <w:rsid w:val="008569C2"/>
     <w:rsid w:val="00856E0C"/>
     <w:rsid w:val="00860027"/>
     <w:rsid w:val="00861EC1"/>
     <w:rsid w:val="008625D5"/>
     <w:rsid w:val="00863A48"/>
     <w:rsid w:val="00871760"/>
     <w:rsid w:val="00876848"/>
     <w:rsid w:val="008775A8"/>
     <w:rsid w:val="00877D52"/>
+    <w:rsid w:val="00880ACE"/>
     <w:rsid w:val="00880FB7"/>
     <w:rsid w:val="008825C0"/>
     <w:rsid w:val="00882683"/>
     <w:rsid w:val="00887430"/>
     <w:rsid w:val="00890EDC"/>
     <w:rsid w:val="00896D45"/>
     <w:rsid w:val="00896E47"/>
     <w:rsid w:val="00897E4C"/>
     <w:rsid w:val="00897FB6"/>
     <w:rsid w:val="008A0BF3"/>
     <w:rsid w:val="008A1313"/>
     <w:rsid w:val="008A28ED"/>
     <w:rsid w:val="008A2A0B"/>
     <w:rsid w:val="008A2C2D"/>
     <w:rsid w:val="008A30EF"/>
     <w:rsid w:val="008A36F9"/>
     <w:rsid w:val="008A53A5"/>
     <w:rsid w:val="008B0DB4"/>
     <w:rsid w:val="008B261D"/>
     <w:rsid w:val="008B485E"/>
     <w:rsid w:val="008B4AF8"/>
     <w:rsid w:val="008B504F"/>
     <w:rsid w:val="008B5657"/>
     <w:rsid w:val="008B723D"/>
     <w:rsid w:val="008B7EC0"/>
@@ -24317,50 +24361,51 @@
     <w:rsid w:val="00CA7912"/>
     <w:rsid w:val="00CB191D"/>
     <w:rsid w:val="00CB45C7"/>
     <w:rsid w:val="00CB4692"/>
     <w:rsid w:val="00CB49E3"/>
     <w:rsid w:val="00CB5743"/>
     <w:rsid w:val="00CB69FF"/>
     <w:rsid w:val="00CB7B21"/>
     <w:rsid w:val="00CC2205"/>
     <w:rsid w:val="00CC3366"/>
     <w:rsid w:val="00CC755A"/>
     <w:rsid w:val="00CD1E29"/>
     <w:rsid w:val="00CD24EE"/>
     <w:rsid w:val="00CD24F4"/>
     <w:rsid w:val="00CD293E"/>
     <w:rsid w:val="00CD35CF"/>
     <w:rsid w:val="00CD4702"/>
     <w:rsid w:val="00CD4F4C"/>
     <w:rsid w:val="00CE05DD"/>
     <w:rsid w:val="00CE088F"/>
     <w:rsid w:val="00CE0DB2"/>
     <w:rsid w:val="00CE10DD"/>
     <w:rsid w:val="00CE1C44"/>
     <w:rsid w:val="00CE3E59"/>
     <w:rsid w:val="00CE718F"/>
+    <w:rsid w:val="00CE7B2F"/>
     <w:rsid w:val="00CF1FC6"/>
     <w:rsid w:val="00CF2669"/>
     <w:rsid w:val="00CF2A96"/>
     <w:rsid w:val="00CF425A"/>
     <w:rsid w:val="00CF551A"/>
     <w:rsid w:val="00D00069"/>
     <w:rsid w:val="00D00103"/>
     <w:rsid w:val="00D00699"/>
     <w:rsid w:val="00D00996"/>
     <w:rsid w:val="00D02761"/>
     <w:rsid w:val="00D0300F"/>
     <w:rsid w:val="00D03E51"/>
     <w:rsid w:val="00D07E54"/>
     <w:rsid w:val="00D1228D"/>
     <w:rsid w:val="00D13AF5"/>
     <w:rsid w:val="00D13E97"/>
     <w:rsid w:val="00D15752"/>
     <w:rsid w:val="00D1598D"/>
     <w:rsid w:val="00D16565"/>
     <w:rsid w:val="00D1675B"/>
     <w:rsid w:val="00D16C0A"/>
     <w:rsid w:val="00D1707B"/>
     <w:rsid w:val="00D17335"/>
     <w:rsid w:val="00D174A3"/>
     <w:rsid w:val="00D21849"/>
@@ -24374,50 +24419,51 @@
     <w:rsid w:val="00D37E8E"/>
     <w:rsid w:val="00D40895"/>
     <w:rsid w:val="00D445D1"/>
     <w:rsid w:val="00D47295"/>
     <w:rsid w:val="00D5326A"/>
     <w:rsid w:val="00D56B60"/>
     <w:rsid w:val="00D6083A"/>
     <w:rsid w:val="00D6095C"/>
     <w:rsid w:val="00D621F0"/>
     <w:rsid w:val="00D65079"/>
     <w:rsid w:val="00D6531E"/>
     <w:rsid w:val="00D71B1A"/>
     <w:rsid w:val="00D71C22"/>
     <w:rsid w:val="00D73382"/>
     <w:rsid w:val="00D77ADD"/>
     <w:rsid w:val="00D77BDD"/>
     <w:rsid w:val="00D813B2"/>
     <w:rsid w:val="00D8178E"/>
     <w:rsid w:val="00D84A62"/>
     <w:rsid w:val="00D866EB"/>
     <w:rsid w:val="00D90BE7"/>
     <w:rsid w:val="00D90EC6"/>
     <w:rsid w:val="00D935C9"/>
     <w:rsid w:val="00D937D0"/>
     <w:rsid w:val="00D959BE"/>
+    <w:rsid w:val="00D97342"/>
     <w:rsid w:val="00D979A1"/>
     <w:rsid w:val="00DA18D7"/>
     <w:rsid w:val="00DA1C9B"/>
     <w:rsid w:val="00DA52F4"/>
     <w:rsid w:val="00DB1286"/>
     <w:rsid w:val="00DB173D"/>
     <w:rsid w:val="00DB3D8E"/>
     <w:rsid w:val="00DB47EF"/>
     <w:rsid w:val="00DB4B4E"/>
     <w:rsid w:val="00DB51CD"/>
     <w:rsid w:val="00DC1240"/>
     <w:rsid w:val="00DC16D7"/>
     <w:rsid w:val="00DC3623"/>
     <w:rsid w:val="00DC3E2F"/>
     <w:rsid w:val="00DC4A2C"/>
     <w:rsid w:val="00DC72EF"/>
     <w:rsid w:val="00DC7771"/>
     <w:rsid w:val="00DD1D51"/>
     <w:rsid w:val="00DD1FA4"/>
     <w:rsid w:val="00DD390B"/>
     <w:rsid w:val="00DD5240"/>
     <w:rsid w:val="00DD6132"/>
     <w:rsid w:val="00DD68BA"/>
     <w:rsid w:val="00DD69F9"/>
     <w:rsid w:val="00DD6E57"/>
@@ -24445,50 +24491,51 @@
     <w:rsid w:val="00E201C3"/>
     <w:rsid w:val="00E229D6"/>
     <w:rsid w:val="00E2445A"/>
     <w:rsid w:val="00E24885"/>
     <w:rsid w:val="00E26B85"/>
     <w:rsid w:val="00E26C07"/>
     <w:rsid w:val="00E31623"/>
     <w:rsid w:val="00E41B86"/>
     <w:rsid w:val="00E4270D"/>
     <w:rsid w:val="00E473D5"/>
     <w:rsid w:val="00E47748"/>
     <w:rsid w:val="00E53449"/>
     <w:rsid w:val="00E5465C"/>
     <w:rsid w:val="00E54AA0"/>
     <w:rsid w:val="00E56D43"/>
     <w:rsid w:val="00E577C3"/>
     <w:rsid w:val="00E57CEB"/>
     <w:rsid w:val="00E60A63"/>
     <w:rsid w:val="00E6102A"/>
     <w:rsid w:val="00E618EC"/>
     <w:rsid w:val="00E61F56"/>
     <w:rsid w:val="00E63A31"/>
     <w:rsid w:val="00E65E40"/>
     <w:rsid w:val="00E6719D"/>
     <w:rsid w:val="00E6751F"/>
+    <w:rsid w:val="00E70059"/>
     <w:rsid w:val="00E7018F"/>
     <w:rsid w:val="00E701AE"/>
     <w:rsid w:val="00E7474F"/>
     <w:rsid w:val="00E82E40"/>
     <w:rsid w:val="00E83041"/>
     <w:rsid w:val="00E8558B"/>
     <w:rsid w:val="00E869EF"/>
     <w:rsid w:val="00E918CA"/>
     <w:rsid w:val="00E933B6"/>
     <w:rsid w:val="00E95238"/>
     <w:rsid w:val="00E952AF"/>
     <w:rsid w:val="00E96677"/>
     <w:rsid w:val="00EA3D80"/>
     <w:rsid w:val="00EA5DDB"/>
     <w:rsid w:val="00EA663E"/>
     <w:rsid w:val="00EB0142"/>
     <w:rsid w:val="00EB0B4E"/>
     <w:rsid w:val="00EB2F72"/>
     <w:rsid w:val="00EB3729"/>
     <w:rsid w:val="00EB59B8"/>
     <w:rsid w:val="00EC0623"/>
     <w:rsid w:val="00EC7550"/>
     <w:rsid w:val="00EC781A"/>
     <w:rsid w:val="00EC7E82"/>
     <w:rsid w:val="00ED0DD5"/>
@@ -26089,90 +26136,95 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...7 lines deleted...]
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <TaxCatchAll xmlns="d48cd3a4-e868-4911-8795-446931a538f0" xsi:nil="true"/>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="37f93282-8ed7-42d6-a4ec-a73f856facb5">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
   </documentManagement>
 </p:properties>
 </file>
 
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="dokument" ma:contentTypeID="0x01010097A451C352463647A7680D123B3C1673" ma:contentTypeVersion="11" ma:contentTypeDescription="Skapa ett nytt dokument." ma:contentTypeScope="" ma:versionID="b0e404b366df4243a38370f56cc4a062">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="37f93282-8ed7-42d6-a4ec-a73f856facb5" xmlns:ns3="d48cd3a4-e868-4911-8795-446931a538f0" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="afa596126c7e95536f6ab4f850867b44" ns2:_="" ns3:_="">
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="dokument" ma:contentTypeID="0x01010097A451C352463647A7680D123B3C1673" ma:contentTypeVersion="12" ma:contentTypeDescription="Skapa ett nytt dokument." ma:contentTypeScope="" ma:versionID="21df1a36e2ab04ece7833ce7c6cfdc78">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="37f93282-8ed7-42d6-a4ec-a73f856facb5" xmlns:ns3="d48cd3a4-e868-4911-8795-446931a538f0" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="9eb0f5d9674b19dc29a67cd0949706f4" ns2:_="" ns3:_="">
     <xsd:import namespace="37f93282-8ed7-42d6-a4ec-a73f856facb5"/>
     <xsd:import namespace="d48cd3a4-e868-4911-8795-446931a538f0"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="37f93282-8ed7-42d6-a4ec-a73f856facb5" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceSearchProperties" ma:index="10" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
@@ -26184,50 +26236,55 @@
     <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="13" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Bildmarkeringar" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="d34d398b-60ba-4ad0-a6da-da1ce693b88b" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
     <xsd:element name="MediaServiceDateTaken" ma:index="15" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceOCR" ma:index="16" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceGenerationTime" ma:index="17" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceEventHashCode" ma:index="18" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceLocation" ma:index="19" nillable="true" ma:displayName="Location" ma:indexed="true" ma:internalName="MediaServiceLocation" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="d48cd3a4-e868-4911-8795-446931a538f0" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="TaxCatchAll" ma:index="14" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{3ce120bd-9b30-4981-83e4-fc802c36e5c9}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="d48cd3a4-e868-4911-8795-446931a538f0">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:MultiChoiceLookup">
             <xsd:sequence>
               <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
@@ -26303,140 +26360,124 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-[...2 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7DA62FFE-EB3C-4ACC-A376-358A94AA7904}">
-[...6 lines deleted...]
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{808D47DC-A8B6-4416-ADA5-D6E6E8A322A2}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="d48cd3a4-e868-4911-8795-446931a538f0"/>
     <ds:schemaRef ds:uri="37f93282-8ed7-42d6-a4ec-a73f856facb5"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{513C78D9-7F88-4BF1-829F-BFF1FFFC5389}">
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7DA62FFE-EB3C-4ACC-A376-358A94AA7904}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
-[...10 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6B4FBDE7-448B-424B-9791-A08EB90768D9}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{60E99320-5772-4116-8D25-694439ACAD74}"/>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>937</Words>
-  <Characters>5235</Characters>
+  <Words>981</Words>
+  <Characters>5205</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>373</Lines>
-  <Paragraphs>293</Paragraphs>
+  <Lines>43</Lines>
+  <Paragraphs>12</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Rubrik</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Titel</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>Ifylls av sökande</vt:lpstr>
       <vt:lpstr>Ifylls av sökande</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Karolinska Institutet</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5879</CharactersWithSpaces>
+  <CharactersWithSpaces>6174</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Ifylls av sökande</dc:title>
   <dc:subject>inget lösenord</dc:subject>
   <dc:creator>Maya Petrén</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="ContentTypeId">
+    <vt:lpwstr>0x01010097A451C352463647A7680D123B3C1673</vt:lpwstr>
+  </property>
 </Properties>
 </file>