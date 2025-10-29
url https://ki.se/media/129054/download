--- v0 (2025-10-08)
+++ v1 (2025-10-29)
@@ -4,89 +4,89 @@
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29127"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29231"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://kise-my.sharepoint.com/personal/cecilia_hultqvist_ki_se/Documents/Skrivbordet/Info/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://kise-my.sharepoint.com/personal/cecilia_hultqvist_ki_se/Documents/Skrivbordet/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="33" documentId="8_{9CE085D4-0AC5-436D-93BD-39C56FC9163E}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{EAD90190-C689-4498-92F4-5BF37517D6FA}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{7D741025-9CCE-42CF-A7E9-51E9AE10C99E}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-103" yWindow="-103" windowWidth="33120" windowHeight="18120" xr2:uid="{2BACA285-3616-4895-A086-773420FF742F}"/>
   </bookViews>
   <sheets>
     <sheet name="Blad1" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">Blad1!$A$1:$H$550</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2431" uniqueCount="1301">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2443" uniqueCount="1307">
   <si>
     <t>Mapp</t>
   </si>
   <si>
     <t>No</t>
   </si>
   <si>
     <t>Författare</t>
   </si>
   <si>
     <t>Titel</t>
   </si>
   <si>
     <t>Plats</t>
   </si>
   <si>
     <t>Inscannad</t>
   </si>
   <si>
     <t>Kurs No</t>
   </si>
   <si>
     <t>År</t>
   </si>
   <si>
@@ -4101,50 +4101,68 @@
       <t>f</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>o hos transkvinnor efter feminiserande röstbehandling?</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Svensk validering och reliabilitetsprövning av frågeformuläret </t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">Unhelpful Thoughts and Beliefs About Stuttering </t>
     </r>
+  </si>
+  <si>
+    <t>Maria Andersson</t>
+  </si>
+  <si>
+    <t>Behandling vid psykisk ohälsa hos personer med afasi: en studie om tillgänglighet</t>
+  </si>
+  <si>
+    <t>Tracy Temfo</t>
+  </si>
+  <si>
+    <t>Utvärdering av föräldrautbildningen ”Börja skolan med språkstörning” – En kvantitativ och kvalitativ studie</t>
+  </si>
+  <si>
+    <t>Rania Zouhir</t>
+  </si>
+  <si>
+    <t>Jämförelse mellan observerat och rapporterat expressivt ordförråd hos 18 månader gamla barn</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr9="http://schemas.microsoft.com/office/spreadsheetml/2016/revision9" mc:Ignorable="x14ac x16r2 xr xr9">
   <fonts count="19" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="DM Sans"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="DM Sans"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <vertAlign val="subscript"/>
       <sz val="11"/>
       <color indexed="9"/>
       <name val="DM Sans"/>
@@ -4226,91 +4244,90 @@
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <i/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <vertAlign val="superscript"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
-      <b/>
-      <sz val="16"/>
+      <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="4">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0" tint="-0.14999847407452621"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="8"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="31">
+  <cellXfs count="33">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
@@ -4351,50 +4368,56 @@
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="16" fontId="11" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="3" fontId="11" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="18" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Hyperlänk" xfId="1" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="4">
     <dxf>
       <fill>
         <patternFill>
           <bgColor rgb="FFFEEEEB"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <font>
         <b/>
         <i val="0"/>
         <color theme="1"/>
       </font>
       <border>
         <top style="double">
           <color auto="1"/>
         </top>
       </border>
@@ -4640,54 +4663,54 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{1BE92F07-F270-4AFC-8B1C-5A00B4E161B4}">
-  <dimension ref="A1:J608"/>
+  <dimension ref="A1:J609"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A382" zoomScaleNormal="100" zoomScalePageLayoutView="80" workbookViewId="0">
-      <selection activeCell="I604" sqref="I604"/>
+    <sheetView tabSelected="1" topLeftCell="A600" zoomScaleNormal="100" zoomScalePageLayoutView="80" workbookViewId="0">
+      <selection activeCell="D610" sqref="D610"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="6.0546875" defaultRowHeight="15" x14ac:dyDescent="0.45"/>
   <cols>
     <col min="1" max="1" width="5.0546875" style="10" customWidth="1"/>
     <col min="2" max="2" width="5.38671875" style="10" hidden="1" customWidth="1"/>
     <col min="3" max="3" width="39.21875" style="11" customWidth="1"/>
     <col min="4" max="4" width="99.609375" style="5" customWidth="1"/>
     <col min="5" max="5" width="8.88671875" style="12" customWidth="1"/>
     <col min="6" max="6" width="13.44140625" style="13" customWidth="1"/>
     <col min="7" max="7" width="7.609375" style="10" customWidth="1"/>
     <col min="8" max="8" width="8" style="10" customWidth="1"/>
     <col min="9" max="255" width="6.0546875" style="5"/>
     <col min="256" max="256" width="5.0546875" style="5" customWidth="1"/>
     <col min="257" max="257" width="0" style="5" hidden="1" customWidth="1"/>
     <col min="258" max="258" width="33.38671875" style="5" customWidth="1"/>
     <col min="259" max="259" width="99.609375" style="5" customWidth="1"/>
     <col min="260" max="260" width="8.88671875" style="5" customWidth="1"/>
     <col min="261" max="261" width="4" style="5" bestFit="1" customWidth="1"/>
     <col min="262" max="262" width="5.38671875" style="5" customWidth="1"/>
     <col min="263" max="263" width="4.38671875" style="5" customWidth="1"/>
     <col min="264" max="511" width="6.0546875" style="5"/>
     <col min="512" max="512" width="5.0546875" style="5" customWidth="1"/>
     <col min="513" max="513" width="0" style="5" hidden="1" customWidth="1"/>
     <col min="514" max="514" width="33.38671875" style="5" customWidth="1"/>
@@ -19430,440 +19453,489 @@
     </row>
     <row r="592" spans="1:8" x14ac:dyDescent="0.45">
       <c r="A592" s="17">
         <v>587</v>
       </c>
       <c r="B592" s="17"/>
       <c r="C592" s="20" t="s">
         <v>1261</v>
       </c>
       <c r="D592" s="20" t="s">
         <v>1262</v>
       </c>
       <c r="E592" s="29" t="s">
         <v>1260</v>
       </c>
       <c r="F592" s="22" t="s">
         <v>11</v>
       </c>
       <c r="G592" s="17">
         <v>41</v>
       </c>
       <c r="H592" s="17">
         <v>2025</v>
       </c>
     </row>
-    <row r="593" spans="1:8" x14ac:dyDescent="0.45">
+    <row r="593" spans="1:9" x14ac:dyDescent="0.45">
       <c r="A593" s="17">
         <v>588</v>
       </c>
       <c r="B593" s="17"/>
       <c r="C593" s="20" t="s">
         <v>1263</v>
       </c>
       <c r="D593" s="20" t="s">
         <v>1264</v>
       </c>
       <c r="E593" s="29" t="s">
         <v>1260</v>
       </c>
       <c r="F593" s="22" t="s">
         <v>11</v>
       </c>
       <c r="G593" s="17">
         <v>41</v>
       </c>
       <c r="H593" s="17">
         <v>2025</v>
       </c>
     </row>
-    <row r="594" spans="1:8" x14ac:dyDescent="0.45">
+    <row r="594" spans="1:9" x14ac:dyDescent="0.45">
       <c r="A594" s="17">
         <v>589</v>
       </c>
       <c r="B594" s="17"/>
       <c r="C594" s="17" t="s">
         <v>1265</v>
       </c>
       <c r="D594" s="17" t="s">
         <v>1266</v>
       </c>
       <c r="E594" s="29" t="s">
         <v>1260</v>
       </c>
       <c r="F594" s="22" t="s">
         <v>11</v>
       </c>
       <c r="G594" s="17">
         <v>41</v>
       </c>
       <c r="H594" s="17">
         <v>2025</v>
       </c>
     </row>
-    <row r="595" spans="1:8" x14ac:dyDescent="0.45">
+    <row r="595" spans="1:9" x14ac:dyDescent="0.45">
       <c r="A595" s="17">
         <v>590</v>
       </c>
       <c r="B595" s="17"/>
       <c r="C595" s="17" t="s">
         <v>1267</v>
       </c>
       <c r="D595" s="17" t="s">
         <v>1268</v>
       </c>
       <c r="E595" s="29" t="s">
         <v>1260</v>
       </c>
       <c r="F595" s="22" t="s">
         <v>11</v>
       </c>
       <c r="G595" s="17">
         <v>41</v>
       </c>
       <c r="H595" s="17">
         <v>2025</v>
       </c>
     </row>
-    <row r="596" spans="1:8" x14ac:dyDescent="0.45">
+    <row r="596" spans="1:9" x14ac:dyDescent="0.45">
       <c r="A596" s="17">
         <v>591</v>
       </c>
       <c r="B596" s="17"/>
       <c r="C596" s="17" t="s">
         <v>1269</v>
       </c>
       <c r="D596" s="20" t="s">
         <v>1270</v>
       </c>
       <c r="E596" s="29" t="s">
         <v>1260</v>
       </c>
       <c r="F596" s="22" t="s">
         <v>11</v>
       </c>
       <c r="G596" s="17">
         <v>41</v>
       </c>
       <c r="H596" s="17">
         <v>2025</v>
       </c>
     </row>
-    <row r="597" spans="1:8" x14ac:dyDescent="0.45">
+    <row r="597" spans="1:9" x14ac:dyDescent="0.45">
       <c r="A597" s="17">
         <v>592</v>
       </c>
       <c r="B597" s="17"/>
       <c r="C597" s="17" t="s">
         <v>1271</v>
       </c>
       <c r="D597" s="17" t="s">
         <v>1272</v>
       </c>
       <c r="E597" s="29" t="s">
         <v>1260</v>
       </c>
       <c r="F597" s="22" t="s">
         <v>11</v>
       </c>
       <c r="G597" s="17">
         <v>41</v>
       </c>
       <c r="H597" s="17">
         <v>2025</v>
       </c>
     </row>
-    <row r="598" spans="1:8" x14ac:dyDescent="0.45">
+    <row r="598" spans="1:9" x14ac:dyDescent="0.45">
       <c r="A598" s="17">
         <v>593</v>
       </c>
       <c r="B598" s="17"/>
       <c r="C598" s="20" t="s">
         <v>1273</v>
       </c>
       <c r="D598" s="17" t="s">
         <v>1274</v>
       </c>
       <c r="E598" s="29" t="s">
         <v>1260</v>
       </c>
       <c r="F598" s="22" t="s">
         <v>11</v>
       </c>
       <c r="G598" s="17">
         <v>41</v>
       </c>
       <c r="H598" s="17">
         <v>2025</v>
       </c>
     </row>
-    <row r="599" spans="1:8" x14ac:dyDescent="0.45">
+    <row r="599" spans="1:9" x14ac:dyDescent="0.45">
       <c r="A599" s="17">
         <v>594</v>
       </c>
       <c r="B599" s="17"/>
       <c r="C599" s="17" t="s">
         <v>1275</v>
       </c>
       <c r="D599" s="17" t="s">
         <v>1276</v>
       </c>
       <c r="E599" s="29" t="s">
         <v>1260</v>
       </c>
       <c r="F599" s="22" t="s">
         <v>11</v>
       </c>
       <c r="G599" s="17">
         <v>41</v>
       </c>
       <c r="H599" s="17">
         <v>2025</v>
       </c>
     </row>
-    <row r="600" spans="1:8" x14ac:dyDescent="0.45">
+    <row r="600" spans="1:9" x14ac:dyDescent="0.45">
       <c r="A600" s="17">
         <v>595</v>
       </c>
       <c r="B600" s="17"/>
       <c r="C600" s="20" t="s">
         <v>1277</v>
       </c>
       <c r="D600" s="17" t="s">
         <v>1278</v>
       </c>
       <c r="E600" s="29" t="s">
         <v>1260</v>
       </c>
       <c r="F600" s="22" t="s">
         <v>11</v>
       </c>
       <c r="G600" s="17">
         <v>41</v>
       </c>
       <c r="H600" s="17">
         <v>2025</v>
       </c>
     </row>
-    <row r="601" spans="1:8" x14ac:dyDescent="0.45">
+    <row r="601" spans="1:9" x14ac:dyDescent="0.45">
       <c r="A601" s="17">
         <v>596</v>
       </c>
       <c r="B601" s="17"/>
       <c r="C601" s="17" t="s">
         <v>1279</v>
       </c>
       <c r="D601" s="17" t="s">
         <v>1280</v>
       </c>
       <c r="E601" s="29" t="s">
         <v>1281</v>
       </c>
       <c r="F601" s="22" t="s">
         <v>11</v>
       </c>
       <c r="G601" s="17">
         <v>41</v>
       </c>
       <c r="H601" s="17">
         <v>2025</v>
       </c>
     </row>
-    <row r="602" spans="1:8" x14ac:dyDescent="0.45">
+    <row r="602" spans="1:9" x14ac:dyDescent="0.45">
       <c r="A602" s="17">
         <v>597</v>
       </c>
       <c r="B602" s="17"/>
       <c r="C602" s="17" t="s">
         <v>1282</v>
       </c>
       <c r="D602" s="20" t="s">
         <v>1283</v>
       </c>
       <c r="E602" s="29" t="s">
         <v>1281</v>
       </c>
       <c r="F602" s="22" t="s">
         <v>11</v>
       </c>
       <c r="G602" s="17">
         <v>41</v>
       </c>
       <c r="H602" s="17">
         <v>2025</v>
       </c>
     </row>
-    <row r="603" spans="1:8" x14ac:dyDescent="0.45">
+    <row r="603" spans="1:9" x14ac:dyDescent="0.45">
       <c r="A603" s="17">
         <v>598</v>
       </c>
       <c r="B603" s="17"/>
       <c r="C603" s="17" t="s">
         <v>1284</v>
       </c>
       <c r="D603" s="17" t="s">
         <v>1285</v>
       </c>
       <c r="E603" s="29" t="s">
         <v>1281</v>
       </c>
       <c r="F603" s="22" t="s">
         <v>11</v>
       </c>
       <c r="G603" s="17">
         <v>41</v>
       </c>
       <c r="H603" s="17">
         <v>2025</v>
       </c>
     </row>
-    <row r="604" spans="1:8" x14ac:dyDescent="0.45">
+    <row r="604" spans="1:9" x14ac:dyDescent="0.45">
       <c r="A604" s="17">
         <v>599</v>
       </c>
       <c r="B604" s="17"/>
       <c r="C604" s="17" t="s">
         <v>1286</v>
       </c>
       <c r="D604" s="20" t="s">
         <v>1287</v>
       </c>
       <c r="E604" s="29" t="s">
         <v>1281</v>
       </c>
       <c r="F604" s="22" t="s">
         <v>11</v>
       </c>
       <c r="G604" s="17">
         <v>41</v>
       </c>
       <c r="H604" s="17">
         <v>2025</v>
       </c>
     </row>
-    <row r="605" spans="1:8" x14ac:dyDescent="0.45">
+    <row r="605" spans="1:9" x14ac:dyDescent="0.45">
       <c r="A605" s="17">
         <v>600</v>
       </c>
       <c r="B605" s="17"/>
       <c r="C605" s="17" t="s">
         <v>1288</v>
       </c>
       <c r="D605" s="20" t="s">
         <v>1289</v>
       </c>
       <c r="E605" s="29" t="s">
         <v>1281</v>
       </c>
       <c r="F605" s="22" t="s">
         <v>11</v>
       </c>
       <c r="G605" s="17">
         <v>41</v>
       </c>
       <c r="H605" s="17">
         <v>2025</v>
       </c>
     </row>
-    <row r="606" spans="1:8" x14ac:dyDescent="0.45">
+    <row r="606" spans="1:9" x14ac:dyDescent="0.45">
       <c r="A606" s="17">
         <v>601</v>
       </c>
       <c r="B606" s="17"/>
       <c r="C606" s="17" t="s">
         <v>1290</v>
       </c>
       <c r="D606" s="17" t="s">
         <v>1291</v>
       </c>
       <c r="E606" s="29" t="s">
         <v>1281</v>
       </c>
       <c r="F606" s="22" t="s">
         <v>11</v>
       </c>
       <c r="G606" s="17">
         <v>41</v>
       </c>
       <c r="H606" s="17">
         <v>2025</v>
       </c>
     </row>
-    <row r="607" spans="1:8" ht="20.149999999999999" x14ac:dyDescent="0.5">
-      <c r="A607" s="17"/>
+    <row r="607" spans="1:9" x14ac:dyDescent="0.45">
+      <c r="A607" s="17">
+        <v>602</v>
+      </c>
       <c r="B607" s="17"/>
-      <c r="C607" s="17"/>
-[...7 lines deleted...]
-      <c r="A608" s="17"/>
+      <c r="C607" s="17" t="s">
+        <v>1301</v>
+      </c>
+      <c r="D607" s="17" t="s">
+        <v>1302</v>
+      </c>
+      <c r="E607" s="31" t="s">
+        <v>1281</v>
+      </c>
+      <c r="F607" s="22" t="s">
+        <v>11</v>
+      </c>
+      <c r="G607" s="17">
+        <v>40</v>
+      </c>
+      <c r="H607" s="17">
+        <v>2025</v>
+      </c>
+      <c r="I607" s="30"/>
+    </row>
+    <row r="608" spans="1:9" x14ac:dyDescent="0.45">
+      <c r="A608" s="17">
+        <v>603</v>
+      </c>
       <c r="B608" s="17"/>
-      <c r="C608" s="17"/>
-[...4 lines deleted...]
-      <c r="H608" s="17"/>
+      <c r="C608" s="17" t="s">
+        <v>1303</v>
+      </c>
+      <c r="D608" s="32" t="s">
+        <v>1304</v>
+      </c>
+      <c r="E608" s="29" t="s">
+        <v>1281</v>
+      </c>
+      <c r="F608" s="22" t="s">
+        <v>11</v>
+      </c>
+      <c r="G608" s="17">
+        <v>41</v>
+      </c>
+      <c r="H608" s="17">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="609" spans="1:8" x14ac:dyDescent="0.45">
+      <c r="A609" s="17">
+        <v>604</v>
+      </c>
+      <c r="C609" s="11" t="s">
+        <v>1305</v>
+      </c>
+      <c r="D609" s="32" t="s">
+        <v>1306</v>
+      </c>
+      <c r="E609" s="29" t="s">
+        <v>1281</v>
+      </c>
+      <c r="F609" s="22" t="s">
+        <v>11</v>
+      </c>
+      <c r="G609" s="17">
+        <v>41</v>
+      </c>
+      <c r="H609" s="17">
+        <v>2025</v>
+      </c>
     </row>
   </sheetData>
   <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="0.98425196850393704" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="47" orientation="landscape" r:id="rId1"/>
   <headerFooter>
     <oddHeader xml:space="preserve">&amp;L&amp;G&amp;C&amp;"+,Normal"&amp;22Examensarbeten i logopedi / magisteruppsatser&amp;R&amp;12
 </oddHeader>
     <oddFooter>&amp;CEnheten för logopedi, institutionen för klinisk vetenskap, intervention och teknik</oddFooter>
   </headerFooter>
   <colBreaks count="1" manualBreakCount="1">
     <brk id="8" max="1048575" man="1"/>
   </colBreaks>
   <legacyDrawingHF r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...4 lines deleted...]
-</FormTemplates>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement/>
+</p:properties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100B8615BE51D60BA44B86811C5F608C49E" ma:contentTypeVersion="4" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="122e2918688ddcbd6b4e51b912b07315">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="6843b716-3f6d-4983-a753-faa1afd2f446" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="57f36c3b3137f2eaf3a3987d7786cd93" ns2:_="">
     <xsd:import namespace="6843b716-3f6d-4983-a753-faa1afd2f446"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="6843b716-3f6d-4983-a753-faa1afd2f446" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
@@ -19967,86 +20039,89 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...1 lines deleted...]
-</p:properties>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{49BBFD14-AE93-4033-AB55-1E07B45D6880}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{96C215AE-5479-4A8A-AFB6-9B96536148D3}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0626D49A-B663-4602-AD85-7BB442F1E4F8}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="6843b716-3f6d-4983-a753-faa1afd2f446"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{96C215AE-5479-4A8A-AFB6-9B96536148D3}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{49BBFD14-AE93-4033-AB55-1E07B45D6880}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Kalkylblad</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Namngivna områden</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>