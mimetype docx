--- v0 (2025-10-08)
+++ v1 (2026-01-18)
@@ -1,594 +1,1240 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
-  <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w:rsidR="00367390" w:rsidRDefault="00804DA6">
+    <w:p w14:paraId="4AE58A1B" w14:textId="77777777" w:rsidR="00367390" w:rsidRDefault="00804DA6">
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="51C36C98" wp14:editId="5129EB4B">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="012E2779" wp14:editId="62AD005B">
             <wp:extent cx="2286000" cy="1150620"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="1" name="Bildobjekt 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 1"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId6" cstate="print">
+                    <a:blip r:embed="rId5" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2286000" cy="1150620"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00804DA6" w:rsidRDefault="00804DA6" w:rsidP="00804DA6">
+    <w:p w14:paraId="62F017E8" w14:textId="77777777" w:rsidR="00804DA6" w:rsidRDefault="00804DA6" w:rsidP="00804DA6">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00804DA6">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Certificate for participation in research seminar </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>or</w:t>
       </w:r>
       <w:r w:rsidRPr="00804DA6">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> journal club for doctoral students at the department of LIME</w:t>
       </w:r>
       <w:r w:rsidR="00CB0989">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>.</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidR="00CB0989">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2FD200EA" w14:textId="77777777" w:rsidR="00804DA6" w:rsidRPr="00804DA6" w:rsidRDefault="00804DA6" w:rsidP="00804DA6">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-      <w:bookmarkEnd w:id="0"/>
+      </w:pPr>
     </w:p>
-    <w:p w:rsidR="00804DA6" w:rsidRPr="00804DA6" w:rsidRDefault="00804DA6" w:rsidP="00804DA6">
-[...12 lines deleted...]
-    <w:p w:rsidR="00804DA6" w:rsidRPr="00804DA6" w:rsidRDefault="00804DA6" w:rsidP="00804DA6">
+    <w:p w14:paraId="2679DE7C" w14:textId="77777777" w:rsidR="00804DA6" w:rsidRPr="00804DA6" w:rsidRDefault="00804DA6" w:rsidP="00804DA6">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003E4160">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kryss3"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="1" w:name="Kryss3"/>
+      <w:bookmarkStart w:id="0" w:name="Kryss3"/>
       <w:r w:rsidRPr="003E4160">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00CB0989">
+      <w:r w:rsidRPr="003E4160">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidR="00CB0989">
+      <w:r w:rsidRPr="003E4160">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="003E4160">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="1"/>
+      <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidRPr="00804DA6">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00804DA6">
         <w:rPr>
           <w:b/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Seminar</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00804DA6" w:rsidRPr="00804DA6" w:rsidRDefault="00804DA6" w:rsidP="00804DA6">
+    <w:p w14:paraId="2C590DD8" w14:textId="77777777" w:rsidR="00804DA6" w:rsidRPr="00804DA6" w:rsidRDefault="00804DA6" w:rsidP="00804DA6">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00804DA6">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kryss3"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00804DA6">
         <w:rPr>
           <w:b/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00CB0989">
-[...4 lines deleted...]
-      <w:r w:rsidR="00CB0989">
+      <w:r w:rsidRPr="00804DA6">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00804DA6">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00804DA6">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00804DA6">
         <w:rPr>
           <w:b/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> Journal club</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00804DA6" w:rsidRPr="00804DA6" w:rsidRDefault="00804DA6" w:rsidP="00804DA6">
+    <w:p w14:paraId="6F74E64A" w14:textId="77777777" w:rsidR="00804DA6" w:rsidRPr="00804DA6" w:rsidRDefault="00804DA6" w:rsidP="00804DA6">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00804DA6" w:rsidRPr="00180538" w:rsidRDefault="00804DA6" w:rsidP="00804DA6">
+    <w:p w14:paraId="72B3A861" w14:textId="77777777" w:rsidR="00804DA6" w:rsidRPr="00180538" w:rsidRDefault="00804DA6" w:rsidP="00804DA6">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00180538">
         <w:rPr>
           <w:b/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Name of doctoral student</w:t>
       </w:r>
       <w:r w:rsidR="00C2672C" w:rsidRPr="00180538">
         <w:rPr>
           <w:b/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> (first name, last name)</w:t>
       </w:r>
       <w:r w:rsidRPr="00180538">
         <w:rPr>
           <w:b/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00180538" w:rsidRDefault="00180538" w:rsidP="00804DA6">
+    <w:p w14:paraId="714F890C" w14:textId="77777777" w:rsidR="00180538" w:rsidRDefault="00180538" w:rsidP="00804DA6">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00804DA6" w:rsidRPr="00180538" w:rsidRDefault="00804DA6" w:rsidP="00804DA6">
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="Tabellrutnt"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="524"/>
+        <w:gridCol w:w="3044"/>
+        <w:gridCol w:w="1800"/>
+        <w:gridCol w:w="1828"/>
+        <w:gridCol w:w="1820"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00AF3FA0" w14:paraId="07303AFE" w14:textId="77777777" w:rsidTr="00AF3FA0">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="534" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="40D21409" w14:textId="3C656F2B" w:rsidR="00AF3FA0" w:rsidRDefault="00AF3FA0" w:rsidP="00804DA6">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>#</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3162" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="56578605" w14:textId="39AB5CA1" w:rsidR="00AF3FA0" w:rsidRDefault="00AF3FA0" w:rsidP="00804DA6">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00180538">
+              <w:rPr>
+                <w:b/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Name of seminar / journal club</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1848" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="76BD451B" w14:textId="338A5F28" w:rsidR="00AF3FA0" w:rsidRPr="00AF3FA0" w:rsidRDefault="00AF3FA0" w:rsidP="00804DA6">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00180538">
+              <w:rPr>
+                <w:b/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Date of seminar / journal club</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1849" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="56110E19" w14:textId="41672AE7" w:rsidR="00AF3FA0" w:rsidRPr="00AF3FA0" w:rsidRDefault="00AF3FA0" w:rsidP="00804DA6">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00180538">
+              <w:rPr>
+                <w:b/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Hours (including preparations)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1849" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6756C77F" w14:textId="487EBEB6" w:rsidR="00AF3FA0" w:rsidRPr="00AF3FA0" w:rsidRDefault="00AF3FA0" w:rsidP="00804DA6">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00180538">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Other information of importance</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AF3FA0" w14:paraId="021CE98C" w14:textId="77777777" w:rsidTr="00AF3FA0">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="534" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6053CC4E" w14:textId="2DE5B124" w:rsidR="00AF3FA0" w:rsidRDefault="00AF3FA0" w:rsidP="00804DA6">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3162" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="09D1C8B8" w14:textId="77777777" w:rsidR="00AF3FA0" w:rsidRDefault="00AF3FA0" w:rsidP="00804DA6">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1848" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="500E0266" w14:textId="77777777" w:rsidR="00AF3FA0" w:rsidRDefault="00AF3FA0" w:rsidP="00804DA6">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1849" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="447EEECD" w14:textId="77777777" w:rsidR="00AF3FA0" w:rsidRDefault="00AF3FA0" w:rsidP="00804DA6">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1849" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="549C0FF4" w14:textId="77777777" w:rsidR="00AF3FA0" w:rsidRDefault="00AF3FA0" w:rsidP="00804DA6">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AF3FA0" w14:paraId="4610A060" w14:textId="77777777" w:rsidTr="00AF3FA0">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="534" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2A385489" w14:textId="5FC98805" w:rsidR="00AF3FA0" w:rsidRDefault="00AF3FA0" w:rsidP="00804DA6">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3162" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4E0FD9D9" w14:textId="77777777" w:rsidR="00AF3FA0" w:rsidRDefault="00AF3FA0" w:rsidP="00804DA6">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1848" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="51252EA6" w14:textId="77777777" w:rsidR="00AF3FA0" w:rsidRDefault="00AF3FA0" w:rsidP="00804DA6">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1849" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1A7B87D3" w14:textId="77777777" w:rsidR="00AF3FA0" w:rsidRDefault="00AF3FA0" w:rsidP="00804DA6">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1849" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="10166440" w14:textId="77777777" w:rsidR="00AF3FA0" w:rsidRDefault="00AF3FA0" w:rsidP="00804DA6">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AF3FA0" w14:paraId="46D42BCF" w14:textId="77777777" w:rsidTr="00AF3FA0">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="534" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="06E55467" w14:textId="51740EC4" w:rsidR="00AF3FA0" w:rsidRDefault="00AF3FA0" w:rsidP="00804DA6">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3162" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="26E39882" w14:textId="77777777" w:rsidR="00AF3FA0" w:rsidRDefault="00AF3FA0" w:rsidP="00804DA6">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1848" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="045E89B3" w14:textId="77777777" w:rsidR="00AF3FA0" w:rsidRDefault="00AF3FA0" w:rsidP="00804DA6">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1849" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="39D53CAB" w14:textId="77777777" w:rsidR="00AF3FA0" w:rsidRDefault="00AF3FA0" w:rsidP="00804DA6">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1849" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="44853F24" w14:textId="77777777" w:rsidR="00AF3FA0" w:rsidRDefault="00AF3FA0" w:rsidP="00804DA6">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AF3FA0" w14:paraId="4BE35CBC" w14:textId="77777777" w:rsidTr="00AF3FA0">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="534" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="54A174F9" w14:textId="6C676512" w:rsidR="00AF3FA0" w:rsidRDefault="00AF3FA0" w:rsidP="00804DA6">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3162" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="511146F4" w14:textId="77777777" w:rsidR="00AF3FA0" w:rsidRDefault="00AF3FA0" w:rsidP="00804DA6">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1848" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1EDBD7F5" w14:textId="77777777" w:rsidR="00AF3FA0" w:rsidRDefault="00AF3FA0" w:rsidP="00804DA6">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1849" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="72F89942" w14:textId="77777777" w:rsidR="00AF3FA0" w:rsidRDefault="00AF3FA0" w:rsidP="00804DA6">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1849" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="461C6F37" w14:textId="77777777" w:rsidR="00AF3FA0" w:rsidRDefault="00AF3FA0" w:rsidP="00804DA6">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AF3FA0" w14:paraId="52FC49EB" w14:textId="77777777" w:rsidTr="00AF3FA0">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="534" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6C696446" w14:textId="559D44A5" w:rsidR="00AF3FA0" w:rsidRDefault="00AF3FA0" w:rsidP="00804DA6">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3162" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2238B250" w14:textId="77777777" w:rsidR="00AF3FA0" w:rsidRDefault="00AF3FA0" w:rsidP="00804DA6">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1848" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="741D7BA7" w14:textId="77777777" w:rsidR="00AF3FA0" w:rsidRDefault="00AF3FA0" w:rsidP="00804DA6">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1849" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2A1DB8A5" w14:textId="77777777" w:rsidR="00AF3FA0" w:rsidRDefault="00AF3FA0" w:rsidP="00804DA6">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1849" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="514158E6" w14:textId="77777777" w:rsidR="00AF3FA0" w:rsidRDefault="00AF3FA0" w:rsidP="00804DA6">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AF3FA0" w14:paraId="2B68EE15" w14:textId="77777777" w:rsidTr="00AF3FA0">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="534" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="33AC9876" w14:textId="0D5F575E" w:rsidR="00AF3FA0" w:rsidRDefault="00AF3FA0" w:rsidP="00804DA6">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3162" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7F61A368" w14:textId="77777777" w:rsidR="00AF3FA0" w:rsidRDefault="00AF3FA0" w:rsidP="00804DA6">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1848" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5FC6C3FE" w14:textId="77777777" w:rsidR="00AF3FA0" w:rsidRDefault="00AF3FA0" w:rsidP="00804DA6">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1849" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6759C0D0" w14:textId="77777777" w:rsidR="00AF3FA0" w:rsidRDefault="00AF3FA0" w:rsidP="00804DA6">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1849" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7946C7B9" w14:textId="77777777" w:rsidR="00AF3FA0" w:rsidRDefault="00AF3FA0" w:rsidP="00804DA6">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AF3FA0" w14:paraId="23BBC545" w14:textId="77777777" w:rsidTr="00AF3FA0">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="534" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7382686D" w14:textId="1DA77A6E" w:rsidR="00AF3FA0" w:rsidRDefault="00AF3FA0" w:rsidP="00804DA6">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3162" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6CED24C4" w14:textId="77777777" w:rsidR="00AF3FA0" w:rsidRDefault="00AF3FA0" w:rsidP="00804DA6">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1848" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="60A8671E" w14:textId="77777777" w:rsidR="00AF3FA0" w:rsidRDefault="00AF3FA0" w:rsidP="00804DA6">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1849" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3788C3BD" w14:textId="77777777" w:rsidR="00AF3FA0" w:rsidRDefault="00AF3FA0" w:rsidP="00804DA6">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1849" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="14C9FB56" w14:textId="77777777" w:rsidR="00AF3FA0" w:rsidRDefault="00AF3FA0" w:rsidP="00804DA6">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AF3FA0" w14:paraId="3336A67E" w14:textId="77777777" w:rsidTr="00AF3FA0">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="534" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="758BB64A" w14:textId="77777777" w:rsidR="00AF3FA0" w:rsidRDefault="00AF3FA0" w:rsidP="00804DA6">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3162" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0BDD2701" w14:textId="77777777" w:rsidR="00AF3FA0" w:rsidRDefault="00AF3FA0" w:rsidP="00804DA6">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1848" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3E2DF70D" w14:textId="77777777" w:rsidR="00AF3FA0" w:rsidRDefault="00AF3FA0" w:rsidP="00804DA6">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1849" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="046B9594" w14:textId="77777777" w:rsidR="00AF3FA0" w:rsidRDefault="00AF3FA0" w:rsidP="00804DA6">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1849" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2E55F8CD" w14:textId="77777777" w:rsidR="00AF3FA0" w:rsidRDefault="00AF3FA0" w:rsidP="00804DA6">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AF3FA0" w14:paraId="4CF8792F" w14:textId="77777777" w:rsidTr="00AF3FA0">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="534" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="529DF754" w14:textId="77777777" w:rsidR="00AF3FA0" w:rsidRDefault="00AF3FA0" w:rsidP="00804DA6">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3162" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="11263D44" w14:textId="77777777" w:rsidR="00AF3FA0" w:rsidRDefault="00AF3FA0" w:rsidP="00804DA6">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1848" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="030914D3" w14:textId="77777777" w:rsidR="00AF3FA0" w:rsidRDefault="00AF3FA0" w:rsidP="00804DA6">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1849" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0E70A232" w14:textId="77777777" w:rsidR="00AF3FA0" w:rsidRDefault="00AF3FA0" w:rsidP="00804DA6">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1849" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="120B0CD8" w14:textId="77777777" w:rsidR="00AF3FA0" w:rsidRDefault="00AF3FA0" w:rsidP="00804DA6">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="7BE8EF9E" w14:textId="77777777" w:rsidR="00AF3FA0" w:rsidRDefault="00AF3FA0" w:rsidP="00804DA6">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="71374E24" w14:textId="42A448D1" w:rsidR="00180538" w:rsidRDefault="00180538" w:rsidP="00804DA6">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="71BDAA6B" w14:textId="77777777" w:rsidR="00804DA6" w:rsidRPr="00180538" w:rsidRDefault="00804DA6" w:rsidP="00804DA6">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00180538">
         <w:rPr>
           <w:b/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Name of seminar / journal club:</w:t>
+        <w:t>Signature of organizer or principal supervisor:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00180538" w:rsidRDefault="00180538" w:rsidP="00804DA6">
-[...4 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="143FC814" w14:textId="77777777" w:rsidR="00804DA6" w:rsidRPr="00804DA6" w:rsidRDefault="00804DA6" w:rsidP="00804DA6">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00804DA6">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00804DA6" w:rsidRPr="00180538" w:rsidRDefault="00C2672C" w:rsidP="00804DA6">
+    <w:p w14:paraId="6DEB6ED2" w14:textId="77777777" w:rsidR="00804DA6" w:rsidRPr="00180538" w:rsidRDefault="00C2672C" w:rsidP="00804DA6">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00180538">
         <w:rPr>
           <w:b/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Date of seminar / journal club:</w:t>
+        <w:t>Clarification of signature</w:t>
+      </w:r>
+      <w:r w:rsidR="00804DA6" w:rsidRPr="00180538">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00180538" w:rsidRDefault="00180538" w:rsidP="00804DA6">
-[...4 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="7C075A08" w14:textId="77777777" w:rsidR="00804DA6" w:rsidRPr="00804DA6" w:rsidRDefault="00804DA6" w:rsidP="00804DA6">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00804DA6">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00180538" w:rsidRPr="00180538" w:rsidRDefault="00804DA6" w:rsidP="00180538">
-[...12 lines deleted...]
-      </w:r>
+    <w:p w14:paraId="4115ECE7" w14:textId="77777777" w:rsidR="00804DA6" w:rsidRDefault="00804DA6">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w:rsidR="00180538" w:rsidRDefault="00180538" w:rsidP="00180538">
-[...4 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="1403F735" w14:textId="46B81168" w:rsidR="00D7207A" w:rsidRPr="00D7207A" w:rsidRDefault="00D7207A">
+      <w:pPr>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Updated </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D7207A">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2025-11-18</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00180538" w:rsidRPr="00180538" w:rsidRDefault="00180538" w:rsidP="00804DA6">
-[...100 lines deleted...]
-    <w:sectPr w:rsidR="00804DA6" w:rsidRPr="00804DA6">
+    <w:sectPr w:rsidR="00D7207A" w:rsidRPr="00D7207A">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
-  <w:abstractNum w:abstractNumId="0">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="093E5106"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="4AE24EF4"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -693,260 +1339,507 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="1307857627">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00804DA6"/>
     <w:rsid w:val="00095039"/>
     <w:rsid w:val="00180538"/>
     <w:rsid w:val="00367390"/>
+    <w:rsid w:val="003B0737"/>
     <w:rsid w:val="00804DA6"/>
+    <w:rsid w:val="00A03AA8"/>
+    <w:rsid w:val="00AF3FA0"/>
     <w:rsid w:val="00C2672C"/>
     <w:rsid w:val="00CB0989"/>
+    <w:rsid w:val="00D7207A"/>
     <w:rsid w:val="00FE1288"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="sv-SE"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
+  <w14:docId w14:val="5992C438"/>
+  <w15:docId w15:val="{EABCEAD3-4F80-4606-9F7C-E3999311458D}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="sv-SE" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
-[...136 lines deleted...]
-    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+    <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 3" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 4" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 4" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 5" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
+    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
+    <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
+    <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
+    <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
+    <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
+    <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
+    <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Standardstycketeckensnitt">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Normaltabell">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
@@ -965,297 +1858,96 @@
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00804DA6"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BallongtextChar">
     <w:name w:val="Ballongtext Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Ballongtext"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00804DA6"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-</w:styles>
-[...196 lines deleted...]
-    <w:rsid w:val="00804DA6"/>
+  <w:style w:type="table" w:styleId="Tabellrutnt">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="Normaltabell"/>
+    <w:uiPriority w:val="59"/>
+    <w:rsid w:val="00AF3FA0"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
-    <w:rPr>
-[...16 lines deleted...]
-    </w:rPr>
+    <w:tblPr>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+    </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="746345440">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.emf"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.emf"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -1501,68 +2193,68 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>96</Words>
-  <Characters>511</Characters>
+  <Words>108</Words>
+  <Characters>575</Characters>
   <Application>Microsoft Office Word</Application>
-  <DocSecurity>0</DocSecurity>
+  <DocSecurity>4</DocSecurity>
   <Lines>4</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Rubrik</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Karolinska Institutet, LIME</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>606</CharactersWithSpaces>
+  <CharactersWithSpaces>682</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Ingrid Smedberg</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>