--- v0 (2025-10-29)
+++ v1 (2025-11-25)
@@ -1,3581 +1,4129 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="6BE1CB11" w14:textId="77777777" w:rsidR="00E73DC3" w:rsidRDefault="00E73DC3" w:rsidP="00D17C46">
+    <w:p w14:paraId="6BE1CB11" w14:textId="77777777" w:rsidR="00E73DC3" w:rsidRPr="006845C3" w:rsidRDefault="00E73DC3" w:rsidP="00D17C46">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:spacing w:line="237" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:rPr>
-          <w:lang w:val="sv-SE"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="3262D610" w14:textId="2064D25A" w:rsidR="00732BB4" w:rsidRPr="00703C85" w:rsidRDefault="00703C85" w:rsidP="00D17C46">
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3262D610" w14:textId="2064D25A" w:rsidR="00732BB4" w:rsidRPr="006845C3" w:rsidRDefault="00703C85" w:rsidP="00D17C46">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:spacing w:line="237" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="sv-SE"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="006845C3">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:lang w:val="sv-SE"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="006845C3">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:lang w:val="sv-SE"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="006845C3">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:lang w:val="sv-SE"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="006845C3">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:lang w:val="sv-SE"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="006845C3">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:lang w:val="sv-SE"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="006845C3">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:lang w:val="sv-SE"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="006845C3">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:lang w:val="sv-SE"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="006845C3">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:lang w:val="sv-SE"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="006845C3">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:lang w:val="sv-SE"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="006845C3">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:lang w:val="sv-SE"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00703C85">
-        <w:rPr>
+      <w:r w:rsidRPr="006845C3">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="sv-SE"/>
         </w:rPr>
         <w:t>Sid 1 (</w:t>
       </w:r>
-      <w:r w:rsidR="00495473">
-        <w:rPr>
+      <w:r w:rsidR="00495473" w:rsidRPr="006845C3">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="sv-SE"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
-      <w:r w:rsidRPr="00703C85">
-        <w:rPr>
+      <w:r w:rsidRPr="006845C3">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="sv-SE"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5F1C3D5F" w14:textId="77777777" w:rsidR="00243EFE" w:rsidRDefault="00243EFE" w:rsidP="00C830CE">
+    <w:p w14:paraId="5F1C3D5F" w14:textId="77777777" w:rsidR="00243EFE" w:rsidRPr="006845C3" w:rsidRDefault="00243EFE" w:rsidP="00C830CE">
       <w:pPr>
         <w:spacing w:before="70"/>
         <w:ind w:right="397"/>
         <w:contextualSpacing/>
         <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="sv-SE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="15E5EC37" w14:textId="596B57B4" w:rsidR="00C830CE" w:rsidRPr="00DD4F2F" w:rsidRDefault="00C830CE" w:rsidP="00243EFE">
+    <w:p w14:paraId="4D9FE93E" w14:textId="77777777" w:rsidR="006845C3" w:rsidRPr="006845C3" w:rsidRDefault="006845C3" w:rsidP="006845C3">
       <w:pPr>
         <w:spacing w:before="70"/>
         <w:ind w:right="397"/>
         <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="sv-SE"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00DD4F2F">
-        <w:rPr>
+      <w:r w:rsidRPr="006845C3">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="sv-SE"/>
         </w:rPr>
         <w:t>Tilläggsansökan</w:t>
       </w:r>
-      <w:r w:rsidRPr="00DD4F2F">
-        <w:rPr>
+      <w:r w:rsidRPr="006845C3">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:b/>
+          <w:bCs/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="sv-SE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00DD4F2F">
-        <w:rPr>
+      <w:r w:rsidRPr="006845C3">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="sv-SE"/>
         </w:rPr>
         <w:t>om</w:t>
       </w:r>
-      <w:r w:rsidRPr="00DD4F2F">
-        <w:rPr>
+      <w:r w:rsidRPr="006845C3">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:b/>
+          <w:bCs/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="sv-SE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00DD4F2F">
-        <w:rPr>
+      <w:r w:rsidRPr="006845C3">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="sv-SE"/>
         </w:rPr>
         <w:t>än</w:t>
       </w:r>
-      <w:r w:rsidRPr="00DD4F2F">
-        <w:rPr>
+      <w:r w:rsidRPr="006845C3">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:b/>
+          <w:bCs/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="sv-SE"/>
         </w:rPr>
         <w:t>d</w:t>
       </w:r>
-      <w:r w:rsidRPr="00DD4F2F">
-        <w:rPr>
+      <w:r w:rsidRPr="006845C3">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="sv-SE"/>
         </w:rPr>
         <w:t>ri</w:t>
       </w:r>
-      <w:r w:rsidRPr="00DD4F2F">
-        <w:rPr>
+      <w:r w:rsidRPr="006845C3">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:b/>
+          <w:bCs/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="sv-SE"/>
         </w:rPr>
         <w:t>n</w:t>
       </w:r>
-      <w:r w:rsidRPr="00DD4F2F">
-        <w:rPr>
+      <w:r w:rsidRPr="006845C3">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="sv-SE"/>
         </w:rPr>
         <w:t>g</w:t>
       </w:r>
-      <w:r w:rsidRPr="00DD4F2F">
-        <w:rPr>
+      <w:r w:rsidRPr="006845C3">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:b/>
+          <w:bCs/>
           <w:spacing w:val="1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="sv-SE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00DD4F2F">
-        <w:rPr>
+      <w:r w:rsidRPr="006845C3">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="sv-SE"/>
         </w:rPr>
         <w:t>av</w:t>
       </w:r>
-      <w:r w:rsidRPr="00DD4F2F">
-        <w:rPr>
+      <w:r w:rsidRPr="006845C3">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:b/>
+          <w:bCs/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="sv-SE"/>
         </w:rPr>
         <w:t xml:space="preserve"> e</w:t>
       </w:r>
-      <w:r w:rsidRPr="00DD4F2F">
-        <w:rPr>
+      <w:r w:rsidRPr="006845C3">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="sv-SE"/>
         </w:rPr>
         <w:t>ti</w:t>
       </w:r>
-      <w:r w:rsidRPr="00DD4F2F">
-        <w:rPr>
+      <w:r w:rsidRPr="006845C3">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:b/>
+          <w:bCs/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="sv-SE"/>
         </w:rPr>
         <w:t>sk</w:t>
       </w:r>
-      <w:r w:rsidRPr="00DD4F2F">
-        <w:rPr>
+      <w:r w:rsidRPr="006845C3">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="sv-SE"/>
         </w:rPr>
         <w:t>t</w:t>
       </w:r>
-      <w:r w:rsidRPr="00DD4F2F">
-        <w:rPr>
+      <w:r w:rsidRPr="006845C3">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:b/>
+          <w:bCs/>
           <w:spacing w:val="1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="sv-SE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00DD4F2F">
-        <w:rPr>
+      <w:r w:rsidRPr="006845C3">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="sv-SE"/>
         </w:rPr>
-        <w:t>godkännande av djurförsök i enlighet med SJVFS 201</w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t xml:space="preserve">godkännande av djurförsök i enlighet med SJVFS 2025:28 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006845C3">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="sv-SE"/>
         </w:rPr>
-        <w:t>9</w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t>saknr</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006845C3">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="sv-SE"/>
         </w:rPr>
-        <w:t>:</w:t>
-[...60 lines deleted...]
-    <w:p w14:paraId="30A3C5CF" w14:textId="77777777" w:rsidR="00C830CE" w:rsidRPr="00DD4F2F" w:rsidRDefault="00C830CE" w:rsidP="00C830CE">
+        <w:t xml:space="preserve"> L151 kap 5 §6</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="30A3C5CF" w14:textId="77777777" w:rsidR="00C830CE" w:rsidRPr="006845C3" w:rsidRDefault="00C830CE" w:rsidP="00C830CE">
       <w:pPr>
         <w:spacing w:before="70"/>
         <w:ind w:right="1658"/>
         <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="sv-SE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5A26BDB8" w14:textId="77777777" w:rsidR="00243EFE" w:rsidRDefault="00243EFE" w:rsidP="00C830CE">
+    <w:p w14:paraId="5A26BDB8" w14:textId="77777777" w:rsidR="00243EFE" w:rsidRPr="006845C3" w:rsidRDefault="00243EFE" w:rsidP="00C830CE">
       <w:pPr>
         <w:contextualSpacing/>
         <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:b/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:lang w:val="sv-SE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1544E0D2" w14:textId="2ACF7F85" w:rsidR="008739B2" w:rsidRPr="00243EFE" w:rsidRDefault="00C830CE" w:rsidP="00C830CE">
+    <w:p w14:paraId="1544E0D2" w14:textId="2ACF7F85" w:rsidR="008739B2" w:rsidRPr="006845C3" w:rsidRDefault="00C830CE" w:rsidP="00C830CE">
       <w:pPr>
         <w:contextualSpacing/>
         <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:b/>
-          <w:sz w:val="36"/>
-[...5 lines deleted...]
-        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006845C3">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:b/>
-          <w:sz w:val="36"/>
-          <w:szCs w:val="36"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="sv-SE"/>
         </w:rPr>
         <w:t>Sökande (</w:t>
       </w:r>
-      <w:r w:rsidR="00EB6EB1">
-        <w:rPr>
+      <w:r w:rsidR="00EB6EB1" w:rsidRPr="006845C3">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:b/>
-          <w:sz w:val="36"/>
-          <w:szCs w:val="36"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="sv-SE"/>
         </w:rPr>
         <w:t xml:space="preserve">nuvarande </w:t>
       </w:r>
-      <w:r w:rsidRPr="00243EFE">
-        <w:rPr>
+      <w:r w:rsidRPr="006845C3">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:b/>
-          <w:sz w:val="36"/>
-          <w:szCs w:val="36"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="sv-SE"/>
         </w:rPr>
         <w:t>försöksledare)</w:t>
       </w:r>
-      <w:r w:rsidR="008739B2" w:rsidRPr="00243EFE">
-        <w:rPr>
+      <w:r w:rsidR="008739B2" w:rsidRPr="006845C3">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:b/>
-          <w:sz w:val="36"/>
-          <w:szCs w:val="36"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="sv-SE"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="751709FF" w14:textId="77777777" w:rsidR="008739B2" w:rsidRPr="00DD4F2F" w:rsidRDefault="008739B2" w:rsidP="00C830CE">
+    <w:p w14:paraId="751709FF" w14:textId="77777777" w:rsidR="008739B2" w:rsidRPr="006845C3" w:rsidRDefault="008739B2" w:rsidP="00C830CE">
       <w:pPr>
         <w:contextualSpacing/>
         <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="sv-SE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="8995" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3964"/>
         <w:gridCol w:w="5031"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00C830CE" w:rsidRPr="00DD4F2F" w14:paraId="7C106923" w14:textId="77777777" w:rsidTr="008739B2">
+      <w:tr w:rsidR="00C830CE" w:rsidRPr="006845C3" w14:paraId="7C106923" w14:textId="77777777" w:rsidTr="008739B2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8995" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="10168D35" w14:textId="269F6E38" w:rsidR="00C830CE" w:rsidRPr="009F3868" w:rsidRDefault="00C830CE" w:rsidP="008739B2">
+          <w:p w14:paraId="10168D35" w14:textId="269F6E38" w:rsidR="00C830CE" w:rsidRPr="006845C3" w:rsidRDefault="00C830CE" w:rsidP="008739B2">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="009F3868">
+            <w:r w:rsidRPr="006845C3">
               <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Namn</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidR="008739B2" w:rsidRPr="009F3868">
+            <w:r w:rsidR="008739B2" w:rsidRPr="006845C3">
               <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">: </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
+                  <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-1539420855"/>
                 <w:placeholder>
                   <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="008739B2" w:rsidRPr="009F3868">
+                <w:r w:rsidR="008739B2" w:rsidRPr="006845C3">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
-          <w:p w14:paraId="4C33D8C9" w14:textId="53D946EB" w:rsidR="003C0400" w:rsidRPr="009F3868" w:rsidRDefault="003C0400" w:rsidP="008739B2">
+          <w:p w14:paraId="4C33D8C9" w14:textId="53D946EB" w:rsidR="003C0400" w:rsidRPr="006845C3" w:rsidRDefault="003C0400" w:rsidP="008739B2">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C830CE" w:rsidRPr="00DD4F2F" w14:paraId="1C4DEAE3" w14:textId="77777777" w:rsidTr="008739B2">
+      <w:tr w:rsidR="00C830CE" w:rsidRPr="006845C3" w14:paraId="1C4DEAE3" w14:textId="77777777" w:rsidTr="008739B2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8995" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1C9E66EB" w14:textId="58766949" w:rsidR="00C830CE" w:rsidRPr="009F3868" w:rsidRDefault="00C830CE" w:rsidP="008739B2">
+          <w:p w14:paraId="1C9E66EB" w14:textId="58766949" w:rsidR="00C830CE" w:rsidRPr="006845C3" w:rsidRDefault="00C830CE" w:rsidP="008739B2">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009F3868">
+            <w:r w:rsidRPr="006845C3">
               <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Institution</w:t>
             </w:r>
-            <w:r w:rsidR="008739B2" w:rsidRPr="009F3868">
+            <w:r w:rsidR="008739B2" w:rsidRPr="006845C3">
               <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">: </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
+                  <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-860439012"/>
                 <w:placeholder>
                   <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="008739B2" w:rsidRPr="009F3868">
+                <w:r w:rsidR="008739B2" w:rsidRPr="006845C3">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
-          <w:p w14:paraId="03DEFAF3" w14:textId="77777777" w:rsidR="00C830CE" w:rsidRPr="009F3868" w:rsidRDefault="00C830CE" w:rsidP="008739B2">
+          <w:p w14:paraId="03DEFAF3" w14:textId="77777777" w:rsidR="00C830CE" w:rsidRPr="006845C3" w:rsidRDefault="00C830CE" w:rsidP="008739B2">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C830CE" w:rsidRPr="00DD4F2F" w14:paraId="18B45531" w14:textId="77777777" w:rsidTr="008739B2">
+      <w:tr w:rsidR="00C830CE" w:rsidRPr="006845C3" w14:paraId="18B45531" w14:textId="77777777" w:rsidTr="008739B2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8995" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7438B930" w14:textId="4D2F4F25" w:rsidR="00C830CE" w:rsidRPr="009F3868" w:rsidRDefault="00C830CE" w:rsidP="008739B2">
+          <w:p w14:paraId="7438B930" w14:textId="4D2F4F25" w:rsidR="00C830CE" w:rsidRPr="006845C3" w:rsidRDefault="00C830CE" w:rsidP="008739B2">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009F3868">
+            <w:r w:rsidRPr="006845C3">
               <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Adress</w:t>
             </w:r>
-            <w:r w:rsidR="008739B2" w:rsidRPr="009F3868">
+            <w:r w:rsidR="008739B2" w:rsidRPr="006845C3">
               <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">: </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
+                  <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-1961333380"/>
                 <w:placeholder>
                   <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="008739B2" w:rsidRPr="009F3868">
+                <w:r w:rsidR="008739B2" w:rsidRPr="006845C3">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
-          <w:p w14:paraId="3F256584" w14:textId="77777777" w:rsidR="00C830CE" w:rsidRPr="009F3868" w:rsidRDefault="00C830CE" w:rsidP="008739B2">
+          <w:p w14:paraId="3F256584" w14:textId="77777777" w:rsidR="00C830CE" w:rsidRPr="006845C3" w:rsidRDefault="00C830CE" w:rsidP="008739B2">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C830CE" w:rsidRPr="00DD4F2F" w14:paraId="06DC0BF3" w14:textId="77777777" w:rsidTr="008739B2">
+      <w:tr w:rsidR="00C830CE" w:rsidRPr="006845C3" w14:paraId="06DC0BF3" w14:textId="77777777" w:rsidTr="008739B2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3964" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="59350347" w14:textId="3B2A622A" w:rsidR="00C830CE" w:rsidRPr="009F3868" w:rsidRDefault="00C830CE" w:rsidP="008739B2">
+          <w:p w14:paraId="59350347" w14:textId="3B2A622A" w:rsidR="00C830CE" w:rsidRPr="006845C3" w:rsidRDefault="00C830CE" w:rsidP="008739B2">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="009F3868">
+            <w:r w:rsidRPr="006845C3">
               <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Telefon</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidR="008739B2" w:rsidRPr="009F3868">
+            <w:r w:rsidR="008739B2" w:rsidRPr="006845C3">
               <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">: </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
+                  <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="842126777"/>
                 <w:placeholder>
                   <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="008739B2" w:rsidRPr="009F3868">
+                <w:r w:rsidR="008739B2" w:rsidRPr="006845C3">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
-          <w:p w14:paraId="61CBA9C3" w14:textId="77777777" w:rsidR="00C830CE" w:rsidRPr="009F3868" w:rsidRDefault="00C830CE" w:rsidP="008739B2">
+          <w:p w14:paraId="61CBA9C3" w14:textId="77777777" w:rsidR="00C830CE" w:rsidRPr="006845C3" w:rsidRDefault="00C830CE" w:rsidP="008739B2">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5031" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5D3C780D" w14:textId="34A54008" w:rsidR="00C830CE" w:rsidRPr="009F3868" w:rsidRDefault="00C830CE" w:rsidP="008739B2">
+          <w:p w14:paraId="5D3C780D" w14:textId="34A54008" w:rsidR="00C830CE" w:rsidRPr="006845C3" w:rsidRDefault="00C830CE" w:rsidP="008739B2">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009F3868">
+            <w:r w:rsidRPr="006845C3">
               <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>E-post</w:t>
             </w:r>
-            <w:r w:rsidR="008739B2" w:rsidRPr="009F3868">
+            <w:r w:rsidR="008739B2" w:rsidRPr="006845C3">
               <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">: </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
+                  <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-410934663"/>
                 <w:placeholder>
                   <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="008739B2" w:rsidRPr="009F3868">
+                <w:r w:rsidR="008739B2" w:rsidRPr="006845C3">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
-          <w:p w14:paraId="73D67F3C" w14:textId="77777777" w:rsidR="00C830CE" w:rsidRPr="009F3868" w:rsidRDefault="00C830CE" w:rsidP="008739B2">
+          <w:p w14:paraId="73D67F3C" w14:textId="77777777" w:rsidR="00C830CE" w:rsidRPr="006845C3" w:rsidRDefault="00C830CE" w:rsidP="008739B2">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="42C3132A" w14:textId="77777777" w:rsidR="00C830CE" w:rsidRPr="00243EFE" w:rsidRDefault="00C830CE" w:rsidP="00C830CE">
+    <w:p w14:paraId="42C3132A" w14:textId="77777777" w:rsidR="00C830CE" w:rsidRPr="006845C3" w:rsidRDefault="00C830CE" w:rsidP="00C830CE">
       <w:pPr>
         <w:contextualSpacing/>
         <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="62BE69F7" w14:textId="77777777" w:rsidR="00243EFE" w:rsidRPr="009F3868" w:rsidRDefault="00243EFE" w:rsidP="00C830CE">
+    <w:p w14:paraId="62BE69F7" w14:textId="77777777" w:rsidR="00243EFE" w:rsidRPr="006845C3" w:rsidRDefault="00243EFE" w:rsidP="00C830CE">
       <w:pPr>
         <w:contextualSpacing/>
         <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:b/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="174FAED1" w14:textId="0A0A5548" w:rsidR="00D37E17" w:rsidRPr="00243EFE" w:rsidRDefault="00D37E17" w:rsidP="00C830CE">
+    <w:p w14:paraId="174FAED1" w14:textId="0A0A5548" w:rsidR="00D37E17" w:rsidRPr="006845C3" w:rsidRDefault="00D37E17" w:rsidP="00C830CE">
       <w:pPr>
         <w:contextualSpacing/>
         <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:b/>
-          <w:sz w:val="36"/>
-[...5 lines deleted...]
-        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006845C3">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:b/>
-          <w:sz w:val="36"/>
-          <w:szCs w:val="36"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="sv-SE"/>
         </w:rPr>
         <w:t>Etisk</w:t>
       </w:r>
-      <w:r w:rsidR="00243EFE">
-        <w:rPr>
+      <w:r w:rsidR="00243EFE" w:rsidRPr="006845C3">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:b/>
-          <w:sz w:val="36"/>
-          <w:szCs w:val="36"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="sv-SE"/>
         </w:rPr>
         <w:t>t</w:t>
       </w:r>
-      <w:r w:rsidRPr="00243EFE">
-        <w:rPr>
+      <w:r w:rsidRPr="006845C3">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:b/>
-          <w:sz w:val="36"/>
-          <w:szCs w:val="36"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="sv-SE"/>
         </w:rPr>
         <w:t xml:space="preserve"> godkännande för djurförsök som ändringen avser:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="21175CE2" w14:textId="77777777" w:rsidR="00DD4F2F" w:rsidRPr="00DD4F2F" w:rsidRDefault="00DD4F2F" w:rsidP="00C830CE">
+    <w:p w14:paraId="21175CE2" w14:textId="77777777" w:rsidR="00DD4F2F" w:rsidRPr="006845C3" w:rsidRDefault="00DD4F2F" w:rsidP="00C830CE">
       <w:pPr>
         <w:contextualSpacing/>
         <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:b/>
           <w:lang w:val="sv-SE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="8995" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8995"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00DD4F2F" w:rsidRPr="00DD4F2F" w14:paraId="7173AA79" w14:textId="77777777" w:rsidTr="008819B1">
+      <w:tr w:rsidR="00DD4F2F" w:rsidRPr="006845C3" w14:paraId="7173AA79" w14:textId="77777777" w:rsidTr="008819B1">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8995" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="39983763" w14:textId="13171240" w:rsidR="00DD4F2F" w:rsidRPr="009F3868" w:rsidRDefault="00DD4F2F" w:rsidP="008819B1">
+          <w:p w14:paraId="39983763" w14:textId="13171240" w:rsidR="00DD4F2F" w:rsidRPr="006845C3" w:rsidRDefault="00DD4F2F" w:rsidP="008819B1">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="009F3868">
+            <w:r w:rsidRPr="006845C3">
               <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Projektets</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="009F3868">
+            <w:r w:rsidRPr="006845C3">
               <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="009F3868">
+            <w:r w:rsidRPr="006845C3">
               <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>titel</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="009F3868">
+            <w:r w:rsidRPr="006845C3">
               <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">:  </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
+                  <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="972328725"/>
                 <w:placeholder>
                   <w:docPart w:val="61D7FF3AD8B6462EB3806B89F72CE973"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidRPr="009F3868">
+                <w:r w:rsidRPr="006845C3">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
-          <w:p w14:paraId="5BDABC38" w14:textId="77777777" w:rsidR="00DD4F2F" w:rsidRPr="009F3868" w:rsidRDefault="00DD4F2F" w:rsidP="008819B1">
+          <w:p w14:paraId="5BDABC38" w14:textId="77777777" w:rsidR="00DD4F2F" w:rsidRPr="006845C3" w:rsidRDefault="00DD4F2F" w:rsidP="008819B1">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DD4F2F" w:rsidRPr="00A4660D" w14:paraId="7439604F" w14:textId="77777777" w:rsidTr="008819B1">
+      <w:tr w:rsidR="00DD4F2F" w:rsidRPr="007D2953" w14:paraId="7439604F" w14:textId="77777777" w:rsidTr="008819B1">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8995" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="65524053" w14:textId="21F6B82A" w:rsidR="00DD4F2F" w:rsidRPr="00243EFE" w:rsidRDefault="00DD4F2F" w:rsidP="008819B1">
+          <w:p w14:paraId="65524053" w14:textId="21F6B82A" w:rsidR="00DD4F2F" w:rsidRPr="006845C3" w:rsidRDefault="00DD4F2F" w:rsidP="008819B1">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00243EFE">
+            <w:r w:rsidRPr="006845C3">
               <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Djurförsöksetiska nämnd:  </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
+                  <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-1639869336"/>
                 <w:placeholder>
                   <w:docPart w:val="262CA124A9E74ACF841D98B82D3964C5"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidRPr="00243EFE">
+                <w:r w:rsidRPr="006845C3">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
-          <w:p w14:paraId="72990A9F" w14:textId="77777777" w:rsidR="00DD4F2F" w:rsidRPr="00243EFE" w:rsidRDefault="00DD4F2F" w:rsidP="008819B1">
+          <w:p w14:paraId="72990A9F" w14:textId="77777777" w:rsidR="00DD4F2F" w:rsidRPr="006845C3" w:rsidRDefault="00DD4F2F" w:rsidP="008819B1">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DD4F2F" w:rsidRPr="00DD4F2F" w14:paraId="0A61EBFA" w14:textId="77777777" w:rsidTr="008819B1">
+      <w:tr w:rsidR="00DD4F2F" w:rsidRPr="006845C3" w14:paraId="0A61EBFA" w14:textId="77777777" w:rsidTr="008819B1">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8995" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5075EB75" w14:textId="35FA76AD" w:rsidR="00DD4F2F" w:rsidRPr="009F3868" w:rsidRDefault="00DD4F2F" w:rsidP="008819B1">
+          <w:p w14:paraId="5075EB75" w14:textId="35FA76AD" w:rsidR="00DD4F2F" w:rsidRPr="006845C3" w:rsidRDefault="00DD4F2F" w:rsidP="008819B1">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="009F3868">
+            <w:r w:rsidRPr="006845C3">
               <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Dnr</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="009F3868">
+            <w:r w:rsidRPr="006845C3">
               <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="009F3868">
+            <w:r w:rsidRPr="006845C3">
               <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>grundtillstånd</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="009F3868">
+            <w:r w:rsidRPr="006845C3">
               <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">: </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
+                  <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="827555917"/>
                 <w:placeholder>
                   <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidRPr="009F3868">
+                <w:r w:rsidRPr="006845C3">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
-          <w:p w14:paraId="56D6D2CD" w14:textId="77777777" w:rsidR="00DD4F2F" w:rsidRPr="009F3868" w:rsidRDefault="00DD4F2F" w:rsidP="008819B1">
+          <w:p w14:paraId="56D6D2CD" w14:textId="77777777" w:rsidR="00DD4F2F" w:rsidRPr="006845C3" w:rsidRDefault="00DD4F2F" w:rsidP="008819B1">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DD4F2F" w:rsidRPr="00A4660D" w14:paraId="0572838B" w14:textId="77777777" w:rsidTr="008819B1">
+      <w:tr w:rsidR="00DD4F2F" w:rsidRPr="007D2953" w14:paraId="0572838B" w14:textId="77777777" w:rsidTr="008819B1">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8995" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="69A67FB4" w14:textId="3CA5EC62" w:rsidR="00DD4F2F" w:rsidRPr="00243EFE" w:rsidRDefault="00DD4F2F" w:rsidP="008819B1">
+          <w:p w14:paraId="69A67FB4" w14:textId="3CA5EC62" w:rsidR="00DD4F2F" w:rsidRPr="006845C3" w:rsidRDefault="00DD4F2F" w:rsidP="008819B1">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00243EFE">
+            <w:r w:rsidRPr="006845C3">
               <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Dnr av eventuella tidigare tillägg: </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
+                  <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-648972972"/>
                 <w:placeholder>
                   <w:docPart w:val="119D7187C25C435C87BBA6711154512B"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidRPr="00243EFE">
+                <w:r w:rsidRPr="006845C3">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
-          <w:p w14:paraId="337E0AD6" w14:textId="77777777" w:rsidR="00DD4F2F" w:rsidRPr="00243EFE" w:rsidRDefault="00DD4F2F" w:rsidP="008819B1">
+          <w:p w14:paraId="337E0AD6" w14:textId="77777777" w:rsidR="00DD4F2F" w:rsidRPr="006845C3" w:rsidRDefault="00DD4F2F" w:rsidP="008819B1">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="7CED91E3" w14:textId="40FB7402" w:rsidR="00243EFE" w:rsidRDefault="00243EFE" w:rsidP="00C830CE">
+    <w:p w14:paraId="7CED91E3" w14:textId="40FB7402" w:rsidR="00243EFE" w:rsidRPr="006845C3" w:rsidRDefault="00243EFE" w:rsidP="00C830CE">
       <w:pPr>
         <w:contextualSpacing/>
         <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:b/>
           <w:lang w:val="sv-SE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="099E3FEE" w14:textId="77777777" w:rsidR="00243EFE" w:rsidRDefault="00243EFE">
-[...1 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="099E3FEE" w14:textId="77777777" w:rsidR="00243EFE" w:rsidRPr="006845C3" w:rsidRDefault="00243EFE">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:b/>
           <w:lang w:val="sv-SE"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="006845C3">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:b/>
           <w:lang w:val="sv-SE"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="57B7BC34" w14:textId="673F49BC" w:rsidR="00C830CE" w:rsidRPr="00243EFE" w:rsidRDefault="00703C85" w:rsidP="00703C85">
+    <w:p w14:paraId="57B7BC34" w14:textId="673F49BC" w:rsidR="00C830CE" w:rsidRPr="006845C3" w:rsidRDefault="00703C85" w:rsidP="00703C85">
       <w:pPr>
         <w:spacing w:before="70"/>
         <w:ind w:right="-107"/>
         <w:contextualSpacing/>
         <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:b/>
           <w:lang w:val="sv-SE"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="006845C3">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:b/>
           <w:lang w:val="sv-SE"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:tab/>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="006845C3">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:b/>
           <w:lang w:val="sv-SE"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="006845C3">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:b/>
           <w:lang w:val="sv-SE"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="006845C3">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:b/>
           <w:lang w:val="sv-SE"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="006845C3">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:b/>
           <w:lang w:val="sv-SE"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="006845C3">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:b/>
           <w:lang w:val="sv-SE"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="006845C3">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:b/>
           <w:lang w:val="sv-SE"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="006845C3">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:b/>
           <w:lang w:val="sv-SE"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="006845C3">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:b/>
           <w:lang w:val="sv-SE"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="006845C3">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:b/>
           <w:lang w:val="sv-SE"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00703C85">
-        <w:rPr>
+      <w:r w:rsidRPr="006845C3">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="sv-SE"/>
         </w:rPr>
-        <w:t xml:space="preserve">Sid </w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t>Sid 2 (</w:t>
+      </w:r>
+      <w:r w:rsidR="00495473" w:rsidRPr="006845C3">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="sv-SE"/>
         </w:rPr>
-        <w:t>2</w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006845C3">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="sv-SE"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (</w:t>
-[...14 lines deleted...]
-        </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3EBBF8BF" w14:textId="436A503E" w:rsidR="00C830CE" w:rsidRDefault="00C830CE" w:rsidP="00C830CE">
+    <w:p w14:paraId="3EBBF8BF" w14:textId="436A503E" w:rsidR="00C830CE" w:rsidRPr="006845C3" w:rsidRDefault="00C830CE" w:rsidP="00C830CE">
       <w:pPr>
         <w:spacing w:before="70"/>
         <w:ind w:right="1658"/>
         <w:contextualSpacing/>
         <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:b/>
-          <w:sz w:val="40"/>
-[...5 lines deleted...]
-        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006845C3">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:b/>
-          <w:sz w:val="40"/>
-          <w:szCs w:val="40"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="sv-SE"/>
         </w:rPr>
         <w:t>Tilläggsansökan</w:t>
       </w:r>
-      <w:r w:rsidRPr="00243EFE">
-        <w:rPr>
+      <w:r w:rsidRPr="006845C3">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:b/>
           <w:spacing w:val="-2"/>
-          <w:sz w:val="40"/>
-          <w:szCs w:val="40"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="sv-SE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00243EFE">
-        <w:rPr>
+      <w:r w:rsidRPr="006845C3">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:b/>
-          <w:sz w:val="40"/>
-          <w:szCs w:val="40"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="sv-SE"/>
         </w:rPr>
         <w:t>avser</w:t>
       </w:r>
-      <w:r w:rsidR="00EB6EB1">
-        <w:rPr>
+      <w:r w:rsidR="00EB6EB1" w:rsidRPr="006845C3">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:b/>
-          <w:sz w:val="40"/>
-          <w:szCs w:val="40"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="sv-SE"/>
         </w:rPr>
         <w:t xml:space="preserve"> byte av försöksledare</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="114A8824" w14:textId="35F173D9" w:rsidR="00243EFE" w:rsidRPr="00243EFE" w:rsidRDefault="00243EFE" w:rsidP="00C830CE">
+    <w:p w14:paraId="114A8824" w14:textId="35F173D9" w:rsidR="00243EFE" w:rsidRPr="006845C3" w:rsidRDefault="00243EFE" w:rsidP="00C830CE">
       <w:pPr>
         <w:spacing w:before="70"/>
         <w:ind w:right="1658"/>
         <w:contextualSpacing/>
         <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="sv-SE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4265"/>
         <w:gridCol w:w="4265"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00E73DC3" w:rsidRPr="00A4660D" w14:paraId="13A74022" w14:textId="77777777" w:rsidTr="0006106F">
+      <w:tr w:rsidR="00E73DC3" w:rsidRPr="006845C3" w14:paraId="13A74022" w14:textId="77777777" w:rsidTr="006845C3">
         <w:trPr>
-          <w:trHeight w:val="1316"/>
+          <w:trHeight w:val="1890"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4265" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="03D30616" w14:textId="542D4622" w:rsidR="00E73DC3" w:rsidRPr="0006106F" w:rsidRDefault="00E73DC3" w:rsidP="00E73DC3">
+          <w:p w14:paraId="03D30616" w14:textId="542D4622" w:rsidR="00E73DC3" w:rsidRPr="006845C3" w:rsidRDefault="00E73DC3" w:rsidP="00E73DC3">
             <w:pPr>
               <w:spacing w:after="160"/>
               <w:contextualSpacing/>
               <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0006080A">
+            <w:r w:rsidRPr="006845C3">
               <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:bCs/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Nuvarande</w:t>
             </w:r>
-            <w:r w:rsidRPr="0006106F">
+            <w:r w:rsidRPr="006845C3">
               <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> försöksledare:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4265" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0EBD7BC8" w14:textId="77777777" w:rsidR="00E73DC3" w:rsidRPr="008819B1" w:rsidRDefault="00E73DC3" w:rsidP="00E73DC3">
+          <w:p w14:paraId="0EBD7BC8" w14:textId="77777777" w:rsidR="00E73DC3" w:rsidRPr="006845C3" w:rsidRDefault="00E73DC3" w:rsidP="00E73DC3">
             <w:pPr>
               <w:spacing w:after="160"/>
               <w:contextualSpacing/>
               <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:bCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="16424E19" w14:textId="77777777" w:rsidR="00E73DC3" w:rsidRPr="009F3868" w:rsidRDefault="00E73DC3" w:rsidP="00E73DC3">
+          <w:p w14:paraId="16424E19" w14:textId="77777777" w:rsidR="00E73DC3" w:rsidRPr="006845C3" w:rsidRDefault="00E73DC3" w:rsidP="00E73DC3">
             <w:pPr>
               <w:spacing w:after="160"/>
               <w:contextualSpacing/>
               <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="0006080A">
+            <w:r w:rsidRPr="006845C3">
               <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>N</w:t>
-[...7 lines deleted...]
-              <w:t>amn</w:t>
+              <w:t>Namn</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r>
+            <w:r w:rsidRPr="006845C3">
               <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">: </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
+                  <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="1322308673"/>
                 <w:placeholder>
                   <w:docPart w:val="AEE47CF5F01A4E27AE8C7717658A69DC"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidRPr="008819B1">
+                <w:r w:rsidRPr="006845C3">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
-          <w:p w14:paraId="08BACF88" w14:textId="77777777" w:rsidR="00E73DC3" w:rsidRPr="0006080A" w:rsidRDefault="00E73DC3" w:rsidP="00E73DC3">
+          <w:p w14:paraId="08BACF88" w14:textId="77777777" w:rsidR="00E73DC3" w:rsidRPr="006845C3" w:rsidRDefault="00E73DC3" w:rsidP="00E73DC3">
             <w:pPr>
               <w:spacing w:after="160"/>
               <w:contextualSpacing/>
               <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="01B83B99" w14:textId="77777777" w:rsidR="00E73DC3" w:rsidRDefault="00E73DC3" w:rsidP="00E73DC3">
+          <w:p w14:paraId="01B83B99" w14:textId="77777777" w:rsidR="00E73DC3" w:rsidRPr="006845C3" w:rsidRDefault="00E73DC3" w:rsidP="00E73DC3">
             <w:pPr>
               <w:spacing w:after="160"/>
               <w:contextualSpacing/>
               <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:b/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="13D30FFC" w14:textId="77777777" w:rsidR="00E73DC3" w:rsidRPr="0006080A" w:rsidRDefault="00E73DC3" w:rsidP="00E73DC3">
+          <w:p w14:paraId="13D30FFC" w14:textId="77777777" w:rsidR="00E73DC3" w:rsidRPr="006845C3" w:rsidRDefault="00E73DC3" w:rsidP="00E73DC3">
             <w:pPr>
               <w:pBdr>
                 <w:bottom w:val="single" w:sz="12" w:space="1" w:color="auto"/>
               </w:pBdr>
               <w:spacing w:after="160"/>
               <w:contextualSpacing/>
               <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:b/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="519D1E7B" w14:textId="1F071397" w:rsidR="00E73DC3" w:rsidRPr="00495473" w:rsidRDefault="00A4660D" w:rsidP="00E73DC3">
+          <w:p w14:paraId="519D1E7B" w14:textId="1F071397" w:rsidR="00E73DC3" w:rsidRPr="006845C3" w:rsidRDefault="00A4660D" w:rsidP="00E73DC3">
             <w:pPr>
               <w:spacing w:after="160"/>
               <w:contextualSpacing/>
               <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r>
+            <w:r w:rsidRPr="006845C3">
               <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
               <w:t>sign</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r>
+            <w:r w:rsidRPr="006845C3">
               <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r>
+            <w:r w:rsidRPr="006845C3">
               <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
               <w:t>electronically</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r>
+            <w:r w:rsidRPr="006845C3">
               <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r>
+            <w:r w:rsidRPr="006845C3">
               <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
               <w:t>using</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r>
+            <w:r w:rsidRPr="006845C3">
               <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r>
+            <w:r w:rsidRPr="006845C3">
               <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
               <w:t>eduSign</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E73DC3" w:rsidRPr="00A4660D" w14:paraId="1A766C76" w14:textId="77777777" w:rsidTr="002C071A">
+      <w:tr w:rsidR="00E73DC3" w:rsidRPr="006845C3" w14:paraId="1A766C76" w14:textId="77777777" w:rsidTr="006845C3">
         <w:trPr>
-          <w:trHeight w:val="434"/>
+          <w:trHeight w:val="1845"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4265" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="12541DF7" w14:textId="14F937B7" w:rsidR="00E73DC3" w:rsidRPr="0006080A" w:rsidRDefault="00E73DC3" w:rsidP="00E73DC3">
+          <w:p w14:paraId="12541DF7" w14:textId="14F937B7" w:rsidR="00E73DC3" w:rsidRPr="006845C3" w:rsidRDefault="00E73DC3" w:rsidP="00E73DC3">
             <w:pPr>
               <w:spacing w:after="160"/>
               <w:contextualSpacing/>
               <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0006080A">
+            <w:r w:rsidRPr="006845C3">
               <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Ny</w:t>
             </w:r>
-            <w:r w:rsidRPr="0006080A">
+            <w:r w:rsidRPr="006845C3">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+              </w:rPr>
               <w:t xml:space="preserve"> försöksledare </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4265" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0AF2E943" w14:textId="77777777" w:rsidR="00E73DC3" w:rsidRPr="008819B1" w:rsidRDefault="00E73DC3" w:rsidP="00E73DC3">
+          <w:p w14:paraId="0AF2E943" w14:textId="77777777" w:rsidR="00E73DC3" w:rsidRPr="006845C3" w:rsidRDefault="00E73DC3" w:rsidP="00E73DC3">
             <w:pPr>
               <w:spacing w:after="160"/>
               <w:contextualSpacing/>
               <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:bCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="23EB6956" w14:textId="3702FF5B" w:rsidR="00E73DC3" w:rsidRPr="009F3868" w:rsidRDefault="00E73DC3" w:rsidP="00E73DC3">
+          <w:p w14:paraId="23EB6956" w14:textId="3702FF5B" w:rsidR="00E73DC3" w:rsidRPr="006845C3" w:rsidRDefault="00E73DC3" w:rsidP="00E73DC3">
             <w:pPr>
               <w:spacing w:after="160"/>
               <w:contextualSpacing/>
               <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="0006080A">
+            <w:r w:rsidRPr="006845C3">
               <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>N</w:t>
-[...7 lines deleted...]
-              <w:t>amn</w:t>
+              <w:t>Namn</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r>
+            <w:r w:rsidRPr="006845C3">
               <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">: </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
+                  <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="1217087616"/>
                 <w:placeholder>
                   <w:docPart w:val="C76A7C887CD1408AA7DDAE60722E48C7"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidRPr="008819B1">
+                <w:r w:rsidRPr="006845C3">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
-          <w:p w14:paraId="090B1AA8" w14:textId="77777777" w:rsidR="00E73DC3" w:rsidRPr="0006080A" w:rsidRDefault="00E73DC3" w:rsidP="00E73DC3">
+          <w:p w14:paraId="090B1AA8" w14:textId="77777777" w:rsidR="00E73DC3" w:rsidRPr="006845C3" w:rsidRDefault="00E73DC3" w:rsidP="00E73DC3">
             <w:pPr>
               <w:spacing w:after="160"/>
               <w:contextualSpacing/>
               <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="6F940D69" w14:textId="77777777" w:rsidR="00E73DC3" w:rsidRDefault="00E73DC3" w:rsidP="00E73DC3">
+          <w:p w14:paraId="6F940D69" w14:textId="77777777" w:rsidR="00E73DC3" w:rsidRPr="006845C3" w:rsidRDefault="00E73DC3" w:rsidP="00E73DC3">
             <w:pPr>
               <w:spacing w:after="160"/>
               <w:contextualSpacing/>
               <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:b/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="431736BD" w14:textId="77777777" w:rsidR="00E73DC3" w:rsidRPr="0006080A" w:rsidRDefault="00E73DC3" w:rsidP="00E73DC3">
+          <w:p w14:paraId="431736BD" w14:textId="77777777" w:rsidR="00E73DC3" w:rsidRPr="006845C3" w:rsidRDefault="00E73DC3" w:rsidP="00E73DC3">
             <w:pPr>
               <w:pBdr>
                 <w:bottom w:val="single" w:sz="12" w:space="1" w:color="auto"/>
               </w:pBdr>
               <w:spacing w:after="160"/>
               <w:contextualSpacing/>
               <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:b/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="1934D259" w14:textId="5D9EC686" w:rsidR="00E73DC3" w:rsidRPr="00495473" w:rsidRDefault="00A4660D" w:rsidP="00E73DC3">
+          <w:p w14:paraId="1934D259" w14:textId="5D9EC686" w:rsidR="00E73DC3" w:rsidRPr="006845C3" w:rsidRDefault="00A4660D" w:rsidP="00E73DC3">
             <w:pPr>
               <w:spacing w:after="160"/>
               <w:contextualSpacing/>
               <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r>
+            <w:r w:rsidRPr="006845C3">
               <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
               <w:t>sign</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r>
+            <w:r w:rsidRPr="006845C3">
               <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r>
+            <w:r w:rsidRPr="006845C3">
               <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
               <w:t>electronically</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r>
+            <w:r w:rsidRPr="006845C3">
               <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r>
+            <w:r w:rsidRPr="006845C3">
               <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
               <w:t>using</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r>
+            <w:r w:rsidRPr="006845C3">
               <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r>
+            <w:r w:rsidRPr="006845C3">
               <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
               <w:t>eduSign</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="2B3E5F66" w14:textId="77777777" w:rsidR="0006106F" w:rsidRPr="00495473" w:rsidRDefault="0006106F" w:rsidP="009479EF">
+    <w:p w14:paraId="2B3E5F66" w14:textId="77777777" w:rsidR="0006106F" w:rsidRPr="006845C3" w:rsidRDefault="0006106F" w:rsidP="009479EF">
       <w:pPr>
         <w:widowControl/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:after="160"/>
         <w:contextualSpacing/>
         <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:b/>
           <w:lang w:val="sv-SE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0346DFFF" w14:textId="770C62ED" w:rsidR="009479EF" w:rsidRDefault="009479EF" w:rsidP="009479EF">
+    <w:p w14:paraId="0346DFFF" w14:textId="770C62ED" w:rsidR="009479EF" w:rsidRPr="006845C3" w:rsidRDefault="009479EF" w:rsidP="009479EF">
       <w:pPr>
         <w:widowControl/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:after="160"/>
         <w:contextualSpacing/>
         <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:b/>
           <w:lang w:val="sv-SE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3FC322F6" w14:textId="77777777" w:rsidR="00495473" w:rsidRDefault="00495473" w:rsidP="009479EF">
+    <w:p w14:paraId="3FC322F6" w14:textId="77777777" w:rsidR="00495473" w:rsidRPr="006845C3" w:rsidRDefault="00495473" w:rsidP="009479EF">
       <w:pPr>
         <w:widowControl/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:after="160"/>
         <w:contextualSpacing/>
         <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:b/>
           <w:lang w:val="sv-SE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7DBA9B7E" w14:textId="77777777" w:rsidR="00495473" w:rsidRPr="00495473" w:rsidRDefault="00495473" w:rsidP="009479EF">
+    <w:p w14:paraId="7DBA9B7E" w14:textId="77777777" w:rsidR="00495473" w:rsidRPr="006845C3" w:rsidRDefault="00495473" w:rsidP="009479EF">
       <w:pPr>
         <w:widowControl/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:after="160"/>
         <w:contextualSpacing/>
         <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:b/>
           <w:lang w:val="sv-SE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="69D5BDE6" w14:textId="77777777" w:rsidR="00EB6EB1" w:rsidRDefault="00EB6EB1" w:rsidP="00EB6EB1">
+    <w:p w14:paraId="69D5BDE6" w14:textId="77777777" w:rsidR="00EB6EB1" w:rsidRPr="006845C3" w:rsidRDefault="00EB6EB1" w:rsidP="00EB6EB1">
       <w:pPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:contextualSpacing/>
         <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:b/>
           <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Hlk157154021"/>
       <w:proofErr w:type="spellStart"/>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="006845C3">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:b/>
           <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Bekräftelse</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w14:paraId="47E31059" w14:textId="77777777" w:rsidR="00EB6EB1" w:rsidRPr="00181533" w:rsidRDefault="00EB6EB1" w:rsidP="00EB6EB1">
+    <w:p w14:paraId="47E31059" w14:textId="77777777" w:rsidR="00EB6EB1" w:rsidRPr="006845C3" w:rsidRDefault="00EB6EB1" w:rsidP="00EB6EB1">
       <w:pPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:contextualSpacing/>
         <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4265"/>
         <w:gridCol w:w="4265"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00EB6EB1" w:rsidRPr="00F529F3" w14:paraId="25B1C656" w14:textId="77777777" w:rsidTr="00D53EB0">
+      <w:tr w:rsidR="00EB6EB1" w:rsidRPr="006845C3" w14:paraId="25B1C656" w14:textId="77777777" w:rsidTr="006845C3">
+        <w:trPr>
+          <w:trHeight w:val="1387"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4265" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="299D5807" w14:textId="77777777" w:rsidR="00EB6EB1" w:rsidRDefault="00EB6EB1" w:rsidP="00D53EB0">
+          <w:p w14:paraId="299D5807" w14:textId="77777777" w:rsidR="00EB6EB1" w:rsidRPr="006845C3" w:rsidRDefault="00EB6EB1" w:rsidP="00D53EB0">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F529F3">
+            <w:r w:rsidRPr="006845C3">
               <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Jag bekräftar att </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00F529F3">
+            <w:r w:rsidRPr="006845C3">
               <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>KMs</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="00F529F3">
+            <w:r w:rsidRPr="006845C3">
               <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> General terms and </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00F529F3">
+            <w:r w:rsidRPr="006845C3">
               <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>conditions</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00F529F3">
+            <w:r w:rsidRPr="006845C3">
               <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> har signerats</w:t>
-[...6 lines deleted...]
-              <w:t>.</w:t>
+              <w:t xml:space="preserve"> har signerats.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1446D984" w14:textId="77777777" w:rsidR="00EB6EB1" w:rsidRPr="00F529F3" w:rsidRDefault="00EB6EB1" w:rsidP="00D53EB0">
+          <w:p w14:paraId="1446D984" w14:textId="77777777" w:rsidR="00EB6EB1" w:rsidRPr="006845C3" w:rsidRDefault="00EB6EB1" w:rsidP="00D53EB0">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="7D134FAD" w14:textId="77777777" w:rsidR="00EB6EB1" w:rsidRPr="00F529F3" w:rsidRDefault="00EB6EB1" w:rsidP="00D53EB0">
+          <w:p w14:paraId="7D134FAD" w14:textId="152FF93E" w:rsidR="00EB6EB1" w:rsidRPr="006845C3" w:rsidRDefault="00EB6EB1" w:rsidP="00D53EB0">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F529F3">
+            <w:r w:rsidRPr="006845C3">
               <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">(Vänligen kontakta intendent för </w:t>
+              <w:t>(Vänligen kontakta intendent för den nya djuranläggning</w:t>
             </w:r>
-            <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00F529F3">
+            <w:r w:rsidR="006845C3">
               <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>den nya djuranläggning</w:t>
+              <w:t>en</w:t>
             </w:r>
-            <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="00F529F3">
+            <w:r w:rsidRPr="006845C3">
               <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> för mer information)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4265" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="68E49EED" w14:textId="77777777" w:rsidR="00EB6EB1" w:rsidRPr="00181533" w:rsidRDefault="00A4660D" w:rsidP="00D53EB0">
+          <w:p w14:paraId="68E49EED" w14:textId="77777777" w:rsidR="00EB6EB1" w:rsidRPr="006845C3" w:rsidRDefault="00017391" w:rsidP="00D53EB0">
             <w:pPr>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
+                  <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                   <w:bCs/>
                   <w:sz w:val="32"/>
                   <w:szCs w:val="32"/>
                 </w:rPr>
                 <w:id w:val="-1732760157"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00EB6EB1" w:rsidRPr="00181533">
+                <w:r w:rsidR="00EB6EB1" w:rsidRPr="006845C3">
                   <w:rPr>
-                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:bCs/>
                     <w:sz w:val="32"/>
                     <w:szCs w:val="32"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="592E8CA0" w14:textId="33328C58" w:rsidR="00EB6EB1" w:rsidRDefault="00EB6EB1" w:rsidP="009479EF">
+    <w:p w14:paraId="592E8CA0" w14:textId="33328C58" w:rsidR="00EB6EB1" w:rsidRPr="006845C3" w:rsidRDefault="00EB6EB1" w:rsidP="009479EF">
       <w:pPr>
         <w:widowControl/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:after="160"/>
         <w:contextualSpacing/>
         <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0DD1F2D7" w14:textId="77777777" w:rsidR="00495473" w:rsidRDefault="00495473" w:rsidP="00495473">
+    <w:p w14:paraId="0DD1F2D7" w14:textId="77777777" w:rsidR="00495473" w:rsidRPr="006845C3" w:rsidRDefault="00495473" w:rsidP="00495473">
       <w:pPr>
         <w:contextualSpacing/>
         <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="sv-SE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0A12F013" w14:textId="77777777" w:rsidR="00495473" w:rsidRDefault="00495473" w:rsidP="00495473">
+    <w:p w14:paraId="0A12F013" w14:textId="77777777" w:rsidR="00495473" w:rsidRPr="006845C3" w:rsidRDefault="00495473" w:rsidP="00495473">
       <w:pPr>
         <w:contextualSpacing/>
         <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="sv-SE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0F21EC6C" w14:textId="77777777" w:rsidR="00495473" w:rsidRDefault="00495473" w:rsidP="00495473">
+    <w:p w14:paraId="0F21EC6C" w14:textId="77777777" w:rsidR="00495473" w:rsidRPr="006845C3" w:rsidRDefault="00495473" w:rsidP="00495473">
       <w:pPr>
         <w:contextualSpacing/>
         <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="sv-SE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="543A0260" w14:textId="07518521" w:rsidR="00495473" w:rsidRPr="00E46595" w:rsidRDefault="00495473" w:rsidP="00495473">
+    <w:p w14:paraId="543A0260" w14:textId="07518521" w:rsidR="00495473" w:rsidRPr="006845C3" w:rsidRDefault="00495473" w:rsidP="00495473">
       <w:pPr>
         <w:contextualSpacing/>
         <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:b/>
           <w:bCs/>
-          <w:lang w:val="sv-SE"/>
-[...3 lines deleted...]
-        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006845C3">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:b/>
           <w:bCs/>
-          <w:lang w:val="sv-SE"/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Signerad tilläggsansökan </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006845C3">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:b/>
           <w:bCs/>
-          <w:lang w:val="sv-SE"/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:t>med bilag</w:t>
+      </w:r>
+      <w:r w:rsidR="00A4660D" w:rsidRPr="006845C3">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:b/>
           <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:u w:val="single"/>
           <w:lang w:val="sv-SE"/>
         </w:rPr>
-        <w:t>med bilag</w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t>or</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006845C3">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:b/>
           <w:bCs/>
-          <w:u w:val="single"/>
-[...21 lines deleted...]
-        <w:r w:rsidRPr="00E46595">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> skickas till </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId10" w:history="1">
+        <w:r w:rsidRPr="006845C3">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
             <w:b/>
             <w:bCs/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
             <w:lang w:val="sv-SE"/>
           </w:rPr>
           <w:t>awb@ki.se</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="507A0BEB" w14:textId="77777777" w:rsidR="00495473" w:rsidRPr="00C830CE" w:rsidRDefault="00495473" w:rsidP="00495473">
+    <w:p w14:paraId="507A0BEB" w14:textId="77777777" w:rsidR="00495473" w:rsidRPr="006845C3" w:rsidRDefault="00495473" w:rsidP="00495473">
       <w:pPr>
         <w:contextualSpacing/>
         <w:rPr>
-          <w:lang w:val="sv-SE"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="7528178D" w14:textId="77777777" w:rsidR="00495473" w:rsidRPr="00E46595" w:rsidRDefault="00495473" w:rsidP="00495473">
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7528178D" w14:textId="77777777" w:rsidR="00495473" w:rsidRPr="006845C3" w:rsidRDefault="00495473" w:rsidP="00495473">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:before="0" w:after="160" w:line="276" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
-          <w:lang w:val="sv-SE"/>
-[...3 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006845C3">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:lang w:val="sv-SE"/>
         </w:rPr>
         <w:t>Bifoga komplett beslut på underliggande etiskt tillstånd inklusive eventuella andra tillägg</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1E1C6C9E" w14:textId="77777777" w:rsidR="00495473" w:rsidRDefault="00495473" w:rsidP="00495473">
+    <w:p w14:paraId="1E1C6C9E" w14:textId="77777777" w:rsidR="00495473" w:rsidRPr="006845C3" w:rsidRDefault="00495473" w:rsidP="00495473">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:before="0" w:after="160" w:line="276" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
-          <w:lang w:val="sv-SE"/>
-[...3 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006845C3">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:lang w:val="sv-SE"/>
         </w:rPr>
         <w:t xml:space="preserve">Bifoga certifikat för Funktion B eller motsvarande för ny försöksledare </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6002FD20" w14:textId="2788F26F" w:rsidR="00C830CE" w:rsidRPr="00495473" w:rsidRDefault="00EB6EB1" w:rsidP="00495473">
-[...1 lines deleted...]
-        <w:rPr>
+    <w:bookmarkEnd w:id="0"/>
+    <w:p w14:paraId="6002FD20" w14:textId="2E088F0A" w:rsidR="00C830CE" w:rsidRDefault="00C830CE" w:rsidP="00495473">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:b/>
           <w:lang w:val="sv-SE"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00495473">
-        <w:rPr>
+    </w:p>
+    <w:p w14:paraId="3410BB15" w14:textId="77777777" w:rsidR="006845C3" w:rsidRDefault="006845C3" w:rsidP="00495473">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:b/>
           <w:lang w:val="sv-SE"/>
         </w:rPr>
-        <w:br w:type="page"/>
-[...10 lines deleted...]
-    <w:p w14:paraId="7FF6C27B" w14:textId="4D84C798" w:rsidR="00703C85" w:rsidRPr="00F36467" w:rsidRDefault="00DD49ED" w:rsidP="00703C85">
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1072FDD6" w14:textId="77777777" w:rsidR="006845C3" w:rsidRDefault="006845C3" w:rsidP="00495473">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:b/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3465D7F6" w14:textId="77777777" w:rsidR="006845C3" w:rsidRDefault="006845C3" w:rsidP="00495473">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:b/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1AE95263" w14:textId="77777777" w:rsidR="006845C3" w:rsidRDefault="006845C3" w:rsidP="00495473">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:b/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1F65D73A" w14:textId="77777777" w:rsidR="006845C3" w:rsidRDefault="006845C3" w:rsidP="00495473">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:b/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="627DA0D8" w14:textId="77777777" w:rsidR="006845C3" w:rsidRDefault="006845C3" w:rsidP="00495473">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:b/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="25CC3289" w14:textId="77777777" w:rsidR="006845C3" w:rsidRDefault="006845C3" w:rsidP="00495473">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:b/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="23FF32D7" w14:textId="77777777" w:rsidR="006845C3" w:rsidRPr="006845C3" w:rsidRDefault="006845C3" w:rsidP="00495473">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:b/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="33CA166A" w14:textId="77777777" w:rsidR="00AD62B0" w:rsidRPr="006845C3" w:rsidRDefault="00AD62B0" w:rsidP="00AD62B0">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7FF6C27B" w14:textId="4D84C798" w:rsidR="00703C85" w:rsidRPr="006845C3" w:rsidRDefault="00DD49ED" w:rsidP="00703C85">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="720" w:firstLine="0"/>
         <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:b/>
           <w:lang w:val="sv-SE"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A4660D">
-        <w:rPr>
+      <w:r w:rsidRPr="006845C3">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:lang w:val="sv-SE"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00703C85" w:rsidRPr="00A4660D">
-        <w:rPr>
+      <w:r w:rsidR="00703C85" w:rsidRPr="006845C3">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:lang w:val="sv-SE"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00703C85" w:rsidRPr="00A4660D">
-        <w:rPr>
+      <w:r w:rsidR="00703C85" w:rsidRPr="006845C3">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:lang w:val="sv-SE"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00703C85" w:rsidRPr="00A4660D">
-        <w:rPr>
+      <w:r w:rsidR="00703C85" w:rsidRPr="006845C3">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:lang w:val="sv-SE"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00703C85" w:rsidRPr="00A4660D">
-        <w:rPr>
+      <w:r w:rsidR="00703C85" w:rsidRPr="006845C3">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:lang w:val="sv-SE"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00703C85" w:rsidRPr="00A4660D">
-        <w:rPr>
+      <w:r w:rsidR="00703C85" w:rsidRPr="006845C3">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:lang w:val="sv-SE"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00703C85" w:rsidRPr="00A4660D">
-        <w:rPr>
+      <w:r w:rsidR="00703C85" w:rsidRPr="006845C3">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:lang w:val="sv-SE"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00703C85" w:rsidRPr="00A4660D">
-        <w:rPr>
+      <w:r w:rsidR="00703C85" w:rsidRPr="006845C3">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:lang w:val="sv-SE"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00703C85" w:rsidRPr="00A4660D">
-        <w:rPr>
+      <w:r w:rsidR="00703C85" w:rsidRPr="006845C3">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:lang w:val="sv-SE"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00703C85" w:rsidRPr="00F36467">
-        <w:rPr>
+      <w:r w:rsidR="00703C85" w:rsidRPr="006845C3">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="sv-SE"/>
         </w:rPr>
         <w:t xml:space="preserve">Sid </w:t>
       </w:r>
-      <w:r w:rsidR="00495473">
-        <w:rPr>
+      <w:r w:rsidR="00495473" w:rsidRPr="006845C3">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="sv-SE"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
-      <w:r w:rsidR="00703C85" w:rsidRPr="00F36467">
-        <w:rPr>
+      <w:r w:rsidR="00703C85" w:rsidRPr="006845C3">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="sv-SE"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
-      <w:r w:rsidR="00495473">
-        <w:rPr>
+      <w:r w:rsidR="00495473" w:rsidRPr="006845C3">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="sv-SE"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
-      <w:r w:rsidR="00703C85" w:rsidRPr="00F36467">
-        <w:rPr>
+      <w:r w:rsidR="00703C85" w:rsidRPr="006845C3">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="sv-SE"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="74623BC0" w14:textId="388FDA47" w:rsidR="008B74C7" w:rsidRPr="00F36467" w:rsidRDefault="008B74C7">
+    <w:p w14:paraId="74623BC0" w14:textId="388FDA47" w:rsidR="008B74C7" w:rsidRPr="006845C3" w:rsidRDefault="008B74C7">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
-          <w:lang w:val="sv-SE"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="779B22AB" w14:textId="77777777" w:rsidR="008B74C7" w:rsidRPr="00F36467" w:rsidRDefault="008B74C7">
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="779B22AB" w14:textId="77777777" w:rsidR="008B74C7" w:rsidRPr="006845C3" w:rsidRDefault="008B74C7">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="1"/>
         <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="21"/>
           <w:lang w:val="sv-SE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="680E8527" w14:textId="77777777" w:rsidR="00842541" w:rsidRPr="002D0183" w:rsidRDefault="00842541" w:rsidP="00842541">
+    <w:p w14:paraId="7373B7BA" w14:textId="77777777" w:rsidR="006845C3" w:rsidRPr="006845C3" w:rsidRDefault="006845C3" w:rsidP="006845C3">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="sv-SE"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002D0183">
-        <w:rPr>
+      <w:r w:rsidRPr="006845C3">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="sv-SE"/>
         </w:rPr>
         <w:t xml:space="preserve">Föreskrifter </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6E265E5C" w14:textId="77777777" w:rsidR="00842541" w:rsidRPr="002D0183" w:rsidRDefault="00842541" w:rsidP="00425AB1">
+    <w:p w14:paraId="395C5647" w14:textId="77777777" w:rsidR="006845C3" w:rsidRPr="006845C3" w:rsidRDefault="006845C3" w:rsidP="006845C3">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
-          <w:lang w:val="sv-SE"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="101706E8" w14:textId="26F74597" w:rsidR="00842541" w:rsidRPr="002D0183" w:rsidRDefault="00BA31F1" w:rsidP="00425AB1">
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2666B770" w14:textId="77777777" w:rsidR="006845C3" w:rsidRPr="006845C3" w:rsidRDefault="006845C3" w:rsidP="006845C3">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
-          <w:lang w:val="sv-SE"/>
-[...36 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006845C3">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Av Kap 5 §6 SJVFS 2025:28 </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="006845C3">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="sv-SE"/>
         </w:rPr>
         <w:t>saknr</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r>
-[...12 lines deleted...]
-    <w:p w14:paraId="5A78D5B4" w14:textId="77777777" w:rsidR="00842541" w:rsidRPr="002D0183" w:rsidRDefault="00842541" w:rsidP="00425AB1">
+      <w:r w:rsidRPr="006845C3">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> L151 framgår:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4D980EC4" w14:textId="77777777" w:rsidR="006845C3" w:rsidRPr="006845C3" w:rsidRDefault="006845C3" w:rsidP="006845C3">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
-          <w:lang w:val="sv-SE"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="5E70AEAC" w14:textId="77777777" w:rsidR="00842541" w:rsidRPr="002D0183" w:rsidRDefault="00842541" w:rsidP="00425AB1">
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5D7B4F31" w14:textId="77777777" w:rsidR="006845C3" w:rsidRPr="006845C3" w:rsidRDefault="006845C3" w:rsidP="006845C3">
+      <w:pPr>
+        <w:widowControl/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:eastAsiaTheme="minorHAnsi" w:hAnsi="DM Sans" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006845C3">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:eastAsiaTheme="minorHAnsi" w:hAnsi="DM Sans" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:t>6 § Ett beslut om ändring av ett befintligt etiskt godkännande av djurförsök behövs inte om djurskyddsorganet har bedömt att ändringen</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E99EA68" w14:textId="77777777" w:rsidR="006845C3" w:rsidRPr="006845C3" w:rsidRDefault="006845C3" w:rsidP="006845C3">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:eastAsiaTheme="minorHAnsi" w:hAnsi="DM Sans" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006845C3">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:eastAsiaTheme="minorHAnsi" w:hAnsi="DM Sans" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:t>inte riskerar att inverka negativt på försöksdjurens välfärd,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="51C28F4B" w14:textId="77777777" w:rsidR="006845C3" w:rsidRPr="006845C3" w:rsidRDefault="006845C3" w:rsidP="006845C3">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:eastAsiaTheme="minorHAnsi" w:hAnsi="DM Sans" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006845C3">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:eastAsiaTheme="minorHAnsi" w:hAnsi="DM Sans" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:t>inte påverkar möjligheten att uppnå syftet eller målet med försöket,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2FFFFF39" w14:textId="77777777" w:rsidR="006845C3" w:rsidRPr="006845C3" w:rsidRDefault="006845C3" w:rsidP="006845C3">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:eastAsiaTheme="minorHAnsi" w:hAnsi="DM Sans" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006845C3">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:eastAsiaTheme="minorHAnsi" w:hAnsi="DM Sans" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:t>inte innebär att giltighetstiden för försöket blir längre, och</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0AEEF26B" w14:textId="77777777" w:rsidR="006845C3" w:rsidRPr="006845C3" w:rsidRDefault="006845C3" w:rsidP="006845C3">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:eastAsiaTheme="minorHAnsi" w:hAnsi="DM Sans" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006845C3">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:eastAsiaTheme="minorHAnsi" w:hAnsi="DM Sans" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:t>inte negativt påverkar</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0BD6BC01" w14:textId="77777777" w:rsidR="006845C3" w:rsidRPr="006845C3" w:rsidRDefault="006845C3" w:rsidP="006845C3">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:eastAsiaTheme="minorHAnsi" w:hAnsi="DM Sans" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006845C3">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:eastAsiaTheme="minorHAnsi" w:hAnsi="DM Sans" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:t>försökets svårhetsgrad,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="47F730A1" w14:textId="77777777" w:rsidR="006845C3" w:rsidRPr="006845C3" w:rsidRDefault="006845C3" w:rsidP="006845C3">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:eastAsiaTheme="minorHAnsi" w:hAnsi="DM Sans" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006845C3">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:eastAsiaTheme="minorHAnsi" w:hAnsi="DM Sans" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:t>slut- eller avbrytningspunkt,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="71116827" w14:textId="77777777" w:rsidR="006845C3" w:rsidRPr="006845C3" w:rsidRDefault="006845C3" w:rsidP="006845C3">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:eastAsiaTheme="minorHAnsi" w:hAnsi="DM Sans" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006845C3">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:eastAsiaTheme="minorHAnsi" w:hAnsi="DM Sans" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:t>försökstider,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="43D58DF0" w14:textId="77777777" w:rsidR="006845C3" w:rsidRPr="006845C3" w:rsidRDefault="006845C3" w:rsidP="006845C3">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:eastAsiaTheme="minorHAnsi" w:hAnsi="DM Sans" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006845C3">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:eastAsiaTheme="minorHAnsi" w:hAnsi="DM Sans" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:t>försöksdjurens övervakning under försöket, samt</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="72B30E12" w14:textId="77777777" w:rsidR="006845C3" w:rsidRPr="006845C3" w:rsidRDefault="006845C3" w:rsidP="006845C3">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:eastAsiaTheme="minorHAnsi" w:hAnsi="DM Sans" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006845C3">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:eastAsiaTheme="minorHAnsi" w:hAnsi="DM Sans" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:t>inhysning, skötsel eller märkning som kräver godkännande av en regional djurförsöksetisk nämnd.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5A2FB93B" w14:textId="77777777" w:rsidR="006845C3" w:rsidRPr="006845C3" w:rsidRDefault="006845C3" w:rsidP="006845C3">
+      <w:pPr>
+        <w:widowControl/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:eastAsiaTheme="minorHAnsi" w:hAnsi="DM Sans" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="73E1ED76" w14:textId="77777777" w:rsidR="006845C3" w:rsidRPr="006845C3" w:rsidRDefault="006845C3" w:rsidP="006845C3">
+      <w:pPr>
+        <w:widowControl/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:eastAsiaTheme="minorHAnsi" w:hAnsi="DM Sans" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006845C3">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:eastAsiaTheme="minorHAnsi" w:hAnsi="DM Sans" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:t>Bedömningen enligt första stycket avgörs genom enkel majoritet och kan</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3D5FD0B0" w14:textId="77777777" w:rsidR="006845C3" w:rsidRPr="006845C3" w:rsidRDefault="006845C3" w:rsidP="006845C3">
+      <w:pPr>
+        <w:widowControl/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:eastAsiaTheme="minorHAnsi" w:hAnsi="DM Sans" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006845C3">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:eastAsiaTheme="minorHAnsi" w:hAnsi="DM Sans" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:t>göras endast om samtliga kompetenser enligt 2 § första stycket deltar i</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1FD5BD7E" w14:textId="77777777" w:rsidR="006845C3" w:rsidRPr="006845C3" w:rsidRDefault="006845C3" w:rsidP="006845C3">
+      <w:pPr>
+        <w:widowControl/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:eastAsiaTheme="minorHAnsi" w:hAnsi="DM Sans" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006845C3">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:eastAsiaTheme="minorHAnsi" w:hAnsi="DM Sans" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:t>avgörandet.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="65D33E2C" w14:textId="77777777" w:rsidR="006845C3" w:rsidRPr="006845C3" w:rsidRDefault="006845C3" w:rsidP="006845C3">
+      <w:pPr>
+        <w:widowControl/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:eastAsiaTheme="minorHAnsi" w:hAnsi="DM Sans" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="74050F0C" w14:textId="77777777" w:rsidR="006845C3" w:rsidRPr="006845C3" w:rsidRDefault="006845C3" w:rsidP="006845C3">
+      <w:pPr>
+        <w:widowControl/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:eastAsiaTheme="minorHAnsi" w:hAnsi="DM Sans" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006845C3">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:eastAsiaTheme="minorHAnsi" w:hAnsi="DM Sans" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:t>Allmänt råd till 5 kap. 6 §</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="011F433D" w14:textId="77777777" w:rsidR="006845C3" w:rsidRPr="006845C3" w:rsidRDefault="006845C3" w:rsidP="006845C3">
+      <w:pPr>
+        <w:widowControl/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:eastAsiaTheme="minorHAnsi" w:hAnsi="DM Sans" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006845C3">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:eastAsiaTheme="minorHAnsi" w:hAnsi="DM Sans" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:t>Bedömningar kan exempelvis gälla ändring av metodiken för sövning av</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="276322A6" w14:textId="77777777" w:rsidR="006845C3" w:rsidRPr="006845C3" w:rsidRDefault="006845C3" w:rsidP="006845C3">
+      <w:pPr>
+        <w:widowControl/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:eastAsiaTheme="minorHAnsi" w:hAnsi="DM Sans" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006845C3">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:eastAsiaTheme="minorHAnsi" w:hAnsi="DM Sans" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:t>djur, smärtlindring, provtagning eller dosering av testsubstanser under</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="21350995" w14:textId="77777777" w:rsidR="006845C3" w:rsidRPr="006845C3" w:rsidRDefault="006845C3" w:rsidP="006845C3">
+      <w:pPr>
+        <w:widowControl/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:eastAsiaTheme="minorHAnsi" w:hAnsi="DM Sans" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006845C3">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:eastAsiaTheme="minorHAnsi" w:hAnsi="DM Sans" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:t>förutsättning att det inte inverkar negativt på försöksdjurens välfärd och</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0ABD5EDA" w14:textId="77777777" w:rsidR="006845C3" w:rsidRPr="006845C3" w:rsidRDefault="006845C3" w:rsidP="006845C3">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
-          <w:sz w:val="22"/>
-[...13 lines deleted...]
-    <w:p w14:paraId="23E9E5C3" w14:textId="77777777" w:rsidR="00842541" w:rsidRPr="002D0183" w:rsidRDefault="00842541" w:rsidP="00425AB1">
+          <w:rFonts w:ascii="DM Sans" w:eastAsiaTheme="minorHAnsi" w:hAnsi="DM Sans" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006845C3">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:eastAsiaTheme="minorHAnsi" w:hAnsi="DM Sans" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:t>främjar implementering av 3R-principen.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1DEC987E" w14:textId="77777777" w:rsidR="006845C3" w:rsidRPr="006845C3" w:rsidRDefault="006845C3" w:rsidP="006845C3">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:eastAsiaTheme="minorHAnsi" w:hAnsi="DM Sans" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="18A2D9F4" w14:textId="05C96574" w:rsidR="00334F46" w:rsidRDefault="00334F46">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1A45B90F" w14:textId="77777777" w:rsidR="006845C3" w:rsidRPr="006845C3" w:rsidRDefault="006845C3" w:rsidP="006845C3">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3A901C00" w14:textId="77777777" w:rsidR="006845C3" w:rsidRPr="006845C3" w:rsidRDefault="006845C3" w:rsidP="006845C3">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006845C3">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Legislation</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="458F1097" w14:textId="77777777" w:rsidR="006845C3" w:rsidRPr="006845C3" w:rsidRDefault="006845C3" w:rsidP="006845C3">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1C7C5842" w14:textId="77777777" w:rsidR="006845C3" w:rsidRPr="006845C3" w:rsidRDefault="006845C3" w:rsidP="006845C3">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006845C3">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Below is an </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006845C3">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>inofficial</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006845C3">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> translation of relevant parts of SJVFS 2025:28 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006845C3">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>saknr</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006845C3">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> L151. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6952A8ED" w14:textId="41A569A5" w:rsidR="006845C3" w:rsidRPr="006845C3" w:rsidRDefault="006845C3" w:rsidP="006845C3">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006845C3">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The original in Swedish must be used in </w:t>
+      </w:r>
+      <w:r w:rsidR="00017391">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006845C3">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">application of SJVFS 2025:28 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006845C3">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>saknr</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006845C3">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> L151.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="23277AD8" w14:textId="77777777" w:rsidR="006845C3" w:rsidRPr="006845C3" w:rsidRDefault="006845C3" w:rsidP="006845C3">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3CA075C7" w14:textId="77777777" w:rsidR="006845C3" w:rsidRPr="006845C3" w:rsidRDefault="006845C3" w:rsidP="006845C3">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006845C3">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5 Ch. 6 § SJVFS 2025:28 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006845C3">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>saknr</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006845C3">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> L151 states that:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="72D32DCE" w14:textId="77777777" w:rsidR="006845C3" w:rsidRPr="006845C3" w:rsidRDefault="006845C3" w:rsidP="006845C3">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5CFFC3B7" w14:textId="77777777" w:rsidR="002A7716" w:rsidRPr="002A7716" w:rsidRDefault="006845C3" w:rsidP="002A7716">
+      <w:pPr>
+        <w:widowControl/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="560"/>
+          <w:tab w:val="left" w:pos="1120"/>
+          <w:tab w:val="left" w:pos="1680"/>
+          <w:tab w:val="left" w:pos="2240"/>
+          <w:tab w:val="left" w:pos="2800"/>
+          <w:tab w:val="left" w:pos="3360"/>
+          <w:tab w:val="left" w:pos="3920"/>
+          <w:tab w:val="left" w:pos="4480"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5600"/>
+          <w:tab w:val="left" w:pos="6160"/>
+          <w:tab w:val="left" w:pos="6720"/>
+        </w:tabs>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="240" w:line="276" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:eastAsiaTheme="minorHAnsi" w:hAnsi="DM Sans" w:cs="Helvetica Neue"/>
+          <w:color w:val="1B1B1B"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006845C3">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:eastAsiaTheme="minorHAnsi" w:hAnsi="DM Sans" w:cs="Helvetica Neue"/>
+          <w:color w:val="1B1B1B"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6 § </w:t>
+      </w:r>
+      <w:r w:rsidR="002A7716" w:rsidRPr="002A7716">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:eastAsiaTheme="minorHAnsi" w:hAnsi="DM Sans" w:cs="Helvetica Neue"/>
+          <w:color w:val="1B1B1B"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>A decision to amend an existing ethical approval for animal experiments is not required if the animal welfare body has assessed that the amendment:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5B042E67" w14:textId="77777777" w:rsidR="002A7716" w:rsidRPr="002A7716" w:rsidRDefault="002A7716" w:rsidP="002A7716">
+      <w:pPr>
+        <w:widowControl/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="560"/>
+          <w:tab w:val="left" w:pos="1120"/>
+          <w:tab w:val="left" w:pos="1680"/>
+          <w:tab w:val="left" w:pos="2240"/>
+          <w:tab w:val="left" w:pos="2800"/>
+          <w:tab w:val="left" w:pos="3360"/>
+          <w:tab w:val="left" w:pos="3920"/>
+          <w:tab w:val="left" w:pos="4480"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5600"/>
+          <w:tab w:val="left" w:pos="6160"/>
+          <w:tab w:val="left" w:pos="6720"/>
+        </w:tabs>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="240" w:line="276" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:eastAsiaTheme="minorHAnsi" w:hAnsi="DM Sans" w:cs="Helvetica Neue"/>
+          <w:color w:val="1B1B1B"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4A7506F9" w14:textId="77777777" w:rsidR="002A7716" w:rsidRPr="00B2148E" w:rsidRDefault="002A7716" w:rsidP="00B2148E">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="4"/>
+          <w:numId w:val="13"/>
         </w:numPr>
-        <w:overflowPunct w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="560"/>
+          <w:tab w:val="left" w:pos="1120"/>
+          <w:tab w:val="left" w:pos="1680"/>
+          <w:tab w:val="left" w:pos="2240"/>
+          <w:tab w:val="left" w:pos="2800"/>
+          <w:tab w:val="left" w:pos="3360"/>
+          <w:tab w:val="left" w:pos="3920"/>
+          <w:tab w:val="left" w:pos="4480"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5600"/>
+          <w:tab w:val="left" w:pos="6160"/>
+          <w:tab w:val="left" w:pos="6720"/>
+        </w:tabs>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
-        <w:ind w:right="567"/>
+        <w:spacing w:after="240" w:line="276" w:lineRule="auto"/>
         <w:contextualSpacing/>
-        <w:textAlignment w:val="baseline"/>
-[...17 lines deleted...]
-        <w:pStyle w:val="BodyText"/>
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:eastAsiaTheme="minorHAnsi" w:hAnsi="DM Sans" w:cs="Helvetica Neue"/>
+          <w:color w:val="1B1B1B"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B2148E">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:eastAsiaTheme="minorHAnsi" w:hAnsi="DM Sans" w:cs="Helvetica Neue"/>
+          <w:color w:val="1B1B1B"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>does not risk negatively affecting the welfare of the experimental animals,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="06996B55" w14:textId="77777777" w:rsidR="002A7716" w:rsidRPr="00B2148E" w:rsidRDefault="002A7716" w:rsidP="00B2148E">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="4"/>
+          <w:numId w:val="13"/>
         </w:numPr>
-        <w:overflowPunct w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="560"/>
+          <w:tab w:val="left" w:pos="1120"/>
+          <w:tab w:val="left" w:pos="1680"/>
+          <w:tab w:val="left" w:pos="2240"/>
+          <w:tab w:val="left" w:pos="2800"/>
+          <w:tab w:val="left" w:pos="3360"/>
+          <w:tab w:val="left" w:pos="3920"/>
+          <w:tab w:val="left" w:pos="4480"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5600"/>
+          <w:tab w:val="left" w:pos="6160"/>
+          <w:tab w:val="left" w:pos="6720"/>
+        </w:tabs>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
-        <w:ind w:right="567"/>
+        <w:spacing w:after="240" w:line="276" w:lineRule="auto"/>
         <w:contextualSpacing/>
-        <w:textAlignment w:val="baseline"/>
-[...17 lines deleted...]
-        <w:pStyle w:val="BodyText"/>
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:eastAsiaTheme="minorHAnsi" w:hAnsi="DM Sans" w:cs="Helvetica Neue"/>
+          <w:color w:val="1B1B1B"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B2148E">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:eastAsiaTheme="minorHAnsi" w:hAnsi="DM Sans" w:cs="Helvetica Neue"/>
+          <w:color w:val="1B1B1B"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>does not affect the ability to achieve the purpose or goal of the experiment,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="46B74C6F" w14:textId="77777777" w:rsidR="002A7716" w:rsidRPr="00B2148E" w:rsidRDefault="002A7716" w:rsidP="00B2148E">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="4"/>
+          <w:numId w:val="13"/>
         </w:numPr>
-        <w:overflowPunct w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="560"/>
+          <w:tab w:val="left" w:pos="1120"/>
+          <w:tab w:val="left" w:pos="1680"/>
+          <w:tab w:val="left" w:pos="2240"/>
+          <w:tab w:val="left" w:pos="2800"/>
+          <w:tab w:val="left" w:pos="3360"/>
+          <w:tab w:val="left" w:pos="3920"/>
+          <w:tab w:val="left" w:pos="4480"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5600"/>
+          <w:tab w:val="left" w:pos="6160"/>
+          <w:tab w:val="left" w:pos="6720"/>
+        </w:tabs>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
-        <w:ind w:right="567"/>
+        <w:spacing w:after="240" w:line="276" w:lineRule="auto"/>
         <w:contextualSpacing/>
-        <w:textAlignment w:val="baseline"/>
-[...49 lines deleted...]
-        <w:pStyle w:val="BodyText"/>
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:eastAsiaTheme="minorHAnsi" w:hAnsi="DM Sans" w:cs="Helvetica Neue"/>
+          <w:color w:val="1B1B1B"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B2148E">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:eastAsiaTheme="minorHAnsi" w:hAnsi="DM Sans" w:cs="Helvetica Neue"/>
+          <w:color w:val="1B1B1B"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>does not extend the validity period of the experiment, and</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00FC0CC7" w14:textId="77777777" w:rsidR="002A7716" w:rsidRPr="00B2148E" w:rsidRDefault="002A7716" w:rsidP="00B2148E">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:widowControl/>
         <w:numPr>
-          <w:ilvl w:val="1"/>
-          <w:numId w:val="4"/>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="13"/>
         </w:numPr>
-        <w:overflowPunct w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="560"/>
+          <w:tab w:val="left" w:pos="1120"/>
+          <w:tab w:val="left" w:pos="1680"/>
+          <w:tab w:val="left" w:pos="2240"/>
+          <w:tab w:val="left" w:pos="2800"/>
+          <w:tab w:val="left" w:pos="3360"/>
+          <w:tab w:val="left" w:pos="3920"/>
+          <w:tab w:val="left" w:pos="4480"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5600"/>
+          <w:tab w:val="left" w:pos="6160"/>
+          <w:tab w:val="left" w:pos="6720"/>
+        </w:tabs>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
-        <w:ind w:right="567"/>
+        <w:spacing w:after="240" w:line="276" w:lineRule="auto"/>
         <w:contextualSpacing/>
-        <w:textAlignment w:val="baseline"/>
-[...40 lines deleted...]
-        <w:pStyle w:val="BodyText"/>
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:eastAsiaTheme="minorHAnsi" w:hAnsi="DM Sans" w:cs="Helvetica Neue"/>
+          <w:color w:val="1B1B1B"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B2148E">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:eastAsiaTheme="minorHAnsi" w:hAnsi="DM Sans" w:cs="Helvetica Neue"/>
+          <w:color w:val="1B1B1B"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>does not negatively affect:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6082E896" w14:textId="77777777" w:rsidR="002A7716" w:rsidRPr="002A7716" w:rsidRDefault="002A7716" w:rsidP="00B2148E">
+      <w:pPr>
         <w:widowControl/>
-        <w:numPr>
-[...3 lines deleted...]
-        <w:overflowPunct w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="560"/>
+          <w:tab w:val="left" w:pos="1120"/>
+          <w:tab w:val="left" w:pos="1680"/>
+          <w:tab w:val="left" w:pos="2240"/>
+          <w:tab w:val="left" w:pos="2800"/>
+          <w:tab w:val="left" w:pos="3360"/>
+          <w:tab w:val="left" w:pos="3920"/>
+          <w:tab w:val="left" w:pos="4480"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5600"/>
+          <w:tab w:val="left" w:pos="6160"/>
+          <w:tab w:val="left" w:pos="6720"/>
+        </w:tabs>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
-        <w:ind w:right="567"/>
+        <w:spacing w:after="240" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="720"/>
         <w:contextualSpacing/>
-        <w:textAlignment w:val="baseline"/>
-[...47 lines deleted...]
-        <w:pStyle w:val="BodyText"/>
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:eastAsiaTheme="minorHAnsi" w:hAnsi="DM Sans" w:cs="Helvetica Neue"/>
+          <w:color w:val="1B1B1B"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A7716">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:eastAsiaTheme="minorHAnsi" w:hAnsi="DM Sans" w:cs="Helvetica Neue"/>
+          <w:color w:val="1B1B1B"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>a. the severity level of the experiment,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1921A879" w14:textId="77777777" w:rsidR="002A7716" w:rsidRPr="002A7716" w:rsidRDefault="002A7716" w:rsidP="00B2148E">
+      <w:pPr>
         <w:widowControl/>
-        <w:numPr>
-[...3 lines deleted...]
-        <w:overflowPunct w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="560"/>
+          <w:tab w:val="left" w:pos="1120"/>
+          <w:tab w:val="left" w:pos="1680"/>
+          <w:tab w:val="left" w:pos="2240"/>
+          <w:tab w:val="left" w:pos="2800"/>
+          <w:tab w:val="left" w:pos="3360"/>
+          <w:tab w:val="left" w:pos="3920"/>
+          <w:tab w:val="left" w:pos="4480"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5600"/>
+          <w:tab w:val="left" w:pos="6160"/>
+          <w:tab w:val="left" w:pos="6720"/>
+        </w:tabs>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
-        <w:ind w:right="567"/>
+        <w:spacing w:after="240" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="720"/>
         <w:contextualSpacing/>
-        <w:textAlignment w:val="baseline"/>
-[...24 lines deleted...]
-        <w:pStyle w:val="BodyText"/>
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:eastAsiaTheme="minorHAnsi" w:hAnsi="DM Sans" w:cs="Helvetica Neue"/>
+          <w:color w:val="1B1B1B"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A7716">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:eastAsiaTheme="minorHAnsi" w:hAnsi="DM Sans" w:cs="Helvetica Neue"/>
+          <w:color w:val="1B1B1B"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>b. the end or termination point,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3B48F111" w14:textId="77777777" w:rsidR="002A7716" w:rsidRPr="002A7716" w:rsidRDefault="002A7716" w:rsidP="00B2148E">
+      <w:pPr>
         <w:widowControl/>
-        <w:numPr>
-[...3 lines deleted...]
-        <w:overflowPunct w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="560"/>
+          <w:tab w:val="left" w:pos="1120"/>
+          <w:tab w:val="left" w:pos="1680"/>
+          <w:tab w:val="left" w:pos="2240"/>
+          <w:tab w:val="left" w:pos="2800"/>
+          <w:tab w:val="left" w:pos="3360"/>
+          <w:tab w:val="left" w:pos="3920"/>
+          <w:tab w:val="left" w:pos="4480"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5600"/>
+          <w:tab w:val="left" w:pos="6160"/>
+          <w:tab w:val="left" w:pos="6720"/>
+        </w:tabs>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
-        <w:ind w:right="567"/>
+        <w:spacing w:after="240" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="720"/>
         <w:contextualSpacing/>
-        <w:textAlignment w:val="baseline"/>
-[...72 lines deleted...]
-        <w:pStyle w:val="BodyText"/>
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:eastAsiaTheme="minorHAnsi" w:hAnsi="DM Sans" w:cs="Helvetica Neue"/>
+          <w:color w:val="1B1B1B"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A7716">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:eastAsiaTheme="minorHAnsi" w:hAnsi="DM Sans" w:cs="Helvetica Neue"/>
+          <w:color w:val="1B1B1B"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>c. the experimental timelines,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7854DB1C" w14:textId="77777777" w:rsidR="002A7716" w:rsidRPr="002A7716" w:rsidRDefault="002A7716" w:rsidP="00B2148E">
+      <w:pPr>
         <w:widowControl/>
-        <w:numPr>
-[...3 lines deleted...]
-        <w:overflowPunct w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="560"/>
+          <w:tab w:val="left" w:pos="1120"/>
+          <w:tab w:val="left" w:pos="1680"/>
+          <w:tab w:val="left" w:pos="2240"/>
+          <w:tab w:val="left" w:pos="2800"/>
+          <w:tab w:val="left" w:pos="3360"/>
+          <w:tab w:val="left" w:pos="3920"/>
+          <w:tab w:val="left" w:pos="4480"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5600"/>
+          <w:tab w:val="left" w:pos="6160"/>
+          <w:tab w:val="left" w:pos="6720"/>
+        </w:tabs>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
-        <w:ind w:right="567"/>
+        <w:spacing w:after="240" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="720"/>
         <w:contextualSpacing/>
-        <w:textAlignment w:val="baseline"/>
-[...17 lines deleted...]
-        <w:pStyle w:val="BodyText"/>
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:eastAsiaTheme="minorHAnsi" w:hAnsi="DM Sans" w:cs="Helvetica Neue"/>
+          <w:color w:val="1B1B1B"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A7716">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:eastAsiaTheme="minorHAnsi" w:hAnsi="DM Sans" w:cs="Helvetica Neue"/>
+          <w:color w:val="1B1B1B"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>d. the monitoring of experimental animals during the experiment, and</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6A66BB61" w14:textId="77777777" w:rsidR="002A7716" w:rsidRPr="002A7716" w:rsidRDefault="002A7716" w:rsidP="00B2148E">
+      <w:pPr>
+        <w:widowControl/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="560"/>
+          <w:tab w:val="left" w:pos="1120"/>
+          <w:tab w:val="left" w:pos="1680"/>
+          <w:tab w:val="left" w:pos="2240"/>
+          <w:tab w:val="left" w:pos="2800"/>
+          <w:tab w:val="left" w:pos="3360"/>
+          <w:tab w:val="left" w:pos="3920"/>
+          <w:tab w:val="left" w:pos="4480"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5600"/>
+          <w:tab w:val="left" w:pos="6160"/>
+          <w:tab w:val="left" w:pos="6720"/>
+        </w:tabs>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="240" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="720"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:eastAsiaTheme="minorHAnsi" w:hAnsi="DM Sans" w:cs="Helvetica Neue"/>
+          <w:color w:val="1B1B1B"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A7716">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:eastAsiaTheme="minorHAnsi" w:hAnsi="DM Sans" w:cs="Helvetica Neue"/>
+          <w:color w:val="1B1B1B"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>e. housing, care, or marking that requires approval from a regional animal ethics committee.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="022F5BF9" w14:textId="77777777" w:rsidR="002A7716" w:rsidRPr="002A7716" w:rsidRDefault="002A7716" w:rsidP="002A7716">
+      <w:pPr>
+        <w:widowControl/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="560"/>
+          <w:tab w:val="left" w:pos="1120"/>
+          <w:tab w:val="left" w:pos="1680"/>
+          <w:tab w:val="left" w:pos="2240"/>
+          <w:tab w:val="left" w:pos="2800"/>
+          <w:tab w:val="left" w:pos="3360"/>
+          <w:tab w:val="left" w:pos="3920"/>
+          <w:tab w:val="left" w:pos="4480"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5600"/>
+          <w:tab w:val="left" w:pos="6160"/>
+          <w:tab w:val="left" w:pos="6720"/>
+        </w:tabs>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="240" w:line="276" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:eastAsiaTheme="minorHAnsi" w:hAnsi="DM Sans" w:cs="Helvetica Neue"/>
+          <w:color w:val="1B1B1B"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="61E9479E" w14:textId="6DE809DD" w:rsidR="006845C3" w:rsidRPr="002A7716" w:rsidRDefault="002A7716" w:rsidP="002A7716">
+      <w:pPr>
+        <w:widowControl/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="560"/>
+          <w:tab w:val="left" w:pos="1120"/>
+          <w:tab w:val="left" w:pos="1680"/>
+          <w:tab w:val="left" w:pos="2240"/>
+          <w:tab w:val="left" w:pos="2800"/>
+          <w:tab w:val="left" w:pos="3360"/>
+          <w:tab w:val="left" w:pos="3920"/>
+          <w:tab w:val="left" w:pos="4480"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5600"/>
+          <w:tab w:val="left" w:pos="6160"/>
+          <w:tab w:val="left" w:pos="6720"/>
+        </w:tabs>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="240" w:line="276" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:eastAsiaTheme="minorHAnsi" w:hAnsi="DM Sans" w:cs="Helvetica Neue"/>
+          <w:color w:val="1B1B1B"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A7716">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:eastAsiaTheme="minorHAnsi" w:hAnsi="DM Sans" w:cs="Helvetica Neue"/>
+          <w:color w:val="1B1B1B"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>The assessment under the first paragraph is decided by a simple majority and can only be made if all competencies referred to in Section 2, first paragraph, participate in the decision.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4D6D74B4" w14:textId="77777777" w:rsidR="006845C3" w:rsidRPr="006845C3" w:rsidRDefault="006845C3" w:rsidP="006845C3">
+      <w:pPr>
+        <w:widowControl/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="560"/>
+          <w:tab w:val="left" w:pos="1120"/>
+          <w:tab w:val="left" w:pos="1680"/>
+          <w:tab w:val="left" w:pos="2240"/>
+          <w:tab w:val="left" w:pos="2800"/>
+          <w:tab w:val="left" w:pos="3360"/>
+          <w:tab w:val="left" w:pos="3920"/>
+          <w:tab w:val="left" w:pos="4480"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5600"/>
+          <w:tab w:val="left" w:pos="6160"/>
+          <w:tab w:val="left" w:pos="6720"/>
+        </w:tabs>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="240" w:line="276" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:eastAsiaTheme="minorHAnsi" w:hAnsi="DM Sans" w:cs="Helvetica Neue"/>
+          <w:color w:val="1B1B1B"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7B230457" w14:textId="77777777" w:rsidR="006845C3" w:rsidRPr="006845C3" w:rsidRDefault="006845C3" w:rsidP="006845C3">
+      <w:pPr>
+        <w:widowControl/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="560"/>
+          <w:tab w:val="left" w:pos="1120"/>
+          <w:tab w:val="left" w:pos="1680"/>
+          <w:tab w:val="left" w:pos="2240"/>
+          <w:tab w:val="left" w:pos="2800"/>
+          <w:tab w:val="left" w:pos="3360"/>
+          <w:tab w:val="left" w:pos="3920"/>
+          <w:tab w:val="left" w:pos="4480"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5600"/>
+          <w:tab w:val="left" w:pos="6160"/>
+          <w:tab w:val="left" w:pos="6720"/>
+        </w:tabs>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="240" w:line="276" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:eastAsiaTheme="minorHAnsi" w:hAnsi="DM Sans" w:cs="Helvetica Neue"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="1B1B1B"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006845C3">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:eastAsiaTheme="minorHAnsi" w:hAnsi="DM Sans" w:cs="Helvetica Neue"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="1B1B1B"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>General advice to Chapter 5, 6 §</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4CA0BBD8" w14:textId="6D251271" w:rsidR="00BA31F1" w:rsidRPr="006845C3" w:rsidRDefault="000F4677" w:rsidP="006845C3">
+      <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
-          <w:sz w:val="22"/>
-[...627 lines deleted...]
-      <w:footerReference w:type="default" r:id="rId9"/>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F4677">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:eastAsiaTheme="minorHAnsi" w:hAnsi="DM Sans" w:cs="Helvetica Neue"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="1B1B1B"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>Assessments may, for example, concern changes to the methodology for animal anesthesia, pain relief, sampling, or dosing of test substances, provided that such changes do not negatively affect the welfare of the experimental animals and promote the implementation of the 3R principle.</w:t>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="00BA31F1" w:rsidRPr="006845C3">
+      <w:headerReference w:type="default" r:id="rId11"/>
+      <w:footerReference w:type="default" r:id="rId12"/>
       <w:pgSz w:w="11900" w:h="16840"/>
       <w:pgMar w:top="1760" w:right="1680" w:bottom="1020" w:left="1680" w:header="681" w:footer="821" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="5B3D8BAD" w14:textId="77777777" w:rsidR="00032AF6" w:rsidRDefault="00032AF6">
+    <w:p w14:paraId="5C0A4C16" w14:textId="77777777" w:rsidR="00204D49" w:rsidRDefault="00204D49">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="0280D7E1" w14:textId="77777777" w:rsidR="00032AF6" w:rsidRDefault="00032AF6">
+    <w:p w14:paraId="67E4F81C" w14:textId="77777777" w:rsidR="00204D49" w:rsidRDefault="00204D49">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
@@ -3584,57 +4132,77 @@
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="DM Sans">
+    <w:panose1 w:val="00000000000000000000"/>
+    <w:charset w:val="4D"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="8000002F" w:usb1="4000204B" w:usb2="00000000" w:usb3="00000000" w:csb0="00000093" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Segoe UI Symbol">
+    <w:panose1 w:val="020B0502040204020203"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="800001E3" w:usb1="1200FFEF" w:usb2="00040000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Helvetica Neue">
+    <w:charset w:val="00"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E50002FF" w:usb1="500079DB" w:usb2="00000010" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="416EEA59" w14:textId="6A25472A" w:rsidR="008B74C7" w:rsidRPr="003B737C" w:rsidRDefault="00AD62B0">
     <w:pPr>
       <w:pStyle w:val="BodyText"/>
       <w:spacing w:line="14" w:lineRule="auto"/>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="003B737C">
       <w:rPr>
         <w:noProof/>
@@ -4040,61 +4608,61 @@
         <mc:Fallback>
           <w:pict>
             <v:shape w14:anchorId="163EE859" id="Text Box 2" o:spid="_x0000_s1028" type="#_x0000_t202" style="position:absolute;margin-left:464.6pt;margin-top:793.05pt;width:36.15pt;height:17.25pt;z-index:-4384;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAPFgbUygEAAIADAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO0zAQfUfiHyy/06QVBTZqugJWi5CW&#10;i7TsBziO3VgkHjPjNilfz9hpu8C+IV6syXh85pwzk831NPTiYJAc+FouF6UUxmtond/V8uHb7Ys3&#10;UlBUvlU9eFPLoyF5vX3+bDOGyqygg741KBjEUzWGWnYxhqooSHdmULSAYDxfWsBBRf7EXdGiGhl9&#10;6ItVWb4qRsA2IGhDxNmb+VJuM761Rscv1pKJoq8lc4v5xHw26Sy2G1XtUIXO6RMN9Q8sBuU8N71A&#10;3aioxB7dE6jBaQQCGxcahgKsddpkDaxmWf6l5r5TwWQtbA6Fi030/2D158N9+IoiTu9g4gFmERTu&#10;QH8n9qYYA1WnmuQpVZSqm/ETtDxNtY+QX0wWhySfBQmGYaePF3fNFIXm5Mv11bJcS6H5arW8Kl+v&#10;k/uFqs6PA1L8YGAQKagl8vAyuDrcUZxLzyWpl4db1/d5gL3/I8GYKZPJJ74z8zg1k3AtN099k5YG&#10;2iOrQZjXgteYgw7wpxQjr0Qt6cdeoZGi/+jZ87Q/5wDPQXMOlNf8tJZRijl8H+c92wd0u46RZ3M9&#10;vGXXrMuKHlmc6PKYsyenlUx79Pt3rnr8cba/AAAA//8DAFBLAwQUAAYACAAAACEAvffjY+IAAAAO&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbEyPsU7DMBCGdyTewTokNmrHUkIb4lSoqGJADC0gMV5jE0fE&#10;dmS7qfv2uBPd7vR/+u+7Zp3MSGblw+CsgGLBgCjbOTnYXsDnx/ZhCSREtBJHZ5WAswqwbm9vGqyl&#10;O9mdmvexJ7nEhhoF6BinmtLQaWUwLNykbM5+nDcY8+p7Kj2ecrkZKWesogYHmy9onNRGq+53fzQC&#10;vjbT9i19a3yfS/n6wh93Z98lIe7v0vMTkKhS/Ifhop/Voc1OB3e0MpBRwIqveEZzUC6rAsgFYawo&#10;gRzyVHFWAW0bev1G+wcAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAAL&#10;AAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAPFgbUygEAAIADAAAO&#10;AAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQC99+Nj4gAAAA4B&#10;AAAPAAAAAAAAAAAAAAAAACQEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAMwUAAAAA&#10;" filled="f" stroked="f">
               <v:path arrowok="t"/>
               <v:textbox inset="0,0,0,0">
                 <w:txbxContent>
                   <w:p w14:paraId="0143DAD3" w14:textId="77777777" w:rsidR="008B74C7" w:rsidRPr="003B737C" w:rsidRDefault="00132B61">
                     <w:pPr>
                       <w:spacing w:before="14" w:line="155" w:lineRule="exact"/>
                       <w:ind w:left="20"/>
                       <w:rPr>
                         <w:b/>
                         <w:sz w:val="13"/>
                         <w:szCs w:val="13"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r w:rsidRPr="003B737C">
                       <w:rPr>
                         <w:b/>
                         <w:sz w:val="13"/>
                         <w:szCs w:val="13"/>
                       </w:rPr>
                       <w:t>E-post</w:t>
                     </w:r>
                   </w:p>
-                  <w:p w14:paraId="232E761E" w14:textId="77777777" w:rsidR="008B74C7" w:rsidRPr="003B737C" w:rsidRDefault="009F3868">
+                  <w:p w14:paraId="232E761E" w14:textId="77777777" w:rsidR="008B74C7" w:rsidRPr="003B737C" w:rsidRDefault="00132B61">
                     <w:pPr>
                       <w:spacing w:line="155" w:lineRule="exact"/>
                       <w:ind w:left="20"/>
                       <w:rPr>
                         <w:sz w:val="13"/>
                         <w:szCs w:val="13"/>
                       </w:rPr>
                     </w:pPr>
                     <w:hyperlink r:id="rId2">
-                      <w:r w:rsidR="00132B61" w:rsidRPr="003B737C">
+                      <w:r w:rsidRPr="003B737C">
                         <w:rPr>
                           <w:sz w:val="13"/>
                           <w:szCs w:val="13"/>
                         </w:rPr>
                         <w:t>awb@ki.se</w:t>
                       </w:r>
                     </w:hyperlink>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r w:rsidR="003B737C" w:rsidRPr="003B737C">
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
         <w:lang w:val="sv-SE" w:eastAsia="sv-SE"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
@@ -4397,62 +4965,52 @@
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:shape w14:anchorId="59C75450" id="Text Box 4" o:spid="_x0000_s1030" type="#_x0000_t202" style="position:absolute;margin-left:276.2pt;margin-top:793.35pt;width:46.5pt;height:17.25pt;z-index:-4432;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBsu1rNygEAAIADAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO0zAQfUfiHyy/06QVBTZqugJWi5CW&#10;i7TsBziO3VgkHjPjNilfz9hpu8C+IV6sycz4+Jwzk831NPTiYJAc+FouF6UUxmtond/V8uHb7Ys3&#10;UlBUvlU9eFPLoyF5vX3+bDOGyqygg741KBjEUzWGWnYxhqooSHdmULSAYDwXLeCgIn/irmhRjYw+&#10;9MWqLF8VI2AbELQh4uzNXJTbjG+t0fGLtWSi6GvJ3GI+MZ9NOovtRlU7VKFz+kRD/QOLQTnPj16g&#10;blRUYo/uCdTgNAKBjQsNQwHWOm2yBlazLP9Sc9+pYLIWNofCxSb6f7D68+E+fEURp3cw8QCzCAp3&#10;oL8Te1OMgapTT/KUKkrdzfgJWp6m2kfINyaLQ5LPggTDsNPHi7tmikJzcn1Vrtdc0VxaLa/K1+vk&#10;fqGq8+WAFD8YGEQKaok8vAyuDncU59ZzS3rLw63r+zzA3v+RYMyUyeQT35l5nJpJuLaWL9O7SUsD&#10;7ZHVIMxrwWvMQQf4U4qRV6KW9GOv0EjRf/Tsedqfc4DnoDkHymu+WssoxRy+j/Oe7QO6XcfIs7ke&#10;3rJr1mVFjyxOdHnM2ZPTSqY9+v07dz3+ONtfAAAA//8DAFBLAwQUAAYACAAAACEA6WmdguIAAAAN&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VI3KhTq06rNE6FiioOiEMLSBzd2I0j&#10;Yjuy3dT9e5YTPe7M0+xMvcl2IJMOsfdOwHxWANGu9ap3nYDPj93TCkhM0ik5eKcFXHWETXN/V8tK&#10;+Yvb6+mQOoIhLlZSgElprCiNrdFWxpkftUPv5IOVCc/QURXkBcPtQFlRlNTK3uEHI0e9Nbr9OZyt&#10;gK/tuHvL30a+T1y9vrDl/hraLMTjQ35eA0k6p38Y/upjdWiw09GfnYpkEMA5WyCKBl+VSyCIlAuO&#10;0hGlks0Z0KamtyuaXwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAAL&#10;AAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBsu1rNygEAAIADAAAO&#10;AAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQDpaZ2C4gAAAA0B&#10;AAAPAAAAAAAAAAAAAAAAACQEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAMwUAAAAA&#10;" filled="f" stroked="f">
               <v:path arrowok="t"/>
               <v:textbox inset="0,0,0,0">
                 <w:txbxContent>
                   <w:p w14:paraId="100955CA" w14:textId="77777777" w:rsidR="008B74C7" w:rsidRPr="003B737C" w:rsidRDefault="00132B61">
                     <w:pPr>
                       <w:spacing w:before="14" w:line="155" w:lineRule="exact"/>
                       <w:ind w:left="20"/>
                       <w:rPr>
                         <w:b/>
                         <w:sz w:val="13"/>
                         <w:szCs w:val="13"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r w:rsidRPr="003B737C">
                       <w:rPr>
                         <w:b/>
                         <w:sz w:val="13"/>
                         <w:szCs w:val="13"/>
                       </w:rPr>
-                      <w:t xml:space="preserve">Org. </w:t>
+                      <w:t>Org. Nummer</w:t>
                     </w:r>
-                    <w:proofErr w:type="spellStart"/>
-[...8 lines deleted...]
-                    <w:proofErr w:type="spellEnd"/>
                   </w:p>
                   <w:p w14:paraId="512CECF7" w14:textId="77777777" w:rsidR="008B74C7" w:rsidRPr="003B737C" w:rsidRDefault="00132B61">
                     <w:pPr>
                       <w:spacing w:line="155" w:lineRule="exact"/>
                       <w:ind w:left="29"/>
                       <w:rPr>
                         <w:sz w:val="13"/>
                         <w:szCs w:val="13"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r w:rsidRPr="003B737C">
                       <w:rPr>
                         <w:sz w:val="13"/>
                         <w:szCs w:val="13"/>
                       </w:rPr>
                       <w:t>202100 2973</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
@@ -4763,241 +5321,259 @@
               <v:rect id="Rectangle 9" o:spid="_x0000_s1030" style="position:absolute;left:6321;top:15739;width:15;height:15;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQA2lUnpxgAAAOAAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ni8Iw&#10;EIbvgv8hzMLebLoeFqlGEUXxsB78YM9jM7bdNpOSRNv990YQvAwzvLzP8MwWvWnEnZyvLCv4SlIQ&#10;xLnVFRcKzqfNaALCB2SNjWVS8E8eFvPhYIaZth0f6H4MhYgQ9hkqKENoMyl9XpJBn9iWOGZX6wyG&#10;eLpCaoddhJtGjtP0WxqsOH4osaVVSXl9vBkF9VVyV++WP91le9H+b//r6two9fnRr6dxLKcgAvXh&#10;3Xghdjo6jOEpFBeQ8wcAAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAA&#10;AAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAA&#10;CwAAAAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEANpVJ6cYAAADgAAAA&#10;DwAAAAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPoCAAAAAA==&#10;" fillcolor="black" stroked="f">
                 <v:path arrowok="t"/>
               </v:rect>
               <v:line id="Line 8" o:spid="_x0000_s1031" style="position:absolute;visibility:visible;mso-wrap-style:square" from="6336,15746" to="8366,15746" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQD+s3LHyQAAAOAAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/BasJA&#10;EIbvQt9hGcGbbqxoS3QVqQjSU03VtrdpdpqEZmeX7Nakb+8Kgpdhhp//G77FqjO1OFPjK8sKxqME&#10;BHFudcWFgsP7dvgMwgdkjbVlUvBPHlbLh94CU21b3tM5C4WIEPYpKihDcKmUPi/JoB9ZRxyzH9sY&#10;DPFsCqkbbCPc1PIxSWbSYMXxQ4mOXkrKf7M/o+D7k9rj/rSefjxNs8PxbeJOX69OqUG/28zjWM9B&#10;BOrCvXFD7HR0mMBVKC4glxcAAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAA&#10;AAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAV&#10;AQAACwAAAAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA/rNyx8kAAADg&#10;AAAADwAAAAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAP0CAAAA&#10;AA==&#10;" strokeweight=".72pt">
                 <o:lock v:ext="edit" shapetype="f"/>
               </v:line>
               <v:rect id="Rectangle 7" o:spid="_x0000_s1032" style="position:absolute;left:8366;top:15739;width:15;height:15;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDWMHQGxwAAAOAAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/BasMw&#10;DIbvg76DUaG31ekoY6R1Q2jZyGE7rC09q7GapInlYHtJ9vbzYLCLkPj5P/Fts8l0YiDnG8sKVssE&#10;BHFpdcOVgvPp9fEFhA/IGjvLpOCbPGS72cMWU21H/qThGCoRIexTVFCH0KdS+rImg35pe+KY3awz&#10;GOLpKqkdjhFuOvmUJM/SYMPxQ4097Wsq2+OXUdDeJI9tkb+P17er9vePi2tLo9RiPh02ceQbEIGm&#10;8N/4QxQ6OqzhVyguIHc/AAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAA&#10;AAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEA&#10;AAsAAAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhANYwdAbHAAAA4AAA&#10;AA8AAAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD7AgAAAAA=&#10;" fillcolor="black" stroked="f">
                 <v:path arrowok="t"/>
               </v:rect>
               <v:line id="Line 6" o:spid="_x0000_s1033" style="position:absolute;visibility:visible;mso-wrap-style:square" from="8381,15746" to="10440,15746" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAeFk8oyQAAAOAAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/BasJA&#10;EIbvBd9hGcFb3bQltkRXEUtBPGmqtr1Ns9MkmJ1dsquJb+8WCr0MM/z83/DNFr1pxIVaX1tW8DBO&#10;QBAXVtdcKti/v92/gPABWWNjmRRcycNiPribYaZtxzu65KEUEcI+QwVVCC6T0hcVGfRj64hj9mNb&#10;gyGebSl1i12Em0Y+JslEGqw5fqjQ0aqi4pSfjYLvT+oOu+My/XhO8/1h++SOXxun1GjYv07jWE5B&#10;BOrDf+MPsdbRIYVfobiAnN8AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAA&#10;AAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAV&#10;AQAACwAAAAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAHhZPKMkAAADg&#10;AAAADwAAAAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAP0CAAAA&#10;AA==&#10;" strokeweight=".72pt">
                 <o:lock v:ext="edit" shapetype="f"/>
               </v:line>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:group>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="5E894094" w14:textId="77777777" w:rsidR="00032AF6" w:rsidRDefault="00032AF6">
+    <w:p w14:paraId="22901EAA" w14:textId="77777777" w:rsidR="00204D49" w:rsidRDefault="00204D49">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="7B910CF2" w14:textId="77777777" w:rsidR="00032AF6" w:rsidRDefault="00032AF6">
+    <w:p w14:paraId="1345190B" w14:textId="77777777" w:rsidR="00204D49" w:rsidRDefault="00204D49">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="58872F87" w14:textId="6F607DF0" w:rsidR="008B74C7" w:rsidRDefault="009B12B2">
     <w:pPr>
       <w:pStyle w:val="BodyText"/>
       <w:spacing w:line="14" w:lineRule="auto"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:val="sv-SE" w:eastAsia="sv-SE"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="503313144" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4003DE4C" wp14:editId="3E21E638">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="503313144" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4003DE4C" wp14:editId="12A6E68B">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="margin">
-                <wp:posOffset>4508500</wp:posOffset>
+                <wp:posOffset>4383024</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
-                <wp:posOffset>56515</wp:posOffset>
+                <wp:posOffset>57683</wp:posOffset>
               </wp:positionV>
-              <wp:extent cx="1092200" cy="409315"/>
-              <wp:effectExtent l="0" t="0" r="0" b="0"/>
+              <wp:extent cx="1216558" cy="410400"/>
+              <wp:effectExtent l="0" t="0" r="3175" b="8890"/>
               <wp:wrapNone/>
               <wp:docPr id="19" name="Text Box 19"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
-                        <a:ext cx="1092200" cy="409315"/>
+                        <a:ext cx="1216558" cy="410400"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:solidFill>
                         <a:schemeClr val="lt1"/>
                       </a:solidFill>
                       <a:ln w="6350">
                         <a:noFill/>
                       </a:ln>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
                         <w:p w14:paraId="47A414A6" w14:textId="169462AB" w:rsidR="009B12B2" w:rsidRDefault="00732BB4" w:rsidP="009B12B2">
                           <w:pPr>
                             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                           </w:pPr>
                           <w:r>
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>ANSÖKAN</w:t>
                           </w:r>
                         </w:p>
-                        <w:p w14:paraId="2DF98965" w14:textId="3F007F57" w:rsidR="00EB6EB1" w:rsidRPr="00EB6EB1" w:rsidRDefault="00EB6EB1" w:rsidP="009B12B2">
+                        <w:p w14:paraId="2DF98965" w14:textId="5445C2B2" w:rsidR="00EB6EB1" w:rsidRPr="00EB6EB1" w:rsidRDefault="00EB6EB1" w:rsidP="009B12B2">
                           <w:pPr>
                             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
                             <w:rPr>
                               <w:i/>
                               <w:iCs/>
                               <w:sz w:val="18"/>
                               <w:szCs w:val="18"/>
                             </w:rPr>
                           </w:pPr>
                           <w:r w:rsidRPr="00EB6EB1">
                             <w:rPr>
                               <w:i/>
                               <w:iCs/>
                               <w:sz w:val="18"/>
                               <w:szCs w:val="18"/>
                             </w:rPr>
                             <w:t>Version 202</w:t>
                           </w:r>
                           <w:r w:rsidR="00A4660D">
                             <w:rPr>
                               <w:i/>
                               <w:iCs/>
                               <w:sz w:val="18"/>
                               <w:szCs w:val="18"/>
                             </w:rPr>
                             <w:t>5</w:t>
+                          </w:r>
+                          <w:r w:rsidR="007D2953">
+                            <w:rPr>
+                              <w:i/>
+                              <w:iCs/>
+                              <w:sz w:val="18"/>
+                              <w:szCs w:val="18"/>
+                            </w:rPr>
+                            <w:t>-11-20</w:t>
                           </w:r>
                         </w:p>
                         <w:p w14:paraId="0F8E6D8D" w14:textId="77777777" w:rsidR="00EB6EB1" w:rsidRPr="009B12B2" w:rsidRDefault="00EB6EB1" w:rsidP="009B12B2">
                           <w:pPr>
                             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                           </w:pPr>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:shapetype w14:anchorId="4003DE4C" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Text Box 19" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:355pt;margin-top:4.45pt;width:86pt;height:32.25pt;z-index:503313144;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAzsQ5NLAIAAFQEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X+ykSdcYcYosRYYB&#10;QVsgHXpWZCk2IIuapMTOfv0o2flY29Owi0yJ1BPJ9+jZfVsrchDWVaBzOhyklAjNoaj0Lqc/X1Zf&#10;7ihxnumCKdAip0fh6P3886dZYzIxghJUISxBEO2yxuS09N5kSeJ4KWrmBmCERqcEWzOPW7tLCssa&#10;RK9VMkrT26QBWxgLXDiHpw+dk84jvpSC+ycpnfBE5RRz83G1cd2GNZnPWLazzJQV79Ng/5BFzSqN&#10;j56hHphnZG+rd1B1xS04kH7AoU5AyoqLWANWM0zfVLMpmRGxFmyOM+c2uf8Hyx8PG/NsiW+/QYsE&#10;hoY0xmUOD0M9rbR1+GKmBP3YwuO5baL1hIdL6XSEXFDC0TdOpzfDSYBJLreNdf67gJoEI6cWaYnd&#10;Yoe1813oKSQ85kBVxapSKm6CFMRSWXJgSKLyMUcE/ytKadLk9PZmkkZgDeF6h6w05nKpKVi+3bZ9&#10;oVsojli/hU4azvBVhUmumfPPzKIWsC7Ut3/CRSrAR6C3KCnB/v7oPMQjReilpEFt5dT92jMrKFE/&#10;NJI3HY7HQYxxM558HeHGXnu21x69r5eAlQ9xkgyPZoj36mRKC/UrjsEivIoupjm+nVN/Mpe+UzyO&#10;EReLRQxC+Rnm13pjeIAOnQ4UvLSvzJqeJ48MP8JJhSx7Q1cXG25qWOw9yCpyGRrcdbXvO0o3qqEf&#10;szAb1/sYdfkZzP8AAAD//wMAUEsDBBQABgAIAAAAIQCVsSYw3wAAAAgBAAAPAAAAZHJzL2Rvd25y&#10;ZXYueG1sTI/LTsMwEEX3lfgHayqxQdRpAzSEOBVCQCV2NDzEzo2nSUQ8jmI3CX/PsKLLqzO6c262&#10;mWwrBux940jBchGBQCqdaahS8FY8XSYgfNBkdOsIFfygh01+Nst0atxIrzjsQiW4hHyqFdQhdKmU&#10;vqzRar9wHRKzg+utDhz7Sppej1xuW7mKohtpdUP8odYdPtRYfu+OVsHXRfX54qfn9zG+jrvH7VCs&#10;P0yh1Pl8ur8DEXAK/8fwp8/qkLPT3h3JeNEqWC8j3hIUJLcgmCfJivOeQXwFMs/k6YD8FwAA//8D&#10;AFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9U&#10;eXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9y&#10;ZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhADOxDk0sAgAAVAQAAA4AAAAAAAAAAAAAAAAALgIAAGRy&#10;cy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAJWxJjDfAAAACAEAAA8AAAAAAAAAAAAAAAAAhgQA&#10;AGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAACSBQAAAAA=&#10;" fillcolor="white [3201]" stroked="f" strokeweight=".5pt">
+            <v:shape id="Text Box 19" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:345.1pt;margin-top:4.55pt;width:95.8pt;height:32.3pt;z-index:503313144;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDzL9b2LAIAAFQEAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtv2zAMvg/YfxB0X2xnSdYZcYosRYYB&#10;QVsgHXpWZCk2IIuapMTOfv0o2Xms22nYRSZFio/vIz2/7xpFjsK6GnRBs1FKidAcylrvC/r9Zf3h&#10;jhLnmS6ZAi0KehKO3i/ev5u3JhdjqECVwhIMol3emoJW3ps8SRyvRMPcCIzQaJRgG+ZRtfuktKzF&#10;6I1Kxmk6S1qwpbHAhXN4+9Ab6SLGl1Jw/ySlE56ogmJtPp42nrtwJos5y/eWmarmQxnsH6poWK0x&#10;6SXUA/OMHGz9R6im5hYcSD/i0CQgZc1F7AG7ydI33WwrZkTsBcFx5gKT+39h+eNxa54t8d0X6JDA&#10;AEhrXO7wMvTTSduEL1ZK0I4Qni6wic4THh6Ns9l0ikRztE2ydJJGXJPra2Od/yqgIUEoqEVaIlrs&#10;uHEeM6Lr2SUkc6Dqcl0rFZUwCmKlLDkyJFH5WCO++M1LadIWdPZxmsbAGsLzPrLSmODaU5B8t+uG&#10;RndQnrB/C/1oOMPXNRa5Yc4/M4uzgC3jfPsnPKQCTAKDREkF9uff7oM/UoRWSlqcrYK6HwdmBSXq&#10;m0byPmeTSRjGqEymn8ao2FvL7taiD80KsPMMN8nwKAZ/r86itNC84hosQ1Y0Mc0xd0H9WVz5fuJx&#10;jbhYLqMTjp9hfqO3hofQAelAwUv3yqwZePLI8COcp5Dlb+jqfcNLDcuDB1lHLgPAPaoD7ji6keJh&#10;zcJu3OrR6/ozWPwCAAD//wMAUEsDBBQABgAIAAAAIQBiZ3RO4AAAAAgBAAAPAAAAZHJzL2Rvd25y&#10;ZXYueG1sTI9LT4RAEITvJv6HSZt4Me7AEhcWaTbG+Ei8ufiIt1mmBSIzQ5hZwH9ve9JjpSpVXxW7&#10;xfRiotF3ziLEqwgE2drpzjYIL9X9ZQbCB2W16p0lhG/ysCtPTwqVazfbZ5r2oRFcYn2uENoQhlxK&#10;X7dklF+5gSx7n240KrAcG6lHNXO56eU6ijbSqM7yQqsGum2p/tofDcLHRfP+5JeH1zm5Soa7x6lK&#10;33SFeH623FyDCLSEvzD84jM6lMx0cEervegRNttozVGEbQyC/SyL+coBIU1SkGUh/x8ofwAAAP//&#10;AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRf&#10;VHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABf&#10;cmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDzL9b2LAIAAFQEAAAOAAAAAAAAAAAAAAAAAC4CAABk&#10;cnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQBiZ3RO4AAAAAgBAAAPAAAAAAAAAAAAAAAAAIYE&#10;AABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAkwUAAAAA&#10;" fillcolor="white [3201]" stroked="f" strokeweight=".5pt">
               <v:textbox>
                 <w:txbxContent>
                   <w:p w14:paraId="47A414A6" w14:textId="169462AB" w:rsidR="009B12B2" w:rsidRDefault="00732BB4" w:rsidP="009B12B2">
                     <w:pPr>
                       <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r>
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>ANSÖKAN</w:t>
                     </w:r>
                   </w:p>
-                  <w:p w14:paraId="2DF98965" w14:textId="3F007F57" w:rsidR="00EB6EB1" w:rsidRPr="00EB6EB1" w:rsidRDefault="00EB6EB1" w:rsidP="009B12B2">
+                  <w:p w14:paraId="2DF98965" w14:textId="5445C2B2" w:rsidR="00EB6EB1" w:rsidRPr="00EB6EB1" w:rsidRDefault="00EB6EB1" w:rsidP="009B12B2">
                     <w:pPr>
                       <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
                       <w:rPr>
                         <w:i/>
                         <w:iCs/>
                         <w:sz w:val="18"/>
                         <w:szCs w:val="18"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r w:rsidRPr="00EB6EB1">
                       <w:rPr>
                         <w:i/>
                         <w:iCs/>
                         <w:sz w:val="18"/>
                         <w:szCs w:val="18"/>
                       </w:rPr>
                       <w:t>Version 202</w:t>
                     </w:r>
                     <w:r w:rsidR="00A4660D">
                       <w:rPr>
                         <w:i/>
                         <w:iCs/>
                         <w:sz w:val="18"/>
                         <w:szCs w:val="18"/>
                       </w:rPr>
                       <w:t>5</w:t>
+                    </w:r>
+                    <w:r w:rsidR="007D2953">
+                      <w:rPr>
+                        <w:i/>
+                        <w:iCs/>
+                        <w:sz w:val="18"/>
+                        <w:szCs w:val="18"/>
+                      </w:rPr>
+                      <w:t>-11-20</w:t>
                     </w:r>
                   </w:p>
                   <w:p w14:paraId="0F8E6D8D" w14:textId="77777777" w:rsidR="00EB6EB1" w:rsidRPr="009B12B2" w:rsidRDefault="00EB6EB1" w:rsidP="009B12B2">
                     <w:pPr>
                       <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                     </w:pPr>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="margin"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r w:rsidR="00132B61">
       <w:rPr>
         <w:noProof/>
         <w:lang w:val="sv-SE" w:eastAsia="sv-SE"/>
       </w:rPr>
       <w:drawing>
@@ -5741,50 +6317,252 @@
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="6B2A9508">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6226" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="DA5A463A">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6997" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="526C3BF9"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="A81A84F2"/>
+    <w:lvl w:ilvl="0" w:tplc="0809000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0809000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0809000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="52ED13DB"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="D94A8612"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5D041A31"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="2590844A"/>
     <w:lvl w:ilvl="0" w:tplc="827670A0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
@@ -5829,51 +6607,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5E9B3684"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="ED2435FA"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="862" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1582" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -5913,227 +6691,452 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5182" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5902" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6622" w:hanging="180"/>
       </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6F490329"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="50F652FE"/>
+    <w:lvl w:ilvl="0" w:tplc="0809000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0809000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0809000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7C767D98"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="C0BEC6E8"/>
+    <w:lvl w:ilvl="0" w:tplc="0409000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="2063863893">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="99418656">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="1416052958">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="668604512">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="1381130359">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="594485954">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="1748454985">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="1541476137">
+    <w:abstractNumId w:val="10"/>
+  </w:num>
+  <w:num w:numId="9" w16cid:durableId="1361665248">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="10" w16cid:durableId="1801655292">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="11" w16cid:durableId="487021087">
+    <w:abstractNumId w:val="11"/>
+  </w:num>
+  <w:num w:numId="12" w16cid:durableId="1136484019">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="9" w16cid:durableId="1361665248">
-    <w:abstractNumId w:val="7"/>
+  <w:num w:numId="13" w16cid:durableId="1996295330">
+    <w:abstractNumId w:val="12"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:zoom w:percent="130"/>
+  <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="425"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="24577"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:ulTrailSpace/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="008B74C7"/>
+    <w:rsid w:val="00017391"/>
     <w:rsid w:val="000238D9"/>
     <w:rsid w:val="00032AF6"/>
     <w:rsid w:val="00036611"/>
     <w:rsid w:val="00055D66"/>
     <w:rsid w:val="0006080A"/>
     <w:rsid w:val="0006106F"/>
     <w:rsid w:val="000820D1"/>
     <w:rsid w:val="00083F5E"/>
     <w:rsid w:val="0009615B"/>
     <w:rsid w:val="000C0F88"/>
+    <w:rsid w:val="000F4677"/>
     <w:rsid w:val="00132B61"/>
     <w:rsid w:val="0017041D"/>
     <w:rsid w:val="001B52D4"/>
     <w:rsid w:val="001C54C7"/>
+    <w:rsid w:val="00204D49"/>
     <w:rsid w:val="00243EFE"/>
     <w:rsid w:val="00270392"/>
     <w:rsid w:val="002970EB"/>
+    <w:rsid w:val="002A7716"/>
     <w:rsid w:val="002B0C43"/>
     <w:rsid w:val="002B5DD8"/>
     <w:rsid w:val="002D0183"/>
     <w:rsid w:val="002E3418"/>
     <w:rsid w:val="002E7660"/>
     <w:rsid w:val="00321E7D"/>
+    <w:rsid w:val="00334F46"/>
     <w:rsid w:val="00361C4A"/>
     <w:rsid w:val="00381406"/>
     <w:rsid w:val="003B737C"/>
     <w:rsid w:val="003C0400"/>
     <w:rsid w:val="003D4995"/>
     <w:rsid w:val="003D7EEF"/>
     <w:rsid w:val="00425AB1"/>
     <w:rsid w:val="00493414"/>
     <w:rsid w:val="00495473"/>
+    <w:rsid w:val="004A129A"/>
     <w:rsid w:val="004A129E"/>
     <w:rsid w:val="004C4F7B"/>
     <w:rsid w:val="004F07CF"/>
     <w:rsid w:val="004F4BCB"/>
     <w:rsid w:val="00523909"/>
     <w:rsid w:val="005411F5"/>
     <w:rsid w:val="00545F97"/>
     <w:rsid w:val="00593D47"/>
     <w:rsid w:val="005B67A9"/>
     <w:rsid w:val="00633558"/>
+    <w:rsid w:val="006845C3"/>
     <w:rsid w:val="0069095C"/>
     <w:rsid w:val="00703C85"/>
     <w:rsid w:val="00732BB4"/>
     <w:rsid w:val="007552FF"/>
+    <w:rsid w:val="007D2953"/>
     <w:rsid w:val="007D2EB1"/>
     <w:rsid w:val="00841B53"/>
     <w:rsid w:val="00842541"/>
     <w:rsid w:val="008739B2"/>
     <w:rsid w:val="008819B1"/>
     <w:rsid w:val="008B74C7"/>
     <w:rsid w:val="009346C0"/>
     <w:rsid w:val="009479EF"/>
     <w:rsid w:val="00954AE8"/>
     <w:rsid w:val="009748EA"/>
     <w:rsid w:val="009B12B2"/>
     <w:rsid w:val="009F3348"/>
     <w:rsid w:val="009F3868"/>
     <w:rsid w:val="00A4660D"/>
     <w:rsid w:val="00A507AC"/>
     <w:rsid w:val="00A523EE"/>
     <w:rsid w:val="00A75369"/>
     <w:rsid w:val="00AC37AA"/>
     <w:rsid w:val="00AD57C8"/>
     <w:rsid w:val="00AD62B0"/>
     <w:rsid w:val="00B00381"/>
+    <w:rsid w:val="00B2148E"/>
     <w:rsid w:val="00B71F56"/>
     <w:rsid w:val="00BA31F1"/>
     <w:rsid w:val="00C147EC"/>
     <w:rsid w:val="00C223B0"/>
     <w:rsid w:val="00C53355"/>
     <w:rsid w:val="00C830CE"/>
     <w:rsid w:val="00C8590F"/>
     <w:rsid w:val="00CB4DD3"/>
     <w:rsid w:val="00D17C46"/>
     <w:rsid w:val="00D37E17"/>
     <w:rsid w:val="00D61D26"/>
+    <w:rsid w:val="00D9152A"/>
     <w:rsid w:val="00DD49ED"/>
     <w:rsid w:val="00DD4F2F"/>
     <w:rsid w:val="00DF677A"/>
     <w:rsid w:val="00E215F4"/>
     <w:rsid w:val="00E36DA7"/>
     <w:rsid w:val="00E46595"/>
     <w:rsid w:val="00E55C90"/>
     <w:rsid w:val="00E731A0"/>
     <w:rsid w:val="00E73DC3"/>
     <w:rsid w:val="00E87CD6"/>
     <w:rsid w:val="00EA0BE9"/>
     <w:rsid w:val="00EB562D"/>
     <w:rsid w:val="00EB6EB1"/>
+    <w:rsid w:val="00F14516"/>
     <w:rsid w:val="00F36467"/>
     <w:rsid w:val="00F86E50"/>
     <w:rsid w:val="00F91D4A"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="sv-SE"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="24577"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="1922EF3E"/>
   <w15:docId w15:val="{12B7691B-9E63-6946-9088-C7B033617F20}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
@@ -6538,51 +7541,50 @@
       <w:b/>
       <w:bCs/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:spacing w:before="94"/>
       <w:ind w:left="503" w:right="24"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="BodyText">
     <w:name w:val="Body Text"/>
@@ -6735,51 +7737,51 @@
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="en-GB"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="002B0C43"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:awb@ki.se" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:awb@ki.se" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:awb@ki.se" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:awb@ki.se" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DefaultPlaceholder_-1854013440"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
@@ -6972,101 +7974,124 @@
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="DM Sans">
+    <w:panose1 w:val="00000000000000000000"/>
+    <w:charset w:val="4D"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="8000002F" w:usb1="4000204B" w:usb2="00000000" w:usb3="00000000" w:csb0="00000093" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Segoe UI Symbol">
+    <w:panose1 w:val="020B0502040204020203"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="800001E3" w:usb1="1200FFEF" w:usb2="00040000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Helvetica Neue">
+    <w:charset w:val="00"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E50002FF" w:usb1="500079DB" w:usb2="00000010" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00F84438"/>
     <w:rsid w:val="00381406"/>
+    <w:rsid w:val="004A129A"/>
+    <w:rsid w:val="004F79F3"/>
     <w:rsid w:val="00551848"/>
     <w:rsid w:val="00A85F28"/>
     <w:rsid w:val="00D61D26"/>
+    <w:rsid w:val="00D9152A"/>
     <w:rsid w:val="00E84AD5"/>
     <w:rsid w:val="00F84438"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
 
 <file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
@@ -7804,77 +8829,380 @@
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="dokument" ma:contentTypeID="0x010100BC479C1E37E1CC47991D0CC782E8B278" ma:contentTypeVersion="14" ma:contentTypeDescription="Skapa ett nytt dokument." ma:contentTypeScope="" ma:versionID="2f535222d80327718c467cc26fcb952e">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="73826592-bde7-4f95-999a-f450d2f0c25c" xmlns:ns3="52f16a31-4f26-4592-8140-f4116cf37efc" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="8afc1ce37eb655644fd6fe5c274376dd" ns2:_="" ns3:_="">
+    <xsd:import namespace="73826592-bde7-4f95-999a-f450d2f0c25c"/>
+    <xsd:import namespace="52f16a31-4f26-4592-8140-f4116cf37efc"/>
+    <xsd:element name="properties">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element name="documentManagement">
+            <xsd:complexType>
+              <xsd:all>
+                <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
+                <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+              </xsd:all>
+            </xsd:complexType>
+          </xsd:element>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="73826592-bde7-4f95-999a-f450d2f0c25c" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceAutoKeyPoints" ma:index="10" nillable="true" ma:displayName="MediaServiceAutoKeyPoints" ma:hidden="true" ma:internalName="MediaServiceAutoKeyPoints" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceKeyPoints" ma:index="11" nillable="true" ma:displayName="KeyPoints" ma:internalName="MediaServiceKeyPoints" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="13" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Bildmarkeringar" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="d34d398b-60ba-4ad0-a6da-da1ce693b88b" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="15" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceGenerationTime" ma:index="16" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="17" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="18" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="21" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="52f16a31-4f26-4592-8140-f4116cf37efc" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="TaxCatchAll" ma:index="14" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{030b6ef9-d457-457f-ad32-336f582fb438}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="52f16a31-4f26-4592-8140-f4116cf37efc">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="SharedWithUsers" ma:index="19" nillable="true" ma:displayName="Delat med" ma:internalName="SharedWithUsers" ma:readOnly="true">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:UserMulti">
+            <xsd:sequence>
+              <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
+                <xsd:complexType>
+                  <xsd:sequence>
+                    <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
+                    <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
+                    <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
+                  </xsd:sequence>
+                </xsd:complexType>
+              </xsd:element>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="SharedWithDetails" ma:index="20" nillable="true" ma:displayName="Delat med information" ma:internalName="SharedWithDetails" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
+    <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
+    <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
+    <xsd:element name="coreProperties" type="CT_coreProperties"/>
+    <xsd:complexType name="CT_coreProperties">
+      <xsd:all>
+        <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Innehållstyp"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Rubrik"/>
+        <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
+          <xsd:annotation>
+            <xsd:documentation>
+                        This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
+                    </xsd:documentation>
+          </xsd:annotation>
+        </xsd:element>
+        <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+      </xsd:all>
+    </xsd:complexType>
+  </xsd:schema>
+  <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
+    <xs:element name="Person">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:DisplayName" minOccurs="0"/>
+          <xs:element ref="pc:AccountId" minOccurs="0"/>
+          <xs:element ref="pc:AccountType" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="DisplayName" type="xs:string"/>
+    <xs:element name="AccountId" type="xs:string"/>
+    <xs:element name="AccountType" type="xs:string"/>
+    <xs:element name="BDCAssociatedEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:BDCEntity" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+        <xs:attribute ref="pc:EntityNamespace"/>
+        <xs:attribute ref="pc:EntityName"/>
+        <xs:attribute ref="pc:SystemInstanceName"/>
+        <xs:attribute ref="pc:AssociationName"/>
+      </xs:complexType>
+    </xs:element>
+    <xs:attribute name="EntityNamespace" type="xs:string"/>
+    <xs:attribute name="EntityName" type="xs:string"/>
+    <xs:attribute name="SystemInstanceName" type="xs:string"/>
+    <xs:attribute name="AssociationName" type="xs:string"/>
+    <xs:element name="BDCEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:EntityDisplayName" minOccurs="0"/>
+          <xs:element ref="pc:EntityInstanceReference" minOccurs="0"/>
+          <xs:element ref="pc:EntityId1" minOccurs="0"/>
+          <xs:element ref="pc:EntityId2" minOccurs="0"/>
+          <xs:element ref="pc:EntityId3" minOccurs="0"/>
+          <xs:element ref="pc:EntityId4" minOccurs="0"/>
+          <xs:element ref="pc:EntityId5" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="EntityDisplayName" type="xs:string"/>
+    <xs:element name="EntityInstanceReference" type="xs:string"/>
+    <xs:element name="EntityId1" type="xs:string"/>
+    <xs:element name="EntityId2" type="xs:string"/>
+    <xs:element name="EntityId3" type="xs:string"/>
+    <xs:element name="EntityId4" type="xs:string"/>
+    <xs:element name="EntityId5" type="xs:string"/>
+    <xs:element name="Terms">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermInfo">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermName" minOccurs="0"/>
+          <xs:element ref="pc:TermId" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermName" type="xs:string"/>
+    <xs:element name="TermId" type="xs:string"/>
+  </xs:schema>
+</ct:contentTypeSchema>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="52f16a31-4f26-4592-8140-f4116cf37efc" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="73826592-bde7-4f95-999a-f450d2f0c25c">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C25AE71B-57ED-4099-8E59-523CD5A34046}"/>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A6FDC224-1D61-49A6-875B-009AC10D00F1}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="52f16a31-4f26-4592-8140-f4116cf37efc"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="73826592-bde7-4f95-999a-f450d2f0c25c"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{13186731-A70C-4402-AD61-948682F4444A}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>3</Pages>
-[...1 lines deleted...]
-  <Characters>2737</Characters>
+  <Pages>4</Pages>
+  <Words>583</Words>
+  <Characters>3326</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>22</Lines>
-  <Paragraphs>6</Paragraphs>
+  <Lines>27</Lines>
+  <Paragraphs>7</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Rubrik</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr/>
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3211</CharactersWithSpaces>
+  <CharactersWithSpaces>3902</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Camilla Berggren</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
+    <vt:lpwstr>0x010100BC479C1E37E1CC47991D0CC782E8B278</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
+    <vt:lpwstr/>
+  </property>
+</Properties>
+</file>