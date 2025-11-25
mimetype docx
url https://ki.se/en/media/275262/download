--- v0 (2025-10-29)
+++ v1 (2025-11-25)
@@ -1,4294 +1,4315 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="3262D610" w14:textId="0299C846" w:rsidR="00732BB4" w:rsidRPr="00703C85" w:rsidRDefault="00703C85" w:rsidP="00D17C46">
+    <w:p w:rsidRPr="00F117C3" w:rsidR="00732BB4" w:rsidP="00D17C46" w:rsidRDefault="00703C85" w14:paraId="3262D610" w14:textId="0299C846">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:spacing w:line="237" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="sv-SE"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00F117C3">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:lang w:val="sv-SE"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00F117C3">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:lang w:val="sv-SE"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00F117C3">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:lang w:val="sv-SE"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00F117C3">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:lang w:val="sv-SE"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00F117C3">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:lang w:val="sv-SE"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00F117C3">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:lang w:val="sv-SE"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00F117C3">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:lang w:val="sv-SE"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00F117C3">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:lang w:val="sv-SE"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00F117C3">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:lang w:val="sv-SE"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00F117C3">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:lang w:val="sv-SE"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00703C85">
-        <w:rPr>
+      <w:r w:rsidRPr="00F117C3">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="sv-SE"/>
         </w:rPr>
         <w:t>Sid 1 (</w:t>
       </w:r>
-      <w:r w:rsidR="00D76742">
-        <w:rPr>
+      <w:r w:rsidRPr="00F117C3" w:rsidR="00D76742">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="sv-SE"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
-      <w:r w:rsidRPr="00703C85">
-        <w:rPr>
+      <w:r w:rsidRPr="00F117C3">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="sv-SE"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5F1C3D5F" w14:textId="77777777" w:rsidR="00243EFE" w:rsidRDefault="00243EFE" w:rsidP="00C830CE">
+    <w:p w:rsidRPr="00F117C3" w:rsidR="00243EFE" w:rsidP="00C830CE" w:rsidRDefault="00243EFE" w14:paraId="5F1C3D5F" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:before="70"/>
         <w:ind w:right="397"/>
         <w:contextualSpacing/>
         <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="sv-SE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="15E5EC37" w14:textId="596B57B4" w:rsidR="00C830CE" w:rsidRPr="00DD4F2F" w:rsidRDefault="00C830CE" w:rsidP="00243EFE">
+    <w:p w:rsidRPr="00F117C3" w:rsidR="00F117C3" w:rsidP="00F117C3" w:rsidRDefault="00F117C3" w14:paraId="7D9FF123" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:before="70"/>
         <w:ind w:right="397"/>
         <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="sv-SE"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00DD4F2F">
-        <w:rPr>
+      <w:r w:rsidRPr="00F117C3">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="sv-SE"/>
         </w:rPr>
         <w:t>Tilläggsansökan</w:t>
       </w:r>
-      <w:r w:rsidRPr="00DD4F2F">
-        <w:rPr>
+      <w:r w:rsidRPr="00F117C3">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:b/>
+          <w:bCs/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="sv-SE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00DD4F2F">
-        <w:rPr>
+      <w:r w:rsidRPr="00F117C3">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="sv-SE"/>
         </w:rPr>
         <w:t>om</w:t>
       </w:r>
-      <w:r w:rsidRPr="00DD4F2F">
-        <w:rPr>
+      <w:r w:rsidRPr="00F117C3">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:b/>
+          <w:bCs/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="sv-SE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00DD4F2F">
-        <w:rPr>
+      <w:r w:rsidRPr="00F117C3">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="sv-SE"/>
         </w:rPr>
         <w:t>än</w:t>
       </w:r>
-      <w:r w:rsidRPr="00DD4F2F">
-        <w:rPr>
+      <w:r w:rsidRPr="00F117C3">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:b/>
+          <w:bCs/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="sv-SE"/>
         </w:rPr>
         <w:t>d</w:t>
       </w:r>
-      <w:r w:rsidRPr="00DD4F2F">
-        <w:rPr>
+      <w:r w:rsidRPr="00F117C3">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="sv-SE"/>
         </w:rPr>
         <w:t>ri</w:t>
       </w:r>
-      <w:r w:rsidRPr="00DD4F2F">
-        <w:rPr>
+      <w:r w:rsidRPr="00F117C3">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:b/>
+          <w:bCs/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="sv-SE"/>
         </w:rPr>
         <w:t>n</w:t>
       </w:r>
-      <w:r w:rsidRPr="00DD4F2F">
-        <w:rPr>
+      <w:r w:rsidRPr="00F117C3">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="sv-SE"/>
         </w:rPr>
         <w:t>g</w:t>
       </w:r>
-      <w:r w:rsidRPr="00DD4F2F">
-        <w:rPr>
+      <w:r w:rsidRPr="00F117C3">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:b/>
+          <w:bCs/>
           <w:spacing w:val="1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="sv-SE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00DD4F2F">
-        <w:rPr>
+      <w:r w:rsidRPr="00F117C3">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="sv-SE"/>
         </w:rPr>
         <w:t>av</w:t>
       </w:r>
-      <w:r w:rsidRPr="00DD4F2F">
-        <w:rPr>
+      <w:r w:rsidRPr="00F117C3">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:b/>
+          <w:bCs/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="sv-SE"/>
         </w:rPr>
         <w:t xml:space="preserve"> e</w:t>
       </w:r>
-      <w:r w:rsidRPr="00DD4F2F">
-        <w:rPr>
+      <w:r w:rsidRPr="00F117C3">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="sv-SE"/>
         </w:rPr>
         <w:t>ti</w:t>
       </w:r>
-      <w:r w:rsidRPr="00DD4F2F">
-        <w:rPr>
+      <w:r w:rsidRPr="00F117C3">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:b/>
+          <w:bCs/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="sv-SE"/>
         </w:rPr>
         <w:t>sk</w:t>
       </w:r>
-      <w:r w:rsidRPr="00DD4F2F">
-        <w:rPr>
+      <w:r w:rsidRPr="00F117C3">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="sv-SE"/>
         </w:rPr>
         <w:t>t</w:t>
       </w:r>
-      <w:r w:rsidRPr="00DD4F2F">
-        <w:rPr>
+      <w:r w:rsidRPr="00F117C3">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:b/>
+          <w:bCs/>
           <w:spacing w:val="1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="sv-SE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00DD4F2F">
-        <w:rPr>
+      <w:r w:rsidRPr="00F117C3">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="sv-SE"/>
         </w:rPr>
-        <w:t>godkännande av djurförsök i enlighet med SJVFS 201</w:t>
-[...73 lines deleted...]
-        <w:t>6</w:t>
+        <w:t>godkännande av djurförsök i enlighet med SJVFS 2025:28 saknr L151 kap 5 §6</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="30A3C5CF" w14:textId="77777777" w:rsidR="00C830CE" w:rsidRPr="00DD4F2F" w:rsidRDefault="00C830CE" w:rsidP="00C830CE">
+    <w:p w:rsidRPr="00F117C3" w:rsidR="00C830CE" w:rsidP="00C830CE" w:rsidRDefault="00C830CE" w14:paraId="30A3C5CF" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:before="70"/>
         <w:ind w:right="1658"/>
         <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="sv-SE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5A26BDB8" w14:textId="77777777" w:rsidR="00243EFE" w:rsidRDefault="00243EFE" w:rsidP="00C830CE">
+    <w:p w:rsidRPr="00F117C3" w:rsidR="00243EFE" w:rsidP="00C830CE" w:rsidRDefault="00243EFE" w14:paraId="5A26BDB8" w14:textId="77777777">
       <w:pPr>
         <w:contextualSpacing/>
         <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:b/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:lang w:val="sv-SE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1544E0D2" w14:textId="3DF42470" w:rsidR="008739B2" w:rsidRPr="00243EFE" w:rsidRDefault="00C830CE" w:rsidP="00C830CE">
+    <w:p w:rsidRPr="00F117C3" w:rsidR="008739B2" w:rsidP="00C830CE" w:rsidRDefault="00C830CE" w14:paraId="1544E0D2" w14:textId="3DF42470">
       <w:pPr>
         <w:contextualSpacing/>
         <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:b/>
-          <w:sz w:val="36"/>
-[...5 lines deleted...]
-        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F117C3">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:b/>
-          <w:sz w:val="36"/>
-          <w:szCs w:val="36"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="sv-SE"/>
         </w:rPr>
         <w:t>Sökande (försöksledare)</w:t>
       </w:r>
-      <w:r w:rsidR="008739B2" w:rsidRPr="00243EFE">
-        <w:rPr>
+      <w:r w:rsidRPr="00F117C3" w:rsidR="008739B2">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:b/>
-          <w:sz w:val="36"/>
-          <w:szCs w:val="36"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="sv-SE"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="751709FF" w14:textId="77777777" w:rsidR="008739B2" w:rsidRPr="00DD4F2F" w:rsidRDefault="008739B2" w:rsidP="00C830CE">
+    <w:p w:rsidRPr="00F117C3" w:rsidR="008739B2" w:rsidP="00C830CE" w:rsidRDefault="008739B2" w14:paraId="751709FF" w14:textId="77777777">
       <w:pPr>
         <w:contextualSpacing/>
         <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="sv-SE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="8995" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3964"/>
         <w:gridCol w:w="5031"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00C830CE" w:rsidRPr="00DD4F2F" w14:paraId="7C106923" w14:textId="77777777" w:rsidTr="008739B2">
+      <w:tr w:rsidRPr="00F117C3" w:rsidR="00C830CE" w:rsidTr="008739B2" w14:paraId="7C106923" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8995" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="10168D35" w14:textId="269F6E38" w:rsidR="00C830CE" w:rsidRPr="009F3868" w:rsidRDefault="00C830CE" w:rsidP="008739B2">
+          <w:p w:rsidRPr="00F117C3" w:rsidR="00C830CE" w:rsidP="008739B2" w:rsidRDefault="00C830CE" w14:paraId="10168D35" w14:textId="269F6E38">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...1 lines deleted...]
-              <w:rPr>
+            <w:r w:rsidRPr="00F117C3">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Namn</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-[...1 lines deleted...]
-              <w:rPr>
+            <w:r w:rsidRPr="00F117C3" w:rsidR="008739B2">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">: </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
+                  <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-1539420855"/>
                 <w:placeholder>
                   <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="008739B2" w:rsidRPr="009F3868">
+                <w:r w:rsidRPr="00F117C3" w:rsidR="008739B2">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
-          <w:p w14:paraId="4C33D8C9" w14:textId="53D946EB" w:rsidR="003C0400" w:rsidRPr="009F3868" w:rsidRDefault="003C0400" w:rsidP="008739B2">
+          <w:p w:rsidRPr="00F117C3" w:rsidR="003C0400" w:rsidP="008739B2" w:rsidRDefault="003C0400" w14:paraId="4C33D8C9" w14:textId="53D946EB">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C830CE" w:rsidRPr="00DD4F2F" w14:paraId="1C4DEAE3" w14:textId="77777777" w:rsidTr="008739B2">
+      <w:tr w:rsidRPr="00F117C3" w:rsidR="00C830CE" w:rsidTr="008739B2" w14:paraId="1C4DEAE3" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8995" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1C9E66EB" w14:textId="58766949" w:rsidR="00C830CE" w:rsidRPr="009F3868" w:rsidRDefault="00C830CE" w:rsidP="008739B2">
+          <w:p w:rsidRPr="00F117C3" w:rsidR="00C830CE" w:rsidP="008739B2" w:rsidRDefault="00C830CE" w14:paraId="1C9E66EB" w14:textId="58766949">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009F3868">
-              <w:rPr>
+            <w:r w:rsidRPr="00F117C3">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Institution</w:t>
             </w:r>
-            <w:r w:rsidR="008739B2" w:rsidRPr="009F3868">
-              <w:rPr>
+            <w:r w:rsidRPr="00F117C3" w:rsidR="008739B2">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">: </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
+                  <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-860439012"/>
                 <w:placeholder>
                   <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="008739B2" w:rsidRPr="009F3868">
+                <w:r w:rsidRPr="00F117C3" w:rsidR="008739B2">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
-          <w:p w14:paraId="03DEFAF3" w14:textId="77777777" w:rsidR="00C830CE" w:rsidRPr="009F3868" w:rsidRDefault="00C830CE" w:rsidP="008739B2">
+          <w:p w:rsidRPr="00F117C3" w:rsidR="00C830CE" w:rsidP="008739B2" w:rsidRDefault="00C830CE" w14:paraId="03DEFAF3" w14:textId="77777777">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C830CE" w:rsidRPr="00DD4F2F" w14:paraId="18B45531" w14:textId="77777777" w:rsidTr="008739B2">
+      <w:tr w:rsidRPr="00F117C3" w:rsidR="00C830CE" w:rsidTr="008739B2" w14:paraId="18B45531" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8995" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7438B930" w14:textId="4D2F4F25" w:rsidR="00C830CE" w:rsidRPr="009F3868" w:rsidRDefault="00C830CE" w:rsidP="008739B2">
+          <w:p w:rsidRPr="00F117C3" w:rsidR="00C830CE" w:rsidP="008739B2" w:rsidRDefault="00C830CE" w14:paraId="7438B930" w14:textId="4D2F4F25">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009F3868">
-              <w:rPr>
+            <w:r w:rsidRPr="00F117C3">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Adress</w:t>
             </w:r>
-            <w:r w:rsidR="008739B2" w:rsidRPr="009F3868">
-              <w:rPr>
+            <w:r w:rsidRPr="00F117C3" w:rsidR="008739B2">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">: </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
+                  <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-1961333380"/>
                 <w:placeholder>
                   <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="008739B2" w:rsidRPr="009F3868">
+                <w:r w:rsidRPr="00F117C3" w:rsidR="008739B2">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
-          <w:p w14:paraId="3F256584" w14:textId="77777777" w:rsidR="00C830CE" w:rsidRPr="009F3868" w:rsidRDefault="00C830CE" w:rsidP="008739B2">
+          <w:p w:rsidRPr="00F117C3" w:rsidR="00C830CE" w:rsidP="008739B2" w:rsidRDefault="00C830CE" w14:paraId="3F256584" w14:textId="77777777">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C830CE" w:rsidRPr="00DD4F2F" w14:paraId="06DC0BF3" w14:textId="77777777" w:rsidTr="008739B2">
+      <w:tr w:rsidRPr="00F117C3" w:rsidR="00C830CE" w:rsidTr="008739B2" w14:paraId="06DC0BF3" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3964" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="59350347" w14:textId="3B2A622A" w:rsidR="00C830CE" w:rsidRPr="009F3868" w:rsidRDefault="00C830CE" w:rsidP="008739B2">
+          <w:p w:rsidRPr="00F117C3" w:rsidR="00C830CE" w:rsidP="008739B2" w:rsidRDefault="00C830CE" w14:paraId="59350347" w14:textId="3B2A622A">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...1 lines deleted...]
-              <w:rPr>
+            <w:r w:rsidRPr="00F117C3">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Telefon</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-[...1 lines deleted...]
-              <w:rPr>
+            <w:r w:rsidRPr="00F117C3" w:rsidR="008739B2">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">: </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
+                  <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="842126777"/>
                 <w:placeholder>
                   <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="008739B2" w:rsidRPr="009F3868">
+                <w:r w:rsidRPr="00F117C3" w:rsidR="008739B2">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
-          <w:p w14:paraId="61CBA9C3" w14:textId="77777777" w:rsidR="00C830CE" w:rsidRPr="009F3868" w:rsidRDefault="00C830CE" w:rsidP="008739B2">
+          <w:p w:rsidRPr="00F117C3" w:rsidR="00C830CE" w:rsidP="008739B2" w:rsidRDefault="00C830CE" w14:paraId="61CBA9C3" w14:textId="77777777">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5031" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5D3C780D" w14:textId="34A54008" w:rsidR="00C830CE" w:rsidRPr="009F3868" w:rsidRDefault="00C830CE" w:rsidP="008739B2">
+          <w:p w:rsidRPr="00F117C3" w:rsidR="00C830CE" w:rsidP="008739B2" w:rsidRDefault="00C830CE" w14:paraId="5D3C780D" w14:textId="34A54008">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009F3868">
-              <w:rPr>
+            <w:r w:rsidRPr="00F117C3">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>E-post</w:t>
             </w:r>
-            <w:r w:rsidR="008739B2" w:rsidRPr="009F3868">
-              <w:rPr>
+            <w:r w:rsidRPr="00F117C3" w:rsidR="008739B2">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">: </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
+                  <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-410934663"/>
                 <w:placeholder>
                   <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="008739B2" w:rsidRPr="009F3868">
+                <w:r w:rsidRPr="00F117C3" w:rsidR="008739B2">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
-          <w:p w14:paraId="73D67F3C" w14:textId="77777777" w:rsidR="00C830CE" w:rsidRPr="009F3868" w:rsidRDefault="00C830CE" w:rsidP="008739B2">
+          <w:p w:rsidRPr="00F117C3" w:rsidR="00C830CE" w:rsidP="008739B2" w:rsidRDefault="00C830CE" w14:paraId="73D67F3C" w14:textId="77777777">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="42C3132A" w14:textId="77777777" w:rsidR="00C830CE" w:rsidRPr="00243EFE" w:rsidRDefault="00C830CE" w:rsidP="00C830CE">
+    <w:p w:rsidRPr="00F117C3" w:rsidR="00C830CE" w:rsidP="00C830CE" w:rsidRDefault="00C830CE" w14:paraId="42C3132A" w14:textId="77777777">
       <w:pPr>
         <w:contextualSpacing/>
         <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="62BE69F7" w14:textId="77777777" w:rsidR="00243EFE" w:rsidRPr="009F3868" w:rsidRDefault="00243EFE" w:rsidP="00C830CE">
+    <w:p w:rsidRPr="00F117C3" w:rsidR="00243EFE" w:rsidP="00C830CE" w:rsidRDefault="00243EFE" w14:paraId="62BE69F7" w14:textId="77777777">
       <w:pPr>
         <w:contextualSpacing/>
         <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:b/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="174FAED1" w14:textId="0A0A5548" w:rsidR="00D37E17" w:rsidRPr="00243EFE" w:rsidRDefault="00D37E17" w:rsidP="00C830CE">
+    <w:p w:rsidRPr="00F117C3" w:rsidR="00D37E17" w:rsidP="00C830CE" w:rsidRDefault="00D37E17" w14:paraId="174FAED1" w14:textId="0A0A5548">
       <w:pPr>
         <w:contextualSpacing/>
         <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:b/>
-          <w:sz w:val="36"/>
-[...5 lines deleted...]
-        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F117C3">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:b/>
-          <w:sz w:val="36"/>
-          <w:szCs w:val="36"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="sv-SE"/>
         </w:rPr>
         <w:t>Etisk</w:t>
       </w:r>
-      <w:r w:rsidR="00243EFE">
-        <w:rPr>
+      <w:r w:rsidRPr="00F117C3" w:rsidR="00243EFE">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:b/>
-          <w:sz w:val="36"/>
-          <w:szCs w:val="36"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="sv-SE"/>
         </w:rPr>
         <w:t>t</w:t>
       </w:r>
-      <w:r w:rsidRPr="00243EFE">
-        <w:rPr>
+      <w:r w:rsidRPr="00F117C3">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:b/>
-          <w:sz w:val="36"/>
-          <w:szCs w:val="36"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="sv-SE"/>
         </w:rPr>
         <w:t xml:space="preserve"> godkännande för djurförsök som ändringen avser:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="21175CE2" w14:textId="77777777" w:rsidR="00DD4F2F" w:rsidRPr="00DD4F2F" w:rsidRDefault="00DD4F2F" w:rsidP="00C830CE">
+    <w:p w:rsidRPr="00F117C3" w:rsidR="00DD4F2F" w:rsidP="00C830CE" w:rsidRDefault="00DD4F2F" w14:paraId="21175CE2" w14:textId="77777777">
       <w:pPr>
         <w:contextualSpacing/>
         <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:b/>
           <w:lang w:val="sv-SE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="8995" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8995"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00DD4F2F" w:rsidRPr="00DD4F2F" w14:paraId="7173AA79" w14:textId="77777777" w:rsidTr="008819B1">
+      <w:tr w:rsidRPr="00F117C3" w:rsidR="00DD4F2F" w:rsidTr="008819B1" w14:paraId="7173AA79" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8995" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="39983763" w14:textId="13171240" w:rsidR="00DD4F2F" w:rsidRPr="009F3868" w:rsidRDefault="00DD4F2F" w:rsidP="008819B1">
+          <w:p w:rsidRPr="00F117C3" w:rsidR="00DD4F2F" w:rsidP="008819B1" w:rsidRDefault="00DD4F2F" w14:paraId="39983763" w14:textId="13171240">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...1 lines deleted...]
-              <w:rPr>
+            <w:r w:rsidRPr="00F117C3">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Projektets</w:t>
-[...26 lines deleted...]
-              <w:t xml:space="preserve">:  </w:t>
+              <w:t xml:space="preserve">Projektets titel:  </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
+                  <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="972328725"/>
                 <w:placeholder>
                   <w:docPart w:val="61D7FF3AD8B6462EB3806B89F72CE973"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidRPr="009F3868">
+                <w:r w:rsidRPr="00F117C3">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
-          <w:p w14:paraId="5BDABC38" w14:textId="77777777" w:rsidR="00DD4F2F" w:rsidRPr="009F3868" w:rsidRDefault="00DD4F2F" w:rsidP="008819B1">
+          <w:p w:rsidRPr="00F117C3" w:rsidR="00DD4F2F" w:rsidP="008819B1" w:rsidRDefault="00DD4F2F" w14:paraId="5BDABC38" w14:textId="77777777">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DD4F2F" w:rsidRPr="0035632C" w14:paraId="7439604F" w14:textId="77777777" w:rsidTr="008819B1">
+      <w:tr w:rsidRPr="00167520" w:rsidR="00DD4F2F" w:rsidTr="008819B1" w14:paraId="7439604F" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8995" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="65524053" w14:textId="21F6B82A" w:rsidR="00DD4F2F" w:rsidRPr="00243EFE" w:rsidRDefault="00DD4F2F" w:rsidP="008819B1">
+          <w:p w:rsidRPr="00F117C3" w:rsidR="00DD4F2F" w:rsidP="008819B1" w:rsidRDefault="00DD4F2F" w14:paraId="65524053" w14:textId="21F6B82A">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00243EFE">
-              <w:rPr>
+            <w:r w:rsidRPr="00F117C3">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Djurförsöksetiska nämnd:  </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
+                  <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-1639869336"/>
                 <w:placeholder>
                   <w:docPart w:val="262CA124A9E74ACF841D98B82D3964C5"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidRPr="00243EFE">
+                <w:r w:rsidRPr="00F117C3">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
-          <w:p w14:paraId="72990A9F" w14:textId="77777777" w:rsidR="00DD4F2F" w:rsidRPr="00243EFE" w:rsidRDefault="00DD4F2F" w:rsidP="008819B1">
+          <w:p w:rsidRPr="00F117C3" w:rsidR="00DD4F2F" w:rsidP="008819B1" w:rsidRDefault="00DD4F2F" w14:paraId="72990A9F" w14:textId="77777777">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DD4F2F" w:rsidRPr="00DD4F2F" w14:paraId="0A61EBFA" w14:textId="77777777" w:rsidTr="008819B1">
+      <w:tr w:rsidRPr="00F117C3" w:rsidR="00DD4F2F" w:rsidTr="008819B1" w14:paraId="0A61EBFA" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8995" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5075EB75" w14:textId="35FA76AD" w:rsidR="00DD4F2F" w:rsidRPr="009F3868" w:rsidRDefault="00DD4F2F" w:rsidP="008819B1">
+          <w:p w:rsidRPr="00F117C3" w:rsidR="00DD4F2F" w:rsidP="008819B1" w:rsidRDefault="00DD4F2F" w14:paraId="5075EB75" w14:textId="35FA76AD">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...1 lines deleted...]
-              <w:rPr>
+            <w:r w:rsidRPr="00F117C3">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Dnr</w:t>
-[...26 lines deleted...]
-              <w:t xml:space="preserve">: </w:t>
+              <w:t xml:space="preserve">Dnr grundtillstånd: </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
+                  <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="827555917"/>
                 <w:placeholder>
                   <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidRPr="009F3868">
+                <w:r w:rsidRPr="00F117C3">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
-          <w:p w14:paraId="56D6D2CD" w14:textId="77777777" w:rsidR="00DD4F2F" w:rsidRPr="009F3868" w:rsidRDefault="00DD4F2F" w:rsidP="008819B1">
+          <w:p w:rsidRPr="00F117C3" w:rsidR="00DD4F2F" w:rsidP="008819B1" w:rsidRDefault="00DD4F2F" w14:paraId="56D6D2CD" w14:textId="77777777">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DD4F2F" w:rsidRPr="0035632C" w14:paraId="0572838B" w14:textId="77777777" w:rsidTr="008819B1">
+      <w:tr w:rsidRPr="00167520" w:rsidR="00DD4F2F" w:rsidTr="008819B1" w14:paraId="0572838B" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8995" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="69A67FB4" w14:textId="3CA5EC62" w:rsidR="00DD4F2F" w:rsidRPr="00243EFE" w:rsidRDefault="00DD4F2F" w:rsidP="008819B1">
+          <w:p w:rsidRPr="00F117C3" w:rsidR="00DD4F2F" w:rsidP="008819B1" w:rsidRDefault="00DD4F2F" w14:paraId="69A67FB4" w14:textId="3CA5EC62">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00243EFE">
-              <w:rPr>
+            <w:r w:rsidRPr="00F117C3">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Dnr av eventuella tidigare tillägg: </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
+                  <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-648972972"/>
                 <w:placeholder>
                   <w:docPart w:val="119D7187C25C435C87BBA6711154512B"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidRPr="00243EFE">
+                <w:r w:rsidRPr="00F117C3">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
-          <w:p w14:paraId="337E0AD6" w14:textId="77777777" w:rsidR="00DD4F2F" w:rsidRPr="00243EFE" w:rsidRDefault="00DD4F2F" w:rsidP="008819B1">
+          <w:p w:rsidRPr="00F117C3" w:rsidR="00DD4F2F" w:rsidP="008819B1" w:rsidRDefault="00DD4F2F" w14:paraId="337E0AD6" w14:textId="77777777">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="7CED91E3" w14:textId="40FB7402" w:rsidR="00243EFE" w:rsidRDefault="00243EFE" w:rsidP="00C830CE">
+    <w:p w:rsidRPr="00F117C3" w:rsidR="00243EFE" w:rsidP="00C830CE" w:rsidRDefault="00243EFE" w14:paraId="7CED91E3" w14:textId="40FB7402">
       <w:pPr>
         <w:contextualSpacing/>
         <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:b/>
           <w:lang w:val="sv-SE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="099E3FEE" w14:textId="77777777" w:rsidR="00243EFE" w:rsidRDefault="00243EFE">
-[...1 lines deleted...]
-        <w:rPr>
+    <w:p w:rsidRPr="00F117C3" w:rsidR="00243EFE" w:rsidRDefault="00243EFE" w14:paraId="099E3FEE" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:b/>
           <w:lang w:val="sv-SE"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00F117C3">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:b/>
           <w:lang w:val="sv-SE"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="57B7BC34" w14:textId="441F9680" w:rsidR="00C830CE" w:rsidRPr="00243EFE" w:rsidRDefault="00703C85" w:rsidP="00703C85">
+    <w:p w:rsidRPr="00F117C3" w:rsidR="00C830CE" w:rsidP="00703C85" w:rsidRDefault="00703C85" w14:paraId="57B7BC34" w14:textId="441F9680">
       <w:pPr>
         <w:spacing w:before="70"/>
         <w:ind w:right="-107"/>
         <w:contextualSpacing/>
         <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:b/>
           <w:lang w:val="sv-SE"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00F117C3">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:b/>
           <w:lang w:val="sv-SE"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:tab/>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00F117C3">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:b/>
           <w:lang w:val="sv-SE"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00F117C3">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:b/>
           <w:lang w:val="sv-SE"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00F117C3">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:b/>
           <w:lang w:val="sv-SE"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00F117C3">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:b/>
           <w:lang w:val="sv-SE"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00F117C3">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:b/>
           <w:lang w:val="sv-SE"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00F117C3">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:b/>
           <w:lang w:val="sv-SE"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00F117C3">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:b/>
           <w:lang w:val="sv-SE"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00F117C3">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:b/>
           <w:lang w:val="sv-SE"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00F117C3">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:b/>
           <w:lang w:val="sv-SE"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00703C85">
-        <w:rPr>
+      <w:r w:rsidRPr="00F117C3">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="sv-SE"/>
         </w:rPr>
-        <w:t xml:space="preserve">Sid </w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t>Sid 2 (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F117C3" w:rsidR="00181533">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="sv-SE"/>
         </w:rPr>
-        <w:t>2</w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F117C3">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="sv-SE"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (</w:t>
-[...14 lines deleted...]
-        </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3EBBF8BF" w14:textId="49D208FD" w:rsidR="00C830CE" w:rsidRDefault="00C830CE" w:rsidP="00C830CE">
+    <w:p w:rsidR="00F117C3" w:rsidP="00C830CE" w:rsidRDefault="00F117C3" w14:paraId="432EFE92" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:before="70"/>
         <w:ind w:right="1658"/>
         <w:contextualSpacing/>
         <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:b/>
-          <w:sz w:val="40"/>
-[...22 lines deleted...]
-      </w:r>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w14:paraId="114A8824" w14:textId="35F173D9" w:rsidR="00243EFE" w:rsidRPr="00243EFE" w:rsidRDefault="00243EFE" w:rsidP="00C830CE">
+    <w:p w:rsidRPr="00F117C3" w:rsidR="00C830CE" w:rsidP="00C830CE" w:rsidRDefault="00C830CE" w14:paraId="3EBBF8BF" w14:textId="1498C0F4">
       <w:pPr>
         <w:spacing w:before="70"/>
         <w:ind w:right="1658"/>
         <w:contextualSpacing/>
         <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:b/>
-          <w:sz w:val="24"/>
-[...3 lines deleted...]
-      </w:pPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F117C3">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:t>Tilläggsansökan</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F117C3" w:rsidR="00F529F3">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> för byte eller tillägg av djuranläggning</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="16875246" w14:textId="77777777" w:rsidR="00AC37AA" w:rsidRPr="00243EFE" w:rsidRDefault="00AC37AA" w:rsidP="00DD4F2F">
+    <w:p w:rsidRPr="00F117C3" w:rsidR="00AC37AA" w:rsidP="00DD4F2F" w:rsidRDefault="00AC37AA" w14:paraId="16875246" w14:textId="77777777">
       <w:pPr>
         <w:widowControl/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:after="160"/>
         <w:contextualSpacing/>
         <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:b/>
           <w:lang w:val="sv-SE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4265"/>
         <w:gridCol w:w="4265"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00AC37AA" w:rsidRPr="008819B1" w14:paraId="3478A1EF" w14:textId="77777777" w:rsidTr="008819B1">
+      <w:tr w:rsidRPr="00F117C3" w:rsidR="00AC37AA" w:rsidTr="008819B1" w14:paraId="3478A1EF" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4265" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="780B4C02" w14:textId="5150B5F3" w:rsidR="00AC37AA" w:rsidRDefault="00AC37AA" w:rsidP="008819B1">
+          <w:p w:rsidRPr="00F117C3" w:rsidR="00AC37AA" w:rsidP="008819B1" w:rsidRDefault="00AC37AA" w14:paraId="780B4C02" w14:textId="5150B5F3">
             <w:pPr>
               <w:spacing w:after="160"/>
               <w:contextualSpacing/>
               <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:b/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...11 lines deleted...]
-              <w:t>:</w:t>
+            <w:r w:rsidRPr="00F117C3">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>Nuvarande föreståndare för djurets välfärd och skötsel:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4265" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="646FEA33" w14:textId="1B681DC5" w:rsidR="00AC37AA" w:rsidRPr="008819B1" w:rsidRDefault="0035632C" w:rsidP="00243EFE">
+          <w:p w:rsidRPr="00F117C3" w:rsidR="00AC37AA" w:rsidP="00243EFE" w:rsidRDefault="00000000" w14:paraId="646FEA33" w14:textId="1B681DC5">
             <w:pPr>
               <w:spacing w:after="160"/>
               <w:contextualSpacing/>
               <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:b/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
-                  <w:sz w:val="20"/>
-                  <w:szCs w:val="20"/>
+                  <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+                  <w:sz w:val="21"/>
+                  <w:szCs w:val="21"/>
                 </w:rPr>
                 <w:id w:val="-2079430122"/>
                 <w:placeholder>
                   <w:docPart w:val="35796D1055384AA784EEAFE0BF4EF132"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="008819B1" w:rsidRPr="008819B1">
+                <w:r w:rsidRPr="00F117C3" w:rsidR="008819B1">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+                    <w:sz w:val="21"/>
+                    <w:szCs w:val="21"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AC37AA" w:rsidRPr="0035632C" w14:paraId="7BD78846" w14:textId="77777777" w:rsidTr="008819B1">
+      <w:tr w:rsidRPr="00167520" w:rsidR="00AC37AA" w:rsidTr="008819B1" w14:paraId="7BD78846" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="434"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4265" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="12E92DE3" w14:textId="541D3F05" w:rsidR="00AC37AA" w:rsidRDefault="00AC37AA" w:rsidP="008819B1">
+          <w:p w:rsidRPr="00F117C3" w:rsidR="00AC37AA" w:rsidP="008819B1" w:rsidRDefault="00AC37AA" w14:paraId="12E92DE3" w14:textId="541D3F05">
             <w:pPr>
               <w:spacing w:after="160"/>
               <w:contextualSpacing/>
               <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:b/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008819B1">
-[...2 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00F117C3">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Nuvarande</w:t>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00F117C3">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve"> djuranläggning: </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4265" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="520008ED" w14:textId="1FB46419" w:rsidR="00AC37AA" w:rsidRPr="009F3868" w:rsidRDefault="0035632C" w:rsidP="00243EFE">
+          <w:p w:rsidRPr="00F117C3" w:rsidR="00AC37AA" w:rsidP="00243EFE" w:rsidRDefault="00000000" w14:paraId="520008ED" w14:textId="1FB46419">
             <w:pPr>
               <w:spacing w:after="160"/>
               <w:contextualSpacing/>
               <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
+                  <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                   <w:bCs/>
+                  <w:sz w:val="21"/>
+                  <w:szCs w:val="21"/>
                 </w:rPr>
                 <w:id w:val="-2021152290"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="008819B1" w:rsidRPr="009F3868">
+                <w:r w:rsidRPr="00F117C3" w:rsidR="008819B1">
                   <w:rPr>
-                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:eastAsia="MS Gothic" w:cs="Segoe UI Symbol"/>
                     <w:bCs/>
+                    <w:sz w:val="21"/>
+                    <w:szCs w:val="21"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidR="008819B1" w:rsidRPr="009F3868">
-              <w:rPr>
+            <w:r w:rsidRPr="00F117C3" w:rsidR="008819B1">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve"> KM-A (KM Annexet)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1BAB47F9" w14:textId="7BF264F0" w:rsidR="008819B1" w:rsidRPr="009F3868" w:rsidRDefault="0035632C" w:rsidP="008819B1">
+          <w:p w:rsidRPr="00F117C3" w:rsidR="008819B1" w:rsidP="008819B1" w:rsidRDefault="00000000" w14:paraId="1BAB47F9" w14:textId="7BF264F0">
             <w:pPr>
               <w:spacing w:after="160"/>
               <w:contextualSpacing/>
               <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
+                  <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                   <w:bCs/>
+                  <w:sz w:val="21"/>
+                  <w:szCs w:val="21"/>
                 </w:rPr>
                 <w:id w:val="-916700059"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="008819B1" w:rsidRPr="009F3868">
+                <w:r w:rsidRPr="00F117C3" w:rsidR="008819B1">
                   <w:rPr>
-                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:eastAsia="MS Gothic" w:cs="Segoe UI Symbol"/>
                     <w:bCs/>
+                    <w:sz w:val="21"/>
+                    <w:szCs w:val="21"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidR="008819B1" w:rsidRPr="009F3868">
-              <w:rPr>
+            <w:r w:rsidRPr="00F117C3" w:rsidR="008819B1">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:bCs/>
-              </w:rPr>
-[...14 lines deleted...]
-              <w:t>)</w:t>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> KM-B (KM Biomedikum)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3BFD6950" w14:textId="66AF88F3" w:rsidR="008819B1" w:rsidRPr="008819B1" w:rsidRDefault="0035632C" w:rsidP="008819B1">
+          <w:p w:rsidRPr="00F117C3" w:rsidR="008819B1" w:rsidP="008819B1" w:rsidRDefault="00000000" w14:paraId="3BFD6950" w14:textId="66AF88F3">
             <w:pPr>
               <w:spacing w:after="160"/>
               <w:contextualSpacing/>
               <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
+                  <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                   <w:bCs/>
+                  <w:sz w:val="21"/>
+                  <w:szCs w:val="21"/>
                 </w:rPr>
                 <w:id w:val="-1181432232"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="008819B1" w:rsidRPr="008819B1">
+                <w:r w:rsidRPr="00F117C3" w:rsidR="008819B1">
                   <w:rPr>
-                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:eastAsia="MS Gothic" w:cs="Segoe UI Symbol"/>
                     <w:bCs/>
+                    <w:sz w:val="21"/>
+                    <w:szCs w:val="21"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidR="008819B1" w:rsidRPr="008819B1">
-              <w:rPr>
+            <w:r w:rsidRPr="00F117C3" w:rsidR="008819B1">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve"> KM-C (KM C-huset)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3938EB47" w14:textId="4DC4F776" w:rsidR="008819B1" w:rsidRDefault="0035632C" w:rsidP="008819B1">
+          <w:p w:rsidRPr="00F117C3" w:rsidR="008819B1" w:rsidP="008819B1" w:rsidRDefault="00000000" w14:paraId="3938EB47" w14:textId="4DC4F776">
             <w:pPr>
               <w:spacing w:after="160"/>
               <w:contextualSpacing/>
               <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
+                  <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                   <w:bCs/>
+                  <w:sz w:val="21"/>
+                  <w:szCs w:val="21"/>
                 </w:rPr>
                 <w:id w:val="-1674636075"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="008819B1" w:rsidRPr="008819B1">
+                <w:r w:rsidRPr="00F117C3" w:rsidR="008819B1">
                   <w:rPr>
-                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:eastAsia="MS Gothic" w:cs="Segoe UI Symbol"/>
                     <w:bCs/>
+                    <w:sz w:val="21"/>
+                    <w:szCs w:val="21"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidR="008819B1" w:rsidRPr="008819B1">
-              <w:rPr>
+            <w:r w:rsidRPr="00F117C3" w:rsidR="008819B1">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:bCs/>
-              </w:rPr>
-[...14 lines deleted...]
-              <w:t>)</w:t>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> KM-F (KM Astrid Fragreus)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="54E990DA" w14:textId="1CE6CF13" w:rsidR="00055D66" w:rsidRPr="00F529F3" w:rsidRDefault="0035632C" w:rsidP="00055D66">
+          <w:p w:rsidRPr="00F117C3" w:rsidR="00055D66" w:rsidP="00055D66" w:rsidRDefault="00000000" w14:paraId="54E990DA" w14:textId="1CE6CF13">
             <w:pPr>
               <w:spacing w:after="160"/>
               <w:contextualSpacing/>
               <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
+                  <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                   <w:bCs/>
+                  <w:sz w:val="21"/>
+                  <w:szCs w:val="21"/>
                   <w:lang w:val="de-DE"/>
                 </w:rPr>
                 <w:id w:val="972642233"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00055D66" w:rsidRPr="00F529F3">
+                <w:r w:rsidRPr="00F117C3" w:rsidR="00055D66">
                   <w:rPr>
-                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:eastAsia="MS Gothic" w:cs="Segoe UI Symbol"/>
                     <w:bCs/>
+                    <w:sz w:val="21"/>
+                    <w:szCs w:val="21"/>
                     <w:lang w:val="de-DE"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidR="00055D66" w:rsidRPr="00F529F3">
-              <w:rPr>
+            <w:r w:rsidRPr="00F117C3" w:rsidR="00055D66">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:t xml:space="preserve"> KM-W (KM Wallenberg)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1B3CACBB" w14:textId="478B6350" w:rsidR="00E24858" w:rsidRPr="00F529F3" w:rsidRDefault="0035632C" w:rsidP="00E24858">
+          <w:p w:rsidRPr="00F117C3" w:rsidR="00E24858" w:rsidP="00E24858" w:rsidRDefault="00000000" w14:paraId="1B3CACBB" w14:textId="478B6350">
             <w:pPr>
               <w:spacing w:after="160"/>
               <w:contextualSpacing/>
               <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
+                  <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                   <w:bCs/>
+                  <w:sz w:val="21"/>
+                  <w:szCs w:val="21"/>
                   <w:lang w:val="de-DE"/>
                 </w:rPr>
                 <w:id w:val="1705360167"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00E24858" w:rsidRPr="00F529F3">
+                <w:r w:rsidRPr="00F117C3" w:rsidR="00E24858">
                   <w:rPr>
-                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:eastAsia="MS Gothic" w:cs="Segoe UI Symbol"/>
                     <w:bCs/>
+                    <w:sz w:val="21"/>
+                    <w:szCs w:val="21"/>
                     <w:lang w:val="de-DE"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidR="00E24858" w:rsidRPr="00F529F3">
-              <w:rPr>
+            <w:r w:rsidRPr="00F117C3" w:rsidR="00E24858">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...15 lines deleted...]
-              <w:t xml:space="preserve">: </w:t>
+              <w:t xml:space="preserve"> Annat: </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="127E5FBE" w14:textId="77777777" w:rsidR="00E24858" w:rsidRPr="00F529F3" w:rsidRDefault="00E24858" w:rsidP="00E24858">
+          <w:p w:rsidRPr="00F117C3" w:rsidR="00E24858" w:rsidP="00E24858" w:rsidRDefault="00E24858" w14:paraId="127E5FBE" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="160"/>
               <w:contextualSpacing/>
               <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="16920BB3" w14:textId="26778397" w:rsidR="008819B1" w:rsidRPr="00F529F3" w:rsidRDefault="008819B1" w:rsidP="009F3868">
+          <w:p w:rsidRPr="00F117C3" w:rsidR="008819B1" w:rsidP="009F3868" w:rsidRDefault="008819B1" w14:paraId="16920BB3" w14:textId="26778397">
             <w:pPr>
               <w:spacing w:after="160"/>
               <w:contextualSpacing/>
               <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:b/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AC37AA" w:rsidRPr="00055D66" w14:paraId="310D167E" w14:textId="77777777" w:rsidTr="008819B1">
+      <w:tr w:rsidRPr="00F117C3" w:rsidR="00AC37AA" w:rsidTr="008819B1" w14:paraId="310D167E" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="412"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4265" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1693D2C1" w14:textId="02866DA9" w:rsidR="00AC37AA" w:rsidRPr="008819B1" w:rsidRDefault="008819B1" w:rsidP="008819B1">
+          <w:p w:rsidRPr="00F117C3" w:rsidR="00AC37AA" w:rsidP="008819B1" w:rsidRDefault="008819B1" w14:paraId="1693D2C1" w14:textId="02866DA9">
             <w:pPr>
               <w:spacing w:after="160"/>
               <w:contextualSpacing/>
               <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009479EF">
-              <w:rPr>
+            <w:r w:rsidRPr="00F117C3">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Ny</w:t>
             </w:r>
-            <w:r>
-              <w:rPr>
+            <w:r w:rsidRPr="00F117C3">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve"> djuranläg</w:t>
             </w:r>
-            <w:r w:rsidR="009479EF">
-              <w:rPr>
+            <w:r w:rsidRPr="00F117C3" w:rsidR="009479EF">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>g</w:t>
             </w:r>
-            <w:r>
-              <w:rPr>
+            <w:r w:rsidRPr="00F117C3">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>ning</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4265" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0800A7D1" w14:textId="77777777" w:rsidR="008819B1" w:rsidRPr="008819B1" w:rsidRDefault="0035632C" w:rsidP="008819B1">
+          <w:p w:rsidRPr="00F117C3" w:rsidR="008819B1" w:rsidP="008819B1" w:rsidRDefault="00000000" w14:paraId="0800A7D1" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="160"/>
               <w:contextualSpacing/>
               <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
+                  <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                   <w:bCs/>
+                  <w:sz w:val="21"/>
+                  <w:szCs w:val="21"/>
                 </w:rPr>
                 <w:id w:val="2132822628"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="008819B1" w:rsidRPr="008819B1">
+                <w:r w:rsidRPr="00F117C3" w:rsidR="008819B1">
                   <w:rPr>
-                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:eastAsia="MS Gothic" w:cs="Segoe UI Symbol"/>
                     <w:bCs/>
+                    <w:sz w:val="21"/>
+                    <w:szCs w:val="21"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidR="008819B1" w:rsidRPr="008819B1">
-              <w:rPr>
+            <w:r w:rsidRPr="00F117C3" w:rsidR="008819B1">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve"> KM-A (KM Annexet)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1C32A158" w14:textId="77777777" w:rsidR="008819B1" w:rsidRPr="008819B1" w:rsidRDefault="0035632C" w:rsidP="008819B1">
+          <w:p w:rsidRPr="00F117C3" w:rsidR="008819B1" w:rsidP="008819B1" w:rsidRDefault="00000000" w14:paraId="1C32A158" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="160"/>
               <w:contextualSpacing/>
               <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
+                  <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                   <w:bCs/>
+                  <w:sz w:val="21"/>
+                  <w:szCs w:val="21"/>
                 </w:rPr>
                 <w:id w:val="981504529"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="008819B1" w:rsidRPr="008819B1">
+                <w:r w:rsidRPr="00F117C3" w:rsidR="008819B1">
                   <w:rPr>
-                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:eastAsia="MS Gothic" w:cs="Segoe UI Symbol"/>
                     <w:bCs/>
+                    <w:sz w:val="21"/>
+                    <w:szCs w:val="21"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidR="008819B1" w:rsidRPr="008819B1">
-              <w:rPr>
+            <w:r w:rsidRPr="00F117C3" w:rsidR="008819B1">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:bCs/>
-              </w:rPr>
-[...14 lines deleted...]
-              <w:t>)</w:t>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> KM-B (KM Biomedikum)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5D646B15" w14:textId="77777777" w:rsidR="008819B1" w:rsidRPr="008819B1" w:rsidRDefault="0035632C" w:rsidP="008819B1">
+          <w:p w:rsidRPr="00F117C3" w:rsidR="008819B1" w:rsidP="008819B1" w:rsidRDefault="00000000" w14:paraId="5D646B15" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="160"/>
               <w:contextualSpacing/>
               <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
+                  <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                   <w:bCs/>
+                  <w:sz w:val="21"/>
+                  <w:szCs w:val="21"/>
                 </w:rPr>
                 <w:id w:val="-263073361"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="008819B1" w:rsidRPr="008819B1">
+                <w:r w:rsidRPr="00F117C3" w:rsidR="008819B1">
                   <w:rPr>
-                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:eastAsia="MS Gothic" w:cs="Segoe UI Symbol"/>
                     <w:bCs/>
+                    <w:sz w:val="21"/>
+                    <w:szCs w:val="21"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidR="008819B1" w:rsidRPr="008819B1">
-              <w:rPr>
+            <w:r w:rsidRPr="00F117C3" w:rsidR="008819B1">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve"> KM-C (KM C-huset)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="706CF4B8" w14:textId="046CFBA7" w:rsidR="008819B1" w:rsidRPr="008819B1" w:rsidRDefault="0035632C" w:rsidP="008819B1">
+          <w:p w:rsidRPr="00F117C3" w:rsidR="008819B1" w:rsidP="008819B1" w:rsidRDefault="00000000" w14:paraId="706CF4B8" w14:textId="046CFBA7">
             <w:pPr>
               <w:spacing w:after="160"/>
               <w:contextualSpacing/>
               <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
+                  <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                   <w:bCs/>
+                  <w:sz w:val="21"/>
+                  <w:szCs w:val="21"/>
                 </w:rPr>
                 <w:id w:val="-2131000438"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00F529F3">
+                <w:r w:rsidRPr="00F117C3" w:rsidR="00F529F3">
                   <w:rPr>
-                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:eastAsia="MS Gothic" w:cs="Segoe UI Symbol"/>
                     <w:bCs/>
+                    <w:sz w:val="21"/>
+                    <w:szCs w:val="21"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidR="008819B1" w:rsidRPr="008819B1">
-              <w:rPr>
+            <w:r w:rsidRPr="00F117C3" w:rsidR="008819B1">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:bCs/>
-              </w:rPr>
-[...14 lines deleted...]
-              <w:t>)</w:t>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> KM-F (KM Astrid Fragreus)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0B7D5B2E" w14:textId="3BB55FA9" w:rsidR="00055D66" w:rsidRDefault="0035632C" w:rsidP="00055D66">
+          <w:p w:rsidRPr="00F117C3" w:rsidR="00055D66" w:rsidP="00055D66" w:rsidRDefault="00000000" w14:paraId="0B7D5B2E" w14:textId="3BB55FA9">
             <w:pPr>
               <w:spacing w:after="160"/>
               <w:contextualSpacing/>
               <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
+                  <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                   <w:bCs/>
+                  <w:sz w:val="21"/>
+                  <w:szCs w:val="21"/>
                 </w:rPr>
                 <w:id w:val="1053658678"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00055D66" w:rsidRPr="008819B1">
+                <w:r w:rsidRPr="00F117C3" w:rsidR="00055D66">
                   <w:rPr>
-                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:eastAsia="MS Gothic" w:cs="Segoe UI Symbol"/>
                     <w:bCs/>
+                    <w:sz w:val="21"/>
+                    <w:szCs w:val="21"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidR="00055D66" w:rsidRPr="008819B1">
-              <w:rPr>
+            <w:r w:rsidRPr="00F117C3" w:rsidR="00055D66">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:bCs/>
-              </w:rPr>
-[...24 lines deleted...]
-              <w:t>)</w:t>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> KM-W (KM Wallenberg)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4008EA30" w14:textId="6EF02B41" w:rsidR="009479EF" w:rsidRPr="009F3868" w:rsidRDefault="009479EF" w:rsidP="009F3868">
+          <w:p w:rsidRPr="00F117C3" w:rsidR="009479EF" w:rsidP="009F3868" w:rsidRDefault="009479EF" w14:paraId="4008EA30" w14:textId="6EF02B41">
             <w:pPr>
               <w:spacing w:after="160"/>
               <w:contextualSpacing/>
               <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:b/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009479EF" w:rsidRPr="009479EF" w14:paraId="6FB5D5F3" w14:textId="77777777" w:rsidTr="008819B1">
+      <w:tr w:rsidRPr="00F117C3" w:rsidR="009479EF" w:rsidTr="008819B1" w14:paraId="6FB5D5F3" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="412"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4265" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5AFF1812" w14:textId="3E72A207" w:rsidR="009479EF" w:rsidRPr="009479EF" w:rsidRDefault="009479EF" w:rsidP="008819B1">
+          <w:p w:rsidRPr="00F117C3" w:rsidR="009479EF" w:rsidP="008819B1" w:rsidRDefault="009479EF" w14:paraId="5AFF1812" w14:textId="3E72A207">
             <w:pPr>
               <w:spacing w:after="160"/>
               <w:contextualSpacing/>
               <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-              <w:rPr>
+            <w:r w:rsidRPr="00F117C3">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Motivera tillägget/bytet av anläggning:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4265" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2DC128F0" w14:textId="77777777" w:rsidR="009479EF" w:rsidRPr="009F3868" w:rsidRDefault="009479EF" w:rsidP="009479EF">
+          <w:p w:rsidRPr="00F117C3" w:rsidR="009479EF" w:rsidP="009479EF" w:rsidRDefault="009479EF" w14:paraId="2DC128F0" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="160"/>
               <w:contextualSpacing/>
               <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="664C4937" w14:textId="77777777" w:rsidR="009479EF" w:rsidRPr="009479EF" w:rsidRDefault="0035632C" w:rsidP="009479EF">
+          <w:p w:rsidRPr="00F117C3" w:rsidR="009479EF" w:rsidP="009479EF" w:rsidRDefault="00000000" w14:paraId="664C4937" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="160"/>
               <w:contextualSpacing/>
               <w:rPr>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
-                  <w:sz w:val="20"/>
-                  <w:szCs w:val="20"/>
+                  <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+                  <w:sz w:val="21"/>
+                  <w:szCs w:val="21"/>
                 </w:rPr>
                 <w:id w:val="-20555722"/>
                 <w:placeholder>
                   <w:docPart w:val="E3412437B9014105BC4D2D70D1B81F00"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="009479EF" w:rsidRPr="008819B1">
+                <w:r w:rsidRPr="00F117C3" w:rsidR="009479EF">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+                    <w:sz w:val="21"/>
+                    <w:szCs w:val="21"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
-          <w:p w14:paraId="074B52D8" w14:textId="77777777" w:rsidR="009479EF" w:rsidRPr="009479EF" w:rsidRDefault="009479EF" w:rsidP="008819B1">
+          <w:p w:rsidRPr="00F117C3" w:rsidR="009479EF" w:rsidP="008819B1" w:rsidRDefault="009479EF" w14:paraId="074B52D8" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="160"/>
               <w:contextualSpacing/>
               <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="2B46ADFC" w14:textId="77777777" w:rsidR="00310E5B" w:rsidRDefault="00310E5B" w:rsidP="00C830CE">
+    <w:p w:rsidRPr="00F117C3" w:rsidR="00310E5B" w:rsidP="00C830CE" w:rsidRDefault="00310E5B" w14:paraId="2B46ADFC" w14:textId="77777777">
       <w:pPr>
         <w:contextualSpacing/>
         <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4DD285BC" w14:textId="77777777" w:rsidR="00F529F3" w:rsidRDefault="00F529F3" w:rsidP="00C830CE">
+    <w:p w:rsidRPr="00F117C3" w:rsidR="00F529F3" w:rsidP="00C830CE" w:rsidRDefault="00F529F3" w14:paraId="4DD285BC" w14:textId="77777777">
       <w:pPr>
         <w:contextualSpacing/>
         <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5FB4D7F8" w14:textId="53F5CC81" w:rsidR="00F529F3" w:rsidRDefault="00F529F3" w:rsidP="00181533">
+    <w:p w:rsidRPr="00F117C3" w:rsidR="00F529F3" w:rsidP="00181533" w:rsidRDefault="00F529F3" w14:paraId="5FB4D7F8" w14:textId="53F5CC81">
       <w:pPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:contextualSpacing/>
         <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:b/>
           <w:bCs/>
-        </w:rPr>
-[...3 lines deleted...]
-        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F117C3">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:b/>
           <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Bekräftelse</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w14:paraId="72565D81" w14:textId="77777777" w:rsidR="00181533" w:rsidRPr="00181533" w:rsidRDefault="00181533" w:rsidP="00181533">
+    <w:p w:rsidRPr="00F117C3" w:rsidR="00181533" w:rsidP="00181533" w:rsidRDefault="00181533" w14:paraId="72565D81" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:contextualSpacing/>
         <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4265"/>
         <w:gridCol w:w="4265"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00F529F3" w:rsidRPr="00F529F3" w14:paraId="468A9A2E" w14:textId="77777777" w:rsidTr="00181533">
+      <w:tr w:rsidRPr="00F117C3" w:rsidR="00F529F3" w:rsidTr="00181533" w14:paraId="468A9A2E" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4265" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4CCF85A9" w14:textId="5047941D" w:rsidR="00F529F3" w:rsidRDefault="00F529F3" w:rsidP="00181533">
+          <w:p w:rsidRPr="00F117C3" w:rsidR="00F529F3" w:rsidP="00181533" w:rsidRDefault="00F529F3" w14:paraId="4CCF85A9" w14:textId="78E723FC">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...4 lines deleted...]
-              <w:t xml:space="preserve">Jag bekräftar att </w:t>
+            <w:r w:rsidRPr="00F117C3">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>Jag bekräftar att den nya djuranläggning</w:t>
             </w:r>
-            <w:proofErr w:type="gramStart"/>
-[...5 lines deleted...]
-              <w:t>den nya djuranläggning</w:t>
+            <w:r w:rsidRPr="00F117C3" w:rsidR="00F117C3">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>en</w:t>
             </w:r>
-            <w:proofErr w:type="gramEnd"/>
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00F117C3">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve"> har informerats.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1D74A974" w14:textId="7580DC90" w:rsidR="00181533" w:rsidRPr="00F529F3" w:rsidRDefault="00181533" w:rsidP="00181533">
+          <w:p w:rsidRPr="00F117C3" w:rsidR="00181533" w:rsidP="00181533" w:rsidRDefault="00181533" w14:paraId="1D74A974" w14:textId="7580DC90">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4265" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1F9587E2" w14:textId="63177B94" w:rsidR="00F529F3" w:rsidRPr="00181533" w:rsidRDefault="0035632C" w:rsidP="00F529F3">
+          <w:p w:rsidRPr="00F117C3" w:rsidR="00F529F3" w:rsidP="00F529F3" w:rsidRDefault="00000000" w14:paraId="1F9587E2" w14:textId="63177B94">
             <w:pPr>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:bCs/>
-                <w:sz w:val="32"/>
-                <w:szCs w:val="32"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
+                  <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                   <w:bCs/>
-                  <w:sz w:val="32"/>
-                  <w:szCs w:val="32"/>
+                  <w:sz w:val="21"/>
+                  <w:szCs w:val="21"/>
                 </w:rPr>
                 <w:id w:val="-565804136"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00F529F3" w:rsidRPr="00181533">
+                <w:r w:rsidRPr="00F117C3" w:rsidR="00F529F3">
                   <w:rPr>
-                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:eastAsia="MS Gothic" w:cs="Segoe UI Symbol"/>
                     <w:bCs/>
-                    <w:sz w:val="32"/>
-                    <w:szCs w:val="32"/>
+                    <w:sz w:val="21"/>
+                    <w:szCs w:val="21"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F529F3" w:rsidRPr="00F529F3" w14:paraId="7846850D" w14:textId="77777777" w:rsidTr="00181533">
+      <w:tr w:rsidRPr="00F117C3" w:rsidR="00F529F3" w:rsidTr="00181533" w14:paraId="7846850D" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4265" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0B20AE59" w14:textId="6B9A7652" w:rsidR="00F529F3" w:rsidRDefault="00F529F3" w:rsidP="00181533">
+          <w:p w:rsidRPr="00F117C3" w:rsidR="00F529F3" w:rsidP="00181533" w:rsidRDefault="00F529F3" w14:paraId="0B20AE59" w14:textId="6B9A7652">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F529F3">
-[...45 lines deleted...]
-              <w:t>.</w:t>
+            <w:r w:rsidRPr="00F117C3">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>Jag bekräftar att KMs General terms and conditions har signerats.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3336E475" w14:textId="77777777" w:rsidR="00181533" w:rsidRPr="00F529F3" w:rsidRDefault="00181533" w:rsidP="00181533">
+          <w:p w:rsidRPr="00F117C3" w:rsidR="00181533" w:rsidP="00181533" w:rsidRDefault="00181533" w14:paraId="3336E475" w14:textId="77777777">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="04D537C4" w14:textId="6FFFD9A0" w:rsidR="00F529F3" w:rsidRPr="00F529F3" w:rsidRDefault="00F529F3" w:rsidP="00181533">
+          <w:p w:rsidRPr="00F117C3" w:rsidR="00F529F3" w:rsidP="00181533" w:rsidRDefault="00F529F3" w14:paraId="04D537C4" w14:textId="16FB2C68">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:i/>
                 <w:iCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F529F3">
-              <w:rPr>
+            <w:r w:rsidRPr="00F117C3">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:i/>
                 <w:iCs/>
-                <w:sz w:val="18"/>
-[...2 lines deleted...]
-              <w:t xml:space="preserve">(Vänligen kontakta intendent för </w:t>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>(Vänligen kontakta intendent för den nya djuranläggning</w:t>
             </w:r>
-            <w:proofErr w:type="gramStart"/>
-[...1 lines deleted...]
-              <w:rPr>
+            <w:r w:rsidRPr="00F117C3" w:rsidR="00F117C3">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:i/>
                 <w:iCs/>
-                <w:sz w:val="18"/>
-[...2 lines deleted...]
-              <w:t>den nya djuranläggning</w:t>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>en</w:t>
             </w:r>
-            <w:proofErr w:type="gramEnd"/>
-[...1 lines deleted...]
-              <w:rPr>
+            <w:r w:rsidRPr="00F117C3">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:i/>
                 <w:iCs/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve"> för mer information)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4265" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="02C91C12" w14:textId="4E86A747" w:rsidR="00F529F3" w:rsidRPr="00181533" w:rsidRDefault="0035632C" w:rsidP="00F529F3">
+          <w:p w:rsidRPr="00F117C3" w:rsidR="00F529F3" w:rsidP="00F529F3" w:rsidRDefault="00000000" w14:paraId="02C91C12" w14:textId="4E86A747">
             <w:pPr>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="32"/>
-                <w:szCs w:val="32"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
+                  <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                   <w:bCs/>
-                  <w:sz w:val="32"/>
-                  <w:szCs w:val="32"/>
+                  <w:sz w:val="21"/>
+                  <w:szCs w:val="21"/>
                 </w:rPr>
                 <w:id w:val="-1732760157"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00F529F3" w:rsidRPr="00181533">
+                <w:r w:rsidRPr="00F117C3" w:rsidR="00F529F3">
                   <w:rPr>
-                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:eastAsia="MS Gothic" w:cs="Segoe UI Symbol"/>
                     <w:bCs/>
-                    <w:sz w:val="32"/>
-                    <w:szCs w:val="32"/>
+                    <w:sz w:val="21"/>
+                    <w:szCs w:val="21"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="53277690" w14:textId="786769BC" w:rsidR="00181533" w:rsidRDefault="00181533" w:rsidP="00C830CE">
+    <w:p w:rsidRPr="00F117C3" w:rsidR="00181533" w:rsidP="00C830CE" w:rsidRDefault="00181533" w14:paraId="53277690" w14:textId="786769BC">
       <w:pPr>
         <w:contextualSpacing/>
         <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="sv-SE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="325049EF" w14:textId="77777777" w:rsidR="00181533" w:rsidRDefault="00181533">
-[...1 lines deleted...]
-        <w:rPr>
+    <w:p w:rsidRPr="00F117C3" w:rsidR="00181533" w:rsidRDefault="00181533" w14:paraId="325049EF" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="sv-SE"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00F117C3">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="sv-SE"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2A5ACC96" w14:textId="772586E7" w:rsidR="00F529F3" w:rsidRPr="00F529F3" w:rsidRDefault="00181533" w:rsidP="00181533">
+    <w:p w:rsidRPr="00F117C3" w:rsidR="00F529F3" w:rsidP="00181533" w:rsidRDefault="00181533" w14:paraId="2A5ACC96" w14:textId="772586E7">
       <w:pPr>
         <w:contextualSpacing/>
         <w:jc w:val="right"/>
         <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="sv-SE"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00703C85">
-        <w:rPr>
+      <w:r w:rsidRPr="00F117C3">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="sv-SE"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">Sid </w:t>
-[...31 lines deleted...]
-        <w:t>)</w:t>
+        <w:t>Sid 3 (4)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3882827A" w14:textId="77777777" w:rsidR="00310E5B" w:rsidRDefault="00310E5B" w:rsidP="00C830CE">
+    <w:p w:rsidRPr="00F117C3" w:rsidR="00310E5B" w:rsidP="00C830CE" w:rsidRDefault="00310E5B" w14:paraId="3882827A" w14:textId="77777777">
       <w:pPr>
         <w:contextualSpacing/>
         <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="sv-SE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1EB96A2F" w14:textId="77777777" w:rsidR="00181533" w:rsidRPr="00F529F3" w:rsidRDefault="00181533" w:rsidP="00C830CE">
+    <w:p w:rsidRPr="00F117C3" w:rsidR="00181533" w:rsidP="00C830CE" w:rsidRDefault="00181533" w14:paraId="1EB96A2F" w14:textId="77777777">
       <w:pPr>
         <w:contextualSpacing/>
         <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="sv-SE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5F962C2E" w14:textId="518D65AD" w:rsidR="00C830CE" w:rsidRPr="00545F97" w:rsidRDefault="00C830CE" w:rsidP="00C830CE">
+    <w:p w:rsidRPr="00F117C3" w:rsidR="00C830CE" w:rsidP="00C830CE" w:rsidRDefault="00C830CE" w14:paraId="5F962C2E" w14:textId="518D65AD">
       <w:pPr>
         <w:contextualSpacing/>
         <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:b/>
           <w:bCs/>
-          <w:lang w:val="sv-SE"/>
-[...3 lines deleted...]
-        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F117C3">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:b/>
           <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="sv-SE"/>
         </w:rPr>
         <w:t>Härmed ansöker jag om ovanstående tillägg</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="8995" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1980"/>
-        <w:gridCol w:w="7015"/>
+        <w:gridCol w:w="2122"/>
+        <w:gridCol w:w="6873"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00C830CE" w:rsidRPr="00533C55" w14:paraId="5E969530" w14:textId="77777777" w:rsidTr="001D2148">
+      <w:tr w:rsidRPr="00F117C3" w:rsidR="00C830CE" w:rsidTr="00F117C3" w14:paraId="5E969530" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="719"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1980" w:type="dxa"/>
+            <w:tcW w:w="2122" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1F29D42E" w14:textId="4A3CF68F" w:rsidR="00C830CE" w:rsidRPr="003254B1" w:rsidRDefault="00C830CE" w:rsidP="001D2148">
+          <w:p w:rsidRPr="00F117C3" w:rsidR="00C830CE" w:rsidP="001D2148" w:rsidRDefault="00C830CE" w14:paraId="1F29D42E" w14:textId="52FD5D00">
             <w:pPr>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="0" w:name="_Hlk210031557"/>
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:bookmarkStart w:name="_Hlk210031557" w:id="0"/>
+            <w:r w:rsidRPr="00F117C3">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Datum</w:t>
-            </w:r>
-[...5 lines deleted...]
-              <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
-              <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Times New Roman"/>
+              <w:sz w:val="21"/>
+              <w:szCs w:val="21"/>
             </w:rPr>
             <w:id w:val="1416902248"/>
             <w:placeholder>
               <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
-                <w:tcW w:w="7015" w:type="dxa"/>
+                <w:tcW w:w="6873" w:type="dxa"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
-              <w:p w14:paraId="22BD98AB" w14:textId="3A270529" w:rsidR="00C830CE" w:rsidRPr="0009615B" w:rsidRDefault="0009615B" w:rsidP="001D2148">
+              <w:p w:rsidRPr="00F117C3" w:rsidR="00C830CE" w:rsidP="001D2148" w:rsidRDefault="0009615B" w14:paraId="22BD98AB" w14:textId="3A270529">
                 <w:pPr>
                   <w:contextualSpacing/>
                   <w:jc w:val="center"/>
                   <w:rPr>
-                    <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                    <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Times New Roman"/>
+                    <w:sz w:val="21"/>
+                    <w:szCs w:val="21"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                 </w:pPr>
-                <w:r w:rsidRPr="0009615B">
+                <w:r w:rsidRPr="00F117C3">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+                    <w:sz w:val="21"/>
+                    <w:szCs w:val="21"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="00C830CE" w:rsidRPr="00533C55" w14:paraId="537284D7" w14:textId="77777777" w:rsidTr="001D2148">
+      <w:tr w:rsidRPr="00F117C3" w:rsidR="00C830CE" w:rsidTr="00F117C3" w14:paraId="537284D7" w14:textId="77777777">
         <w:trPr>
-          <w:trHeight w:val="700"/>
+          <w:trHeight w:val="1592"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1980" w:type="dxa"/>
+            <w:tcW w:w="2122" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="51E62DB3" w14:textId="03221CBE" w:rsidR="0009615B" w:rsidRPr="001D2148" w:rsidRDefault="001D2148" w:rsidP="001D2148">
+          <w:p w:rsidRPr="00F117C3" w:rsidR="0009615B" w:rsidP="001D2148" w:rsidRDefault="001D2148" w14:paraId="51E62DB3" w14:textId="3EE0D94E">
             <w:pPr>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...2 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00F117C3">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Namn</w:t>
             </w:r>
-            <w:r w:rsidR="0035632C">
-[...4 lines deleted...]
-              <w:t>förtydligande:</w:t>
+            <w:r w:rsidRPr="00F117C3" w:rsidR="0035632C">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>förtydligande</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7015" w:type="dxa"/>
+            <w:tcW w:w="6873" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0081198C" w14:textId="77777777" w:rsidR="0035632C" w:rsidRDefault="0035632C" w:rsidP="001D2148">
+          <w:p w:rsidRPr="00F117C3" w:rsidR="0035632C" w:rsidP="001D2148" w:rsidRDefault="0035632C" w14:paraId="0081198C" w14:textId="77777777">
             <w:pPr>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="51E76CD2" w14:textId="77777777" w:rsidR="0035632C" w:rsidRDefault="0035632C" w:rsidP="001D2148">
+          <w:p w:rsidRPr="00F117C3" w:rsidR="0035632C" w:rsidP="001D2148" w:rsidRDefault="0035632C" w14:paraId="51E76CD2" w14:textId="77777777">
             <w:pPr>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:id w:val="-1500122826"/>
               <w:placeholder>
                 <w:docPart w:val="CEF3DB512F1F449C97912309340ED7EB"/>
               </w:placeholder>
               <w:showingPlcHdr/>
             </w:sdtPr>
             <w:sdtContent>
-              <w:p w14:paraId="4C0696D1" w14:textId="029209E2" w:rsidR="0035632C" w:rsidRDefault="0035632C" w:rsidP="001D2148">
+              <w:p w:rsidRPr="00F117C3" w:rsidR="0035632C" w:rsidP="001D2148" w:rsidRDefault="0035632C" w14:paraId="4C0696D1" w14:textId="029209E2">
                 <w:pPr>
                   <w:contextualSpacing/>
                   <w:jc w:val="center"/>
                   <w:rPr>
-                    <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                    <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Times New Roman"/>
+                    <w:sz w:val="21"/>
+                    <w:szCs w:val="21"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                 </w:pPr>
-                <w:r w:rsidRPr="0009615B">
+                <w:r w:rsidRPr="00F117C3">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+                    <w:sz w:val="21"/>
+                    <w:szCs w:val="21"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
-          <w:p w14:paraId="7E59AEB4" w14:textId="77777777" w:rsidR="0035632C" w:rsidRDefault="0035632C" w:rsidP="001D2148">
+          <w:p w:rsidRPr="00F117C3" w:rsidR="0035632C" w:rsidP="001D2148" w:rsidRDefault="0035632C" w14:paraId="7E59AEB4" w14:textId="77777777">
             <w:pPr>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="2D70978B" w14:textId="21458593" w:rsidR="00C830CE" w:rsidRPr="001D2148" w:rsidRDefault="0035632C" w:rsidP="001D2148">
+          <w:p w:rsidRPr="00F117C3" w:rsidR="00C830CE" w:rsidP="001D2148" w:rsidRDefault="0035632C" w14:paraId="2D70978B" w14:textId="21458593">
             <w:pPr>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00F117C3">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
-            <w:r w:rsidR="001D2148" w:rsidRPr="001D2148">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00F117C3" w:rsidR="001D2148">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve">Please sign electronically using </w:t>
+              <w:t>Please sign electronically using eduSign</w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...17 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00F117C3">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:bookmarkEnd w:id="0"/>
     </w:tbl>
-    <w:p w14:paraId="6002FD20" w14:textId="77777777" w:rsidR="00C830CE" w:rsidRDefault="00C830CE" w:rsidP="00C830CE">
+    <w:p w:rsidRPr="00F117C3" w:rsidR="00C830CE" w:rsidP="00C830CE" w:rsidRDefault="00C830CE" w14:paraId="6002FD20" w14:textId="77777777">
       <w:pPr>
         <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0773F7AB" w14:textId="77777777" w:rsidR="00E46595" w:rsidRPr="009F3868" w:rsidRDefault="00E46595" w:rsidP="00E46595">
+    <w:p w:rsidRPr="00F117C3" w:rsidR="00E46595" w:rsidP="00E46595" w:rsidRDefault="00E46595" w14:paraId="0773F7AB" w14:textId="77777777">
       <w:pPr>
         <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3AC77838" w14:textId="5FB4A390" w:rsidR="0066171E" w:rsidRPr="00E46595" w:rsidRDefault="0066171E" w:rsidP="0066171E">
+    <w:p w:rsidRPr="00F117C3" w:rsidR="0066171E" w:rsidP="0066171E" w:rsidRDefault="0066171E" w14:paraId="3AC77838" w14:textId="5FB4A390">
       <w:pPr>
         <w:contextualSpacing/>
         <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:b/>
           <w:bCs/>
-          <w:lang w:val="sv-SE"/>
-[...3 lines deleted...]
-        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F117C3">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:b/>
           <w:bCs/>
-          <w:lang w:val="sv-SE"/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Signerad tilläggsansökan </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F117C3">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:b/>
           <w:bCs/>
-          <w:lang w:val="sv-SE"/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:t>med bilag</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F117C3" w:rsidR="001D2148">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:b/>
           <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:u w:val="single"/>
           <w:lang w:val="sv-SE"/>
         </w:rPr>
-        <w:t>med bilag</w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t>or</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F117C3">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:b/>
           <w:bCs/>
-          <w:u w:val="single"/>
-[...21 lines deleted...]
-        <w:r w:rsidRPr="00E46595">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> skickas till </w:t>
+      </w:r>
+      <w:hyperlink w:history="1" r:id="rId10">
+        <w:r w:rsidRPr="00F117C3">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
             <w:b/>
             <w:bCs/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
             <w:lang w:val="sv-SE"/>
           </w:rPr>
           <w:t>awb@ki.se</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="115BD849" w14:textId="77777777" w:rsidR="0066171E" w:rsidRPr="00C830CE" w:rsidRDefault="0066171E" w:rsidP="0066171E">
+    <w:p w:rsidRPr="00F117C3" w:rsidR="0066171E" w:rsidP="0066171E" w:rsidRDefault="0066171E" w14:paraId="115BD849" w14:textId="77777777">
       <w:pPr>
         <w:contextualSpacing/>
         <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:lang w:val="sv-SE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0B851721" w14:textId="77777777" w:rsidR="0066171E" w:rsidRPr="00E46595" w:rsidRDefault="0066171E" w:rsidP="0066171E">
+    <w:p w:rsidRPr="00F117C3" w:rsidR="0066171E" w:rsidP="0066171E" w:rsidRDefault="0066171E" w14:paraId="0B851721" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:before="0" w:after="160" w:line="276" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
-          <w:lang w:val="sv-SE"/>
-[...3 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F117C3">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:lang w:val="sv-SE"/>
         </w:rPr>
         <w:t>Bifoga komplett beslut på underliggande etiskt tillstånd inklusive eventuella andra tillägg</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0BD4FFB8" w14:textId="7A94BF73" w:rsidR="0066171E" w:rsidRDefault="0066171E" w:rsidP="00555C7D">
+    <w:p w:rsidRPr="00F117C3" w:rsidR="0066171E" w:rsidP="00555C7D" w:rsidRDefault="0066171E" w14:paraId="0BD4FFB8" w14:textId="7A94BF73">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:before="0" w:after="160" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="720" w:firstLine="0"/>
         <w:contextualSpacing/>
         <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:lang w:val="sv-SE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="30061010" w14:textId="77777777" w:rsidR="00D76742" w:rsidRPr="00C830CE" w:rsidRDefault="00D76742" w:rsidP="00E46595">
+    <w:p w:rsidRPr="00F117C3" w:rsidR="00D76742" w:rsidP="00E46595" w:rsidRDefault="00D76742" w14:paraId="30061010" w14:textId="77777777">
       <w:pPr>
         <w:ind w:left="113"/>
         <w:contextualSpacing/>
         <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:lang w:val="sv-SE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="63A95E6A" w14:textId="40970DC5" w:rsidR="00181533" w:rsidRDefault="00181533">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w:rsidRPr="00F117C3" w:rsidR="00181533" w:rsidRDefault="00181533" w14:paraId="63A95E6A" w14:textId="40970DC5">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F117C3">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:lang w:val="sv-SE"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7FF6C27B" w14:textId="7D06DCF6" w:rsidR="00703C85" w:rsidRPr="00310E5B" w:rsidRDefault="00310E5B" w:rsidP="00703C85">
+    <w:p w:rsidRPr="00F117C3" w:rsidR="00703C85" w:rsidP="00703C85" w:rsidRDefault="00310E5B" w14:paraId="7FF6C27B" w14:textId="7D06DCF6">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="720" w:firstLine="0"/>
         <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:b/>
           <w:lang w:val="sv-SE"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00F117C3">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:lang w:val="sv-SE"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:tab/>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00F117C3">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:lang w:val="sv-SE"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00F117C3">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:lang w:val="sv-SE"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00703C85">
-        <w:rPr>
+      <w:r w:rsidRPr="00F117C3" w:rsidR="00703C85">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:lang w:val="sv-SE"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00703C85">
-        <w:rPr>
+      <w:r w:rsidRPr="00F117C3" w:rsidR="00703C85">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:lang w:val="sv-SE"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00703C85">
-        <w:rPr>
+      <w:r w:rsidRPr="00F117C3" w:rsidR="00703C85">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:lang w:val="sv-SE"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00703C85">
-        <w:rPr>
+      <w:r w:rsidRPr="00F117C3" w:rsidR="00703C85">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:lang w:val="sv-SE"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00703C85">
-        <w:rPr>
+      <w:r w:rsidRPr="00F117C3" w:rsidR="00703C85">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:lang w:val="sv-SE"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00703C85">
-        <w:rPr>
+      <w:r w:rsidRPr="00F117C3" w:rsidR="00703C85">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:lang w:val="sv-SE"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00703C85" w:rsidRPr="00703C85">
-        <w:rPr>
+      <w:r w:rsidRPr="00F117C3" w:rsidR="00703C85">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="sv-SE"/>
         </w:rPr>
         <w:t xml:space="preserve">Sid </w:t>
       </w:r>
-      <w:r w:rsidR="00181533">
-        <w:rPr>
+      <w:r w:rsidRPr="00F117C3" w:rsidR="00181533">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="sv-SE"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
-      <w:r w:rsidR="00703C85" w:rsidRPr="00703C85">
-        <w:rPr>
+      <w:r w:rsidRPr="00F117C3" w:rsidR="00703C85">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="sv-SE"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
-      <w:r w:rsidR="00181533">
-        <w:rPr>
+      <w:r w:rsidRPr="00F117C3" w:rsidR="00181533">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="sv-SE"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
-      <w:r w:rsidR="00703C85" w:rsidRPr="00703C85">
-        <w:rPr>
+      <w:r w:rsidRPr="00F117C3" w:rsidR="00703C85">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="sv-SE"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="74623BC0" w14:textId="388FDA47" w:rsidR="008B74C7" w:rsidRPr="00E87CD6" w:rsidRDefault="008B74C7">
+    <w:p w:rsidRPr="00F117C3" w:rsidR="008B74C7" w:rsidRDefault="008B74C7" w14:paraId="74623BC0" w14:textId="388FDA47">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:lang w:val="sv-SE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="779B22AB" w14:textId="77777777" w:rsidR="008B74C7" w:rsidRPr="00E87CD6" w:rsidRDefault="008B74C7">
+    <w:p w:rsidRPr="00F117C3" w:rsidR="008B74C7" w:rsidRDefault="008B74C7" w14:paraId="779B22AB" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="1"/>
         <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="21"/>
           <w:lang w:val="sv-SE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="680E8527" w14:textId="77777777" w:rsidR="00842541" w:rsidRPr="002D0183" w:rsidRDefault="00842541" w:rsidP="00842541">
+    <w:p w:rsidRPr="00F33AE6" w:rsidR="00F117C3" w:rsidP="00F117C3" w:rsidRDefault="00F117C3" w14:paraId="5C22CB4E" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="sv-SE"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002D0183">
-        <w:rPr>
+      <w:r w:rsidRPr="00F33AE6">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="sv-SE"/>
         </w:rPr>
         <w:t xml:space="preserve">Föreskrifter </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6E265E5C" w14:textId="77777777" w:rsidR="00842541" w:rsidRPr="002D0183" w:rsidRDefault="00842541" w:rsidP="00425AB1">
+    <w:p w:rsidRPr="00CE42E1" w:rsidR="00F117C3" w:rsidP="00F117C3" w:rsidRDefault="00F117C3" w14:paraId="3DDE5085" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="sv-SE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="101706E8" w14:textId="26F74597" w:rsidR="00842541" w:rsidRPr="002D0183" w:rsidRDefault="00BA31F1" w:rsidP="00425AB1">
+    <w:p w:rsidRPr="00CE42E1" w:rsidR="00F117C3" w:rsidP="00F117C3" w:rsidRDefault="00F117C3" w14:paraId="14C3C859" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
-          <w:lang w:val="sv-SE"/>
-[...56 lines deleted...]
-        <w:t>framgår:</w:t>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE42E1">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:t>Av Kap 5 §6 SJVFS 2025:28 saknr L151 framgår:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5A78D5B4" w14:textId="77777777" w:rsidR="00842541" w:rsidRPr="002D0183" w:rsidRDefault="00842541" w:rsidP="00425AB1">
+    <w:p w:rsidRPr="00CE42E1" w:rsidR="00F117C3" w:rsidP="00F117C3" w:rsidRDefault="00F117C3" w14:paraId="35E9C37E" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="sv-SE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5E70AEAC" w14:textId="77777777" w:rsidR="00842541" w:rsidRPr="002D0183" w:rsidRDefault="00842541" w:rsidP="00425AB1">
+    <w:p w:rsidRPr="00CE42E1" w:rsidR="00F117C3" w:rsidP="00F117C3" w:rsidRDefault="00F117C3" w14:paraId="63FD8559" w14:textId="77777777">
+      <w:pPr>
+        <w:widowControl/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Times New Roman" w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE42E1">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Times New Roman" w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:t>6 § Ett beslut om ändring av ett befintligt etiskt godkännande av djurförsök behövs inte om djurskyddsorganet har bedömt att ändringen</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00CE42E1" w:rsidR="00F117C3" w:rsidP="00F117C3" w:rsidRDefault="00F117C3" w14:paraId="0FF1999A" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Times New Roman" w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE42E1">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Times New Roman" w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:t>inte riskerar att inverka negativt på försöksdjurens välfärd,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00CE42E1" w:rsidR="00F117C3" w:rsidP="00F117C3" w:rsidRDefault="00F117C3" w14:paraId="429E5C7F" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Times New Roman" w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE42E1">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Times New Roman" w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:t>inte påverkar möjligheten att uppnå syftet eller målet med försöket,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00CE42E1" w:rsidR="00F117C3" w:rsidP="00F117C3" w:rsidRDefault="00F117C3" w14:paraId="504F4CC7" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Times New Roman" w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE42E1">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Times New Roman" w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:t>inte innebär att giltighetstiden för försöket blir längre, och</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00CE42E1" w:rsidR="00F117C3" w:rsidP="00F117C3" w:rsidRDefault="00F117C3" w14:paraId="0D414391" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Times New Roman" w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE42E1">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Times New Roman" w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:t>inte negativt påverkar</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00CE42E1" w:rsidR="00F117C3" w:rsidP="00F117C3" w:rsidRDefault="00F117C3" w14:paraId="1BC9B9EA" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Times New Roman" w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE42E1">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Times New Roman" w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:t>försökets svårhetsgrad,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00CE42E1" w:rsidR="00F117C3" w:rsidP="00F117C3" w:rsidRDefault="00F117C3" w14:paraId="24EE0E3E" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Times New Roman" w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE42E1">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Times New Roman" w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:t>slut- eller avbrytningspunkt,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00CE42E1" w:rsidR="00F117C3" w:rsidP="00F117C3" w:rsidRDefault="00F117C3" w14:paraId="5BA517E5" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Times New Roman" w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE42E1">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Times New Roman" w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:t>försökstider,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00CE42E1" w:rsidR="00F117C3" w:rsidP="00F117C3" w:rsidRDefault="00F117C3" w14:paraId="67928EF2" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Times New Roman" w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE42E1">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Times New Roman" w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:t>försöksdjurens övervakning under försöket, samt</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00CE42E1" w:rsidR="00F117C3" w:rsidP="00F117C3" w:rsidRDefault="00F117C3" w14:paraId="7C82C32F" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Times New Roman" w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE42E1">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Times New Roman" w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:t>inhysning, skötsel eller märkning som kräver godkännande av en regional djurförsöksetisk nämnd.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00CE42E1" w:rsidR="00F117C3" w:rsidP="00F117C3" w:rsidRDefault="00F117C3" w14:paraId="3F86EA25" w14:textId="77777777">
+      <w:pPr>
+        <w:widowControl/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Times New Roman" w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00CE42E1" w:rsidR="00F117C3" w:rsidP="00F117C3" w:rsidRDefault="00F117C3" w14:paraId="35D161E3" w14:textId="77777777">
+      <w:pPr>
+        <w:widowControl/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Times New Roman" w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE42E1">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Times New Roman" w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:t>Bedömningen enligt första stycket avgörs genom enkel majoritet och kan</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00CE42E1" w:rsidR="00F117C3" w:rsidP="00F117C3" w:rsidRDefault="00F117C3" w14:paraId="3CA51024" w14:textId="77777777">
+      <w:pPr>
+        <w:widowControl/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Times New Roman" w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE42E1">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Times New Roman" w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:t>göras endast om samtliga kompetenser enligt 2 § första stycket deltar i</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00CE42E1" w:rsidR="00F117C3" w:rsidP="00F117C3" w:rsidRDefault="00F117C3" w14:paraId="23690448" w14:textId="77777777">
+      <w:pPr>
+        <w:widowControl/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Times New Roman" w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE42E1">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Times New Roman" w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:t>avgörandet.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00CE42E1" w:rsidR="00F117C3" w:rsidP="00F117C3" w:rsidRDefault="00F117C3" w14:paraId="0ED5F169" w14:textId="77777777">
+      <w:pPr>
+        <w:widowControl/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Times New Roman" w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00CE42E1" w:rsidR="00F117C3" w:rsidP="00F117C3" w:rsidRDefault="00F117C3" w14:paraId="409B05E9" w14:textId="77777777">
+      <w:pPr>
+        <w:widowControl/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Times New Roman" w:eastAsiaTheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE42E1">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Times New Roman" w:eastAsiaTheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:t>Allmänt råd till 5 kap. 6 §</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00CE42E1" w:rsidR="00F117C3" w:rsidP="00F117C3" w:rsidRDefault="00F117C3" w14:paraId="163EA166" w14:textId="77777777">
+      <w:pPr>
+        <w:widowControl/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Times New Roman" w:eastAsiaTheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE42E1">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Times New Roman" w:eastAsiaTheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:t>Bedömningar kan exempelvis gälla ändring av metodiken för sövning av</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00CE42E1" w:rsidR="00F117C3" w:rsidP="00F117C3" w:rsidRDefault="00F117C3" w14:paraId="7BC29327" w14:textId="77777777">
+      <w:pPr>
+        <w:widowControl/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Times New Roman" w:eastAsiaTheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE42E1">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Times New Roman" w:eastAsiaTheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:t>djur, smärtlindring, provtagning eller dosering av testsubstanser under</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00CE42E1" w:rsidR="00F117C3" w:rsidP="00F117C3" w:rsidRDefault="00F117C3" w14:paraId="72943BD9" w14:textId="77777777">
+      <w:pPr>
+        <w:widowControl/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Times New Roman" w:eastAsiaTheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE42E1">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Times New Roman" w:eastAsiaTheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:t>förutsättning att det inte inverkar negativt på försöksdjurens välfärd och</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00CE42E1" w:rsidR="00F117C3" w:rsidP="00F117C3" w:rsidRDefault="00F117C3" w14:paraId="3BC8D743" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
-          <w:sz w:val="22"/>
-[...10 lines deleted...]
-        <w:t xml:space="preserve">6 § Djurskyddsorganet får efter ansökan från försöksledaren, besluta om ändringar av ett befintligt etiskt godkännande av djurförsök under förutsättning att ändringen </w:t>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Times New Roman" w:eastAsiaTheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE42E1">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Times New Roman" w:eastAsiaTheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:t>främjar implementering av 3R-principen.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="23E9E5C3" w14:textId="77777777" w:rsidR="00842541" w:rsidRPr="002D0183" w:rsidRDefault="00842541" w:rsidP="00425AB1">
-[...25 lines deleted...]
-        <w:t xml:space="preserve">inte riskerar att inverka negativt på försöksdjurens välfärd, </w:t>
+    <w:p w:rsidR="00167520" w:rsidRDefault="00167520" w14:paraId="22F700AE" w14:textId="11A9BC0E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Times New Roman" w:eastAsiaTheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Times New Roman" w:eastAsiaTheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5F20252E" w14:textId="77777777" w:rsidR="00842541" w:rsidRPr="002D0183" w:rsidRDefault="00842541" w:rsidP="00425AB1">
-[...349 lines deleted...]
-    <w:p w14:paraId="0F1E7DA5" w14:textId="77777777" w:rsidR="00842541" w:rsidRPr="002D0183" w:rsidRDefault="00842541" w:rsidP="00425AB1">
+    <w:p w:rsidRPr="00CE42E1" w:rsidR="00F117C3" w:rsidP="00F117C3" w:rsidRDefault="00F117C3" w14:paraId="37A01245" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Times New Roman" w:eastAsiaTheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
           <w:lang w:val="sv-SE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="00473426" w14:textId="6AFAD232" w:rsidR="008B74C7" w:rsidRDefault="00842541" w:rsidP="00425AB1">
-[...56 lines deleted...]
-    <w:p w14:paraId="0AFE9FCA" w14:textId="215117C7" w:rsidR="00BA31F1" w:rsidRDefault="00BA31F1" w:rsidP="00425AB1">
+    <w:p w:rsidRPr="00CE42E1" w:rsidR="00F117C3" w:rsidP="00F117C3" w:rsidRDefault="00F117C3" w14:paraId="78E1D6CB" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
           <w:lang w:val="sv-SE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3F09E1E5" w14:textId="77777777" w:rsidR="009F3348" w:rsidRDefault="009F3348" w:rsidP="00425AB1">
+    <w:p w:rsidRPr="00F33AE6" w:rsidR="00F117C3" w:rsidP="00F117C3" w:rsidRDefault="00F117C3" w14:paraId="0AFA23CF" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
-          <w:sz w:val="22"/>
-[...3 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F33AE6">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Legislation</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="60DA7F04" w14:textId="0190410D" w:rsidR="00BA31F1" w:rsidRPr="00523909" w:rsidRDefault="004F4BCB" w:rsidP="00425AB1">
+    <w:p w:rsidRPr="00CE42E1" w:rsidR="00F117C3" w:rsidP="00F117C3" w:rsidRDefault="00F117C3" w14:paraId="393C6BA1" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
-          <w:b/>
-[...11 lines deleted...]
-      </w:r>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w14:paraId="49F2584D" w14:textId="7824FB76" w:rsidR="00BA31F1" w:rsidRPr="00523909" w:rsidRDefault="00BA31F1" w:rsidP="00425AB1">
+    <w:p w:rsidRPr="0065392A" w:rsidR="0065392A" w:rsidP="0065392A" w:rsidRDefault="0065392A" w14:paraId="62FE0A0D" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
-          <w:sz w:val="22"/>
-[...2 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0065392A">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+        </w:rPr>
+        <w:t>Below is an inofficial translation of relevant parts of SJVFS 2025:28 saknr L151.  </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="4844F1B4" w14:textId="429F502B" w:rsidR="00BA31F1" w:rsidRPr="00523909" w:rsidRDefault="00BA31F1" w:rsidP="00425AB1">
+    <w:p w:rsidRPr="0065392A" w:rsidR="0065392A" w:rsidP="0065392A" w:rsidRDefault="0065392A" w14:paraId="46D47EE5" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
-          <w:sz w:val="22"/>
-[...68 lines deleted...]
-        <w:t xml:space="preserve"> L150. </w:t>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0065392A">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+        </w:rPr>
+        <w:t>The original in Swedish must be used in the application of SJVFS 2025:28 saknr L151. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3DCFD501" w14:textId="7E92AA9D" w:rsidR="00BA31F1" w:rsidRPr="00523909" w:rsidRDefault="00BA31F1" w:rsidP="00425AB1">
+    <w:p w:rsidRPr="0065392A" w:rsidR="0065392A" w:rsidP="0065392A" w:rsidRDefault="0065392A" w14:paraId="6114FFCA" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
-          <w:sz w:val="22"/>
-[...52 lines deleted...]
-        <w:t xml:space="preserve"> L150. </w:t>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0065392A">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+        </w:rPr>
+        <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="50703912" w14:textId="77777777" w:rsidR="00BA31F1" w:rsidRPr="00523909" w:rsidRDefault="00BA31F1" w:rsidP="00425AB1">
+    <w:p w:rsidRPr="0065392A" w:rsidR="0065392A" w:rsidP="0065392A" w:rsidRDefault="0065392A" w14:paraId="7DA5D819" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
-          <w:sz w:val="22"/>
-[...2 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0065392A">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+        </w:rPr>
+        <w:t>5 Ch. 6 § SJVFS 2025:28 saknr L151 states that: </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="1932753C" w14:textId="2D46A1CE" w:rsidR="00BA31F1" w:rsidRPr="00523909" w:rsidRDefault="00BA31F1" w:rsidP="00425AB1">
+    <w:p w:rsidRPr="0065392A" w:rsidR="0065392A" w:rsidP="0065392A" w:rsidRDefault="0065392A" w14:paraId="5E60309D" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
-          <w:sz w:val="22"/>
-[...52 lines deleted...]
-        <w:t xml:space="preserve"> L150 states that:</w:t>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0065392A">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+        </w:rPr>
+        <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="220541DD" w14:textId="77777777" w:rsidR="00BA31F1" w:rsidRPr="00523909" w:rsidRDefault="00BA31F1" w:rsidP="00425AB1">
+    <w:p w:rsidRPr="0065392A" w:rsidR="0065392A" w:rsidP="0065392A" w:rsidRDefault="0065392A" w14:paraId="2B35E8DA" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
-          <w:sz w:val="22"/>
-[...2 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0065392A">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>6 § A decision to amend an existing ethical approval for animal experiments is not required if the animal welfare body has assessed that the amendment:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0065392A">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="318F6FA2" w14:textId="77777777" w:rsidR="00BA31F1" w:rsidRPr="00BA31F1" w:rsidRDefault="00BA31F1" w:rsidP="00425AB1">
-[...272 lines deleted...]
-    <w:p w14:paraId="4CA0BBD8" w14:textId="77777777" w:rsidR="00BA31F1" w:rsidRPr="00523909" w:rsidRDefault="00BA31F1" w:rsidP="00BA31F1">
+    <w:p w:rsidRPr="0065392A" w:rsidR="0065392A" w:rsidP="0065392A" w:rsidRDefault="0065392A" w14:paraId="4E32C9A9" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0065392A">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="0065392A" w:rsidR="0065392A" w:rsidP="0065392A" w:rsidRDefault="0065392A" w14:paraId="0D6F49C4" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="12"/>
+        </w:numPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0065392A">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>does not risk negatively affecting the welfare of the experimental animals,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0065392A">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="0065392A" w:rsidR="0065392A" w:rsidP="0065392A" w:rsidRDefault="0065392A" w14:paraId="016D90DD" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0065392A">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>does not affect the ability to achieve the purpose or goal of the experiment,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0065392A">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="0065392A" w:rsidR="0065392A" w:rsidP="0065392A" w:rsidRDefault="0065392A" w14:paraId="635B2BA6" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="14"/>
+        </w:numPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0065392A">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>does not extend the validity period of the experiment, and</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0065392A">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="0065392A" w:rsidR="0065392A" w:rsidP="0065392A" w:rsidRDefault="0065392A" w14:paraId="3BA67671" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="15"/>
+        </w:numPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0065392A">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>does not negatively affect:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0065392A">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="0065392A" w:rsidR="0065392A" w:rsidP="5E8CFD37" w:rsidRDefault="0065392A" w14:paraId="7C1AAB02" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="720"/>
+        <w:contextualSpacing w:val="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="5E8CFD37" w:rsidR="0065392A">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>a. the severity level of the experiment,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="5E8CFD37" w:rsidR="0065392A">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="0065392A" w:rsidR="0065392A" w:rsidP="5E8CFD37" w:rsidRDefault="0065392A" w14:paraId="261F6364" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="720"/>
+        <w:contextualSpacing w:val="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="5E8CFD37" w:rsidR="0065392A">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>b. the end or termination point,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="5E8CFD37" w:rsidR="0065392A">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="0065392A" w:rsidR="0065392A" w:rsidP="5E8CFD37" w:rsidRDefault="0065392A" w14:paraId="1D34A9F4" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="720"/>
+        <w:contextualSpacing w:val="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="5E8CFD37" w:rsidR="0065392A">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>c. the experimental timelines,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="5E8CFD37" w:rsidR="0065392A">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="0065392A" w:rsidR="0065392A" w:rsidP="5E8CFD37" w:rsidRDefault="0065392A" w14:paraId="0868B914" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="720"/>
+        <w:contextualSpacing w:val="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="5E8CFD37" w:rsidR="0065392A">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>d. the monitoring of experimental animals during the experiment, and</w:t>
+      </w:r>
+      <w:r w:rsidRPr="5E8CFD37" w:rsidR="0065392A">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="0065392A" w:rsidR="0065392A" w:rsidP="5E8CFD37" w:rsidRDefault="0065392A" w14:paraId="3490FA06" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="720"/>
+        <w:contextualSpacing w:val="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="5E8CFD37" w:rsidR="0065392A">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>e. housing, care, or marking that requires approval from a regional animal ethics committee.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="5E8CFD37" w:rsidR="0065392A">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="0065392A" w:rsidR="0065392A" w:rsidP="0065392A" w:rsidRDefault="0065392A" w14:paraId="38D49624" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0065392A">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="0065392A" w:rsidR="0065392A" w:rsidP="0065392A" w:rsidRDefault="0065392A" w14:paraId="4E90B460" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0065392A">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>The assessment under the first paragraph is decided by a simple majority and can only be made if all competencies referred to in Section 2, first paragraph, participate in the decision.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0065392A">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="0065392A" w:rsidR="0065392A" w:rsidP="0065392A" w:rsidRDefault="0065392A" w14:paraId="2064A3CA" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0065392A">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="0065392A" w:rsidR="0065392A" w:rsidP="0065392A" w:rsidRDefault="0065392A" w14:paraId="4FEC38D9" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0065392A">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>General advice to Chapter 5, 6 §</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0065392A">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="0065392A" w:rsidR="0065392A" w:rsidP="0065392A" w:rsidRDefault="0065392A" w14:paraId="344DCD13" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0065392A">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Assessments may, for example, concern changes to the methodology for animal anesthesia, pain relief, sampling, or dosing of test substances, provided that such changes do not negatively affect the welfare of the experimental animals and promote the implementation of the 3R principle</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00F117C3" w:rsidR="00BA31F1" w:rsidP="00BA31F1" w:rsidRDefault="00BA31F1" w14:paraId="4CA0BBD8" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="00BA31F1" w:rsidRPr="00523909">
-[...2 lines deleted...]
-      <w:pgSz w:w="11900" w:h="16840"/>
+    <w:sectPr w:rsidRPr="00F117C3" w:rsidR="00BA31F1">
+      <w:headerReference w:type="even" r:id="rId11"/>
+      <w:headerReference w:type="default" r:id="rId12"/>
+      <w:footerReference w:type="even" r:id="rId13"/>
+      <w:footerReference w:type="default" r:id="rId14"/>
+      <w:headerReference w:type="first" r:id="rId15"/>
+      <w:footerReference w:type="first" r:id="rId16"/>
+      <w:pgSz w:w="11900" w:h="16840" w:orient="portrait"/>
       <w:pgMar w:top="1760" w:right="1680" w:bottom="1020" w:left="1680" w:header="681" w:footer="821" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="5B3D8BAD" w14:textId="77777777" w:rsidR="00032AF6" w:rsidRDefault="00032AF6">
+    <w:p w:rsidR="009527F3" w:rsidRDefault="009527F3" w14:paraId="59930747" w14:textId="77777777">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="0280D7E1" w14:textId="77777777" w:rsidR="00032AF6" w:rsidRDefault="00032AF6">
+    <w:p w:rsidR="009527F3" w:rsidRDefault="009527F3" w14:paraId="0D466D71" w14:textId="77777777">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
@@ -4297,71 +4318,95 @@
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="DM Sans">
+    <w:panose1 w:val="00000000000000000000"/>
+    <w:charset w:val="4D"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="8000002F" w:usb1="4000204B" w:usb2="00000000" w:usb3="00000000" w:csb0="00000093" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Segoe UI Symbol">
+    <w:panose1 w:val="020B0502040204020203"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="800001E3" w:usb1="1200FFEF" w:usb2="00040000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="416EEA59" w14:textId="6A25472A" w:rsidR="008B74C7" w:rsidRPr="003B737C" w:rsidRDefault="00AD62B0">
+  <w:p w:rsidR="004936C5" w:rsidRDefault="004936C5" w14:paraId="59CFC1F1" w14:textId="77777777">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w:rsidRPr="003B737C" w:rsidR="008B74C7" w:rsidRDefault="00AD62B0" w14:paraId="416EEA59" w14:textId="6A25472A">
     <w:pPr>
       <w:pStyle w:val="BodyText"/>
       <w:spacing w:line="14" w:lineRule="auto"/>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="003B737C">
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
         <w:lang w:val="sv-SE" w:eastAsia="sv-SE"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="503312120" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="51052AFC" wp14:editId="77BF67B1">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="page">
                 <wp:posOffset>1358265</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:posOffset>10073640</wp:posOffset>
@@ -4391,268 +4436,268 @@
                       <a:ln>
                         <a:noFill/>
                       </a:ln>
                       <a:extLst>
                         <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                           <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                             <a:solidFill>
                               <a:srgbClr val="FFFFFF"/>
                             </a:solidFill>
                           </a14:hiddenFill>
                         </a:ext>
                         <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                           <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                             <a:solidFill>
                               <a:srgbClr val="000000"/>
                             </a:solidFill>
                             <a:miter lim="800000"/>
                             <a:headEnd/>
                             <a:tailEnd/>
                           </a14:hiddenLine>
                         </a:ext>
                       </a:extLst>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w14:paraId="791659BA" w14:textId="77777777" w:rsidR="008B74C7" w:rsidRPr="003B737C" w:rsidRDefault="00132B61">
+                        <w:p w:rsidRPr="003B737C" w:rsidR="008B74C7" w:rsidRDefault="00132B61" w14:paraId="791659BA" w14:textId="77777777">
                           <w:pPr>
                             <w:spacing w:before="14" w:line="148" w:lineRule="exact"/>
                             <w:ind w:left="20"/>
                             <w:rPr>
                               <w:b/>
                               <w:sz w:val="13"/>
                               <w:szCs w:val="13"/>
                               <w:lang w:val="sv-SE"/>
                             </w:rPr>
                           </w:pPr>
                           <w:r w:rsidRPr="003B737C">
                             <w:rPr>
                               <w:b/>
                               <w:sz w:val="13"/>
                               <w:szCs w:val="13"/>
                               <w:lang w:val="sv-SE"/>
                             </w:rPr>
                             <w:t>Adress</w:t>
                           </w:r>
                         </w:p>
-                        <w:p w14:paraId="3A0FDC8C" w14:textId="77777777" w:rsidR="003B737C" w:rsidRDefault="00132B61" w:rsidP="003B737C">
+                        <w:p w:rsidR="003B737C" w:rsidP="003B737C" w:rsidRDefault="00132B61" w14:paraId="3A0FDC8C" w14:textId="77777777">
                           <w:pPr>
                             <w:spacing w:line="146" w:lineRule="exact"/>
                             <w:ind w:left="20"/>
                             <w:rPr>
                               <w:sz w:val="13"/>
                               <w:szCs w:val="13"/>
                               <w:lang w:val="sv-SE"/>
                             </w:rPr>
                           </w:pPr>
                           <w:r w:rsidRPr="003B737C">
                             <w:rPr>
                               <w:sz w:val="13"/>
                               <w:szCs w:val="13"/>
                               <w:lang w:val="sv-SE"/>
                             </w:rPr>
                             <w:t>Karolinska Institutet</w:t>
                           </w:r>
-                          <w:r w:rsidR="003B737C" w:rsidRPr="003B737C">
+                          <w:r w:rsidRPr="003B737C" w:rsidR="003B737C">
                             <w:rPr>
                               <w:sz w:val="13"/>
                               <w:szCs w:val="13"/>
                               <w:lang w:val="sv-SE"/>
                             </w:rPr>
                             <w:t>, Djurskyddsorgan</w:t>
                           </w:r>
                         </w:p>
-                        <w:p w14:paraId="04D130EC" w14:textId="203018D8" w:rsidR="008B74C7" w:rsidRPr="003B737C" w:rsidRDefault="003B737C" w:rsidP="003B737C">
+                        <w:p w:rsidRPr="003B737C" w:rsidR="008B74C7" w:rsidP="003B737C" w:rsidRDefault="003B737C" w14:paraId="04D130EC" w14:textId="203018D8">
                           <w:pPr>
                             <w:spacing w:line="146" w:lineRule="exact"/>
                             <w:ind w:left="20"/>
                             <w:rPr>
                               <w:sz w:val="13"/>
                               <w:szCs w:val="13"/>
                               <w:lang w:val="sv-SE"/>
                             </w:rPr>
                           </w:pPr>
                           <w:r w:rsidRPr="003B737C">
                             <w:rPr>
                               <w:sz w:val="13"/>
                               <w:szCs w:val="13"/>
                               <w:lang w:val="sv-SE"/>
                             </w:rPr>
                             <w:t>Komparativ Medicin</w:t>
                           </w:r>
                           <w:r>
                             <w:rPr>
                               <w:sz w:val="13"/>
                               <w:szCs w:val="13"/>
                               <w:lang w:val="sv-SE"/>
                             </w:rPr>
                             <w:t xml:space="preserve">, </w:t>
                           </w:r>
-                          <w:r w:rsidR="00132B61" w:rsidRPr="003B737C">
+                          <w:r w:rsidRPr="003B737C" w:rsidR="00132B61">
                             <w:rPr>
                               <w:sz w:val="13"/>
                               <w:szCs w:val="13"/>
                               <w:lang w:val="sv-SE"/>
                             </w:rPr>
                             <w:t>SE-171 77 S</w:t>
                           </w:r>
                           <w:r w:rsidRPr="003B737C">
                             <w:rPr>
                               <w:sz w:val="13"/>
                               <w:szCs w:val="13"/>
                               <w:lang w:val="sv-SE"/>
                             </w:rPr>
                             <w:t>tockholm</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" anchor="t" anchorCtr="0" upright="1">
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="page">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="page">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:shapetype w14:anchorId="51052AFC" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+            <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe" w14:anchorId="51052AFC">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Text Box 1" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:106.95pt;margin-top:793.2pt;width:126.95pt;height:24.1pt;z-index:-4360;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBWO0RfyQEAAIEDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8GO0zAQvSPxD5bvNGlXKhA1XQGrRUgL&#10;rLTsB7iO3VgkHjPjNilfz9hpuizcEBdrbM88v/dmvLke+04cDZIDX8vlopTCeA2N8/taPn67ffVG&#10;CorKN6oDb2p5MiSvty9fbIZQmRW00DUGBYN4qoZQyzbGUBUF6db0ihYQjOdLC9iryFvcFw2qgdH7&#10;rliV5boYAJuAoA0Rn95Ml3Kb8a01On61lkwUXS2ZW8wr5nWX1mK7UdUeVWidPtNQ/8CiV87zoxeo&#10;GxWVOKD7C6p3GoHAxoWGvgBrnTZZA6tZln+oeWhVMFkLm0PhYhP9P1j95fgQ7lHE8T2M3MAsgsId&#10;6O/E3hRDoOqckzylilL2bvgMDXdTHSLkitFin+SzIMEw7PTp4q4Zo9AJe71clW+vpNB8d1Wuy9fZ&#10;/kJVc3VAih8N9CIFtUTuXkZXxzuKiY2q5pT0mIdb13W5g51/dsCJ6SSzT4Qn6nHcjcI1SSUXJTE7&#10;aE4sB2GaC55jDlrAn1IMPBO1pB8HhUaK7pNn09MAzQHOwW4OlNdcWssoxRR+iNOgHQK6fcvIk7se&#10;3rFt1mVFTyzOdLnPWeh5JtMg/b7PWU8/Z/sLAAD//wMAUEsDBBQABgAIAAAAIQAaJ5gi4wAAAA0B&#10;AAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvSPyDtUjcqNM0dUuIU6GiigPi0AISRzc2cUS8&#10;jmI3df+e5QTHnXmanak2yfVsMmPoPEqYzzJgBhuvO2wlvL/t7tbAQlSoVe/RSLiYAJv6+qpSpfZn&#10;3JvpEFtGIRhKJcHGOJSch8Yap8LMDwbJ+/KjU5HOseV6VGcKdz3Ps0xwpzqkD1YNZmtN8304OQkf&#10;22H3kj6tep2W+vkpX+0vY5OkvL1Jjw/AoknxD4bf+lQdaup09CfUgfUS8vninlAylmtRACOkECta&#10;cyRJLAoBvK74/xX1DwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAAL&#10;AAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBWO0RfyQEAAIEDAAAO&#10;AAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQAaJ5gi4wAAAA0B&#10;AAAPAAAAAAAAAAAAAAAAACMEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAMwUAAAAA&#10;" filled="f" stroked="f">
+            <v:shape id="Text Box 1" style="position:absolute;margin-left:106.95pt;margin-top:793.2pt;width:126.95pt;height:24.1pt;z-index:-4360;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:spid="_x0000_s1027" filled="f" stroked="f" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBWO0RfyQEAAIEDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8GO0zAQvSPxD5bvNGlXKhA1XQGrRUgL&#10;rLTsB7iO3VgkHjPjNilfz9hpuizcEBdrbM88v/dmvLke+04cDZIDX8vlopTCeA2N8/taPn67ffVG&#10;CorKN6oDb2p5MiSvty9fbIZQmRW00DUGBYN4qoZQyzbGUBUF6db0ihYQjOdLC9iryFvcFw2qgdH7&#10;rliV5boYAJuAoA0Rn95Ml3Kb8a01On61lkwUXS2ZW8wr5nWX1mK7UdUeVWidPtNQ/8CiV87zoxeo&#10;GxWVOKD7C6p3GoHAxoWGvgBrnTZZA6tZln+oeWhVMFkLm0PhYhP9P1j95fgQ7lHE8T2M3MAsgsId&#10;6O/E3hRDoOqckzylilL2bvgMDXdTHSLkitFin+SzIMEw7PTp4q4Zo9AJe71clW+vpNB8d1Wuy9fZ&#10;/kJVc3VAih8N9CIFtUTuXkZXxzuKiY2q5pT0mIdb13W5g51/dsCJ6SSzT4Qn6nHcjcI1SSUXJTE7&#10;aE4sB2GaC55jDlrAn1IMPBO1pB8HhUaK7pNn09MAzQHOwW4OlNdcWssoxRR+iNOgHQK6fcvIk7se&#10;3rFt1mVFTyzOdLnPWeh5JtMg/b7PWU8/Z/sLAAD//wMAUEsDBBQABgAIAAAAIQAaJ5gi4wAAAA0B&#10;AAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvSPyDtUjcqNM0dUuIU6GiigPi0AISRzc2cUS8&#10;jmI3df+e5QTHnXmanak2yfVsMmPoPEqYzzJgBhuvO2wlvL/t7tbAQlSoVe/RSLiYAJv6+qpSpfZn&#10;3JvpEFtGIRhKJcHGOJSch8Yap8LMDwbJ+/KjU5HOseV6VGcKdz3Ps0xwpzqkD1YNZmtN8304OQkf&#10;22H3kj6tep2W+vkpX+0vY5OkvL1Jjw/AoknxD4bf+lQdaup09CfUgfUS8vninlAylmtRACOkECta&#10;cyRJLAoBvK74/xX1DwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAAL&#10;AAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBWO0RfyQEAAIEDAAAO&#10;AAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQAaJ5gi4wAAAA0B&#10;AAAPAAAAAAAAAAAAAAAAACMEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAMwUAAAAA&#10;">
               <v:path arrowok="t"/>
               <v:textbox inset="0,0,0,0">
                 <w:txbxContent>
-                  <w:p w14:paraId="791659BA" w14:textId="77777777" w:rsidR="008B74C7" w:rsidRPr="003B737C" w:rsidRDefault="00132B61">
+                  <w:p w:rsidRPr="003B737C" w:rsidR="008B74C7" w:rsidRDefault="00132B61" w14:paraId="791659BA" w14:textId="77777777">
                     <w:pPr>
                       <w:spacing w:before="14" w:line="148" w:lineRule="exact"/>
                       <w:ind w:left="20"/>
                       <w:rPr>
                         <w:b/>
                         <w:sz w:val="13"/>
                         <w:szCs w:val="13"/>
                         <w:lang w:val="sv-SE"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r w:rsidRPr="003B737C">
                       <w:rPr>
                         <w:b/>
                         <w:sz w:val="13"/>
                         <w:szCs w:val="13"/>
                         <w:lang w:val="sv-SE"/>
                       </w:rPr>
                       <w:t>Adress</w:t>
                     </w:r>
                   </w:p>
-                  <w:p w14:paraId="3A0FDC8C" w14:textId="77777777" w:rsidR="003B737C" w:rsidRDefault="00132B61" w:rsidP="003B737C">
+                  <w:p w:rsidR="003B737C" w:rsidP="003B737C" w:rsidRDefault="00132B61" w14:paraId="3A0FDC8C" w14:textId="77777777">
                     <w:pPr>
                       <w:spacing w:line="146" w:lineRule="exact"/>
                       <w:ind w:left="20"/>
                       <w:rPr>
                         <w:sz w:val="13"/>
                         <w:szCs w:val="13"/>
                         <w:lang w:val="sv-SE"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r w:rsidRPr="003B737C">
                       <w:rPr>
                         <w:sz w:val="13"/>
                         <w:szCs w:val="13"/>
                         <w:lang w:val="sv-SE"/>
                       </w:rPr>
                       <w:t>Karolinska Institutet</w:t>
                     </w:r>
-                    <w:r w:rsidR="003B737C" w:rsidRPr="003B737C">
+                    <w:r w:rsidRPr="003B737C" w:rsidR="003B737C">
                       <w:rPr>
                         <w:sz w:val="13"/>
                         <w:szCs w:val="13"/>
                         <w:lang w:val="sv-SE"/>
                       </w:rPr>
                       <w:t>, Djurskyddsorgan</w:t>
                     </w:r>
                   </w:p>
-                  <w:p w14:paraId="04D130EC" w14:textId="203018D8" w:rsidR="008B74C7" w:rsidRPr="003B737C" w:rsidRDefault="003B737C" w:rsidP="003B737C">
+                  <w:p w:rsidRPr="003B737C" w:rsidR="008B74C7" w:rsidP="003B737C" w:rsidRDefault="003B737C" w14:paraId="04D130EC" w14:textId="203018D8">
                     <w:pPr>
                       <w:spacing w:line="146" w:lineRule="exact"/>
                       <w:ind w:left="20"/>
                       <w:rPr>
                         <w:sz w:val="13"/>
                         <w:szCs w:val="13"/>
                         <w:lang w:val="sv-SE"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r w:rsidRPr="003B737C">
                       <w:rPr>
                         <w:sz w:val="13"/>
                         <w:szCs w:val="13"/>
                         <w:lang w:val="sv-SE"/>
                       </w:rPr>
                       <w:t>Komparativ Medicin</w:t>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:sz w:val="13"/>
                         <w:szCs w:val="13"/>
                         <w:lang w:val="sv-SE"/>
                       </w:rPr>
                       <w:t xml:space="preserve">, </w:t>
                     </w:r>
-                    <w:r w:rsidR="00132B61" w:rsidRPr="003B737C">
+                    <w:r w:rsidRPr="003B737C" w:rsidR="00132B61">
                       <w:rPr>
                         <w:sz w:val="13"/>
                         <w:szCs w:val="13"/>
                         <w:lang w:val="sv-SE"/>
                       </w:rPr>
                       <w:t>SE-171 77 S</w:t>
                     </w:r>
                     <w:r w:rsidRPr="003B737C">
                       <w:rPr>
                         <w:sz w:val="13"/>
                         <w:szCs w:val="13"/>
                         <w:lang w:val="sv-SE"/>
                       </w:rPr>
                       <w:t>tockholm</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
-    <w:r w:rsidR="003B737C" w:rsidRPr="003B737C">
+    <w:r w:rsidRPr="003B737C" w:rsidR="003B737C">
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
         <w:lang w:val="sv-SE" w:eastAsia="sv-SE"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="503312096" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="163EE859" wp14:editId="2E76A825">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="page">
                 <wp:posOffset>5900420</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:posOffset>10071735</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="459105" cy="219075"/>
               <wp:effectExtent l="0" t="0" r="10795" b="9525"/>
               <wp:wrapNone/>
               <wp:docPr id="5" name="Text Box 2"/>
               <wp:cNvGraphicFramePr>
                 <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
               </wp:cNvGraphicFramePr>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
@@ -4673,158 +4718,158 @@
                       <a:ln>
                         <a:noFill/>
                       </a:ln>
                       <a:extLst>
                         <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                           <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                             <a:solidFill>
                               <a:srgbClr val="FFFFFF"/>
                             </a:solidFill>
                           </a14:hiddenFill>
                         </a:ext>
                         <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                           <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                             <a:solidFill>
                               <a:srgbClr val="000000"/>
                             </a:solidFill>
                             <a:miter lim="800000"/>
                             <a:headEnd/>
                             <a:tailEnd/>
                           </a14:hiddenLine>
                         </a:ext>
                       </a:extLst>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w14:paraId="0143DAD3" w14:textId="77777777" w:rsidR="008B74C7" w:rsidRPr="003B737C" w:rsidRDefault="00132B61">
+                        <w:p w:rsidRPr="003B737C" w:rsidR="008B74C7" w:rsidRDefault="00132B61" w14:paraId="0143DAD3" w14:textId="77777777">
                           <w:pPr>
                             <w:spacing w:before="14" w:line="155" w:lineRule="exact"/>
                             <w:ind w:left="20"/>
                             <w:rPr>
                               <w:b/>
                               <w:sz w:val="13"/>
                               <w:szCs w:val="13"/>
                             </w:rPr>
                           </w:pPr>
                           <w:r w:rsidRPr="003B737C">
                             <w:rPr>
                               <w:b/>
                               <w:sz w:val="13"/>
                               <w:szCs w:val="13"/>
                             </w:rPr>
                             <w:t>E-post</w:t>
                           </w:r>
                         </w:p>
-                        <w:p w14:paraId="232E761E" w14:textId="77777777" w:rsidR="008B74C7" w:rsidRPr="003B737C" w:rsidRDefault="00132B61">
+                        <w:p w:rsidRPr="003B737C" w:rsidR="008B74C7" w:rsidRDefault="00132B61" w14:paraId="232E761E" w14:textId="77777777">
                           <w:pPr>
                             <w:spacing w:line="155" w:lineRule="exact"/>
                             <w:ind w:left="20"/>
                             <w:rPr>
                               <w:sz w:val="13"/>
                               <w:szCs w:val="13"/>
                             </w:rPr>
                           </w:pPr>
                           <w:hyperlink r:id="rId1">
                             <w:r w:rsidRPr="003B737C">
                               <w:rPr>
                                 <w:sz w:val="13"/>
                                 <w:szCs w:val="13"/>
                               </w:rPr>
                               <w:t>awb@ki.se</w:t>
                             </w:r>
                           </w:hyperlink>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" anchor="t" anchorCtr="0" upright="1">
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="page">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="page">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:shape w14:anchorId="163EE859" id="Text Box 2" o:spid="_x0000_s1028" type="#_x0000_t202" style="position:absolute;margin-left:464.6pt;margin-top:793.05pt;width:36.15pt;height:17.25pt;z-index:-4384;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAPFgbUygEAAIADAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO0zAQfUfiHyy/06QVBTZqugJWi5CW&#10;i7TsBziO3VgkHjPjNilfz9hpu8C+IV6syXh85pwzk831NPTiYJAc+FouF6UUxmtond/V8uHb7Ys3&#10;UlBUvlU9eFPLoyF5vX3+bDOGyqygg741KBjEUzWGWnYxhqooSHdmULSAYDxfWsBBRf7EXdGiGhl9&#10;6ItVWb4qRsA2IGhDxNmb+VJuM761Rscv1pKJoq8lc4v5xHw26Sy2G1XtUIXO6RMN9Q8sBuU8N71A&#10;3aioxB7dE6jBaQQCGxcahgKsddpkDaxmWf6l5r5TwWQtbA6Fi030/2D158N9+IoiTu9g4gFmERTu&#10;QH8n9qYYA1WnmuQpVZSqm/ETtDxNtY+QX0wWhySfBQmGYaePF3fNFIXm5Mv11bJcS6H5arW8Kl+v&#10;k/uFqs6PA1L8YGAQKagl8vAyuDrcUZxLzyWpl4db1/d5gL3/I8GYKZPJJ74z8zg1k3AtN099k5YG&#10;2iOrQZjXgteYgw7wpxQjr0Qt6cdeoZGi/+jZ87Q/5wDPQXMOlNf8tJZRijl8H+c92wd0u46RZ3M9&#10;vGXXrMuKHlmc6PKYsyenlUx79Pt3rnr8cba/AAAA//8DAFBLAwQUAAYACAAAACEAvffjY+IAAAAO&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbEyPsU7DMBCGdyTewTokNmrHUkIb4lSoqGJADC0gMV5jE0fE&#10;dmS7qfv2uBPd7vR/+u+7Zp3MSGblw+CsgGLBgCjbOTnYXsDnx/ZhCSREtBJHZ5WAswqwbm9vGqyl&#10;O9mdmvexJ7nEhhoF6BinmtLQaWUwLNykbM5+nDcY8+p7Kj2ecrkZKWesogYHmy9onNRGq+53fzQC&#10;vjbT9i19a3yfS/n6wh93Z98lIe7v0vMTkKhS/Ifhop/Voc1OB3e0MpBRwIqveEZzUC6rAsgFYawo&#10;gRzyVHFWAW0bev1G+wcAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAAL&#10;AAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAPFgbUygEAAIADAAAO&#10;AAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQC99+Nj4gAAAA4B&#10;AAAPAAAAAAAAAAAAAAAAACQEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAMwUAAAAA&#10;" filled="f" stroked="f">
+            <v:shape id="Text Box 2" style="position:absolute;margin-left:464.6pt;margin-top:793.05pt;width:36.15pt;height:17.25pt;z-index:-4384;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:spid="_x0000_s1028" filled="f" stroked="f" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAPFgbUygEAAIADAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO0zAQfUfiHyy/06QVBTZqugJWi5CW&#10;i7TsBziO3VgkHjPjNilfz9hpu8C+IV6syXh85pwzk831NPTiYJAc+FouF6UUxmtond/V8uHb7Ys3&#10;UlBUvlU9eFPLoyF5vX3+bDOGyqygg741KBjEUzWGWnYxhqooSHdmULSAYDxfWsBBRf7EXdGiGhl9&#10;6ItVWb4qRsA2IGhDxNmb+VJuM761Rscv1pKJoq8lc4v5xHw26Sy2G1XtUIXO6RMN9Q8sBuU8N71A&#10;3aioxB7dE6jBaQQCGxcahgKsddpkDaxmWf6l5r5TwWQtbA6Fi030/2D158N9+IoiTu9g4gFmERTu&#10;QH8n9qYYA1WnmuQpVZSqm/ETtDxNtY+QX0wWhySfBQmGYaePF3fNFIXm5Mv11bJcS6H5arW8Kl+v&#10;k/uFqs6PA1L8YGAQKagl8vAyuDrcUZxLzyWpl4db1/d5gL3/I8GYKZPJJ74z8zg1k3AtN099k5YG&#10;2iOrQZjXgteYgw7wpxQjr0Qt6cdeoZGi/+jZ87Q/5wDPQXMOlNf8tJZRijl8H+c92wd0u46RZ3M9&#10;vGXXrMuKHlmc6PKYsyenlUx79Pt3rnr8cba/AAAA//8DAFBLAwQUAAYACAAAACEAvffjY+IAAAAO&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbEyPsU7DMBCGdyTewTokNmrHUkIb4lSoqGJADC0gMV5jE0fE&#10;dmS7qfv2uBPd7vR/+u+7Zp3MSGblw+CsgGLBgCjbOTnYXsDnx/ZhCSREtBJHZ5WAswqwbm9vGqyl&#10;O9mdmvexJ7nEhhoF6BinmtLQaWUwLNykbM5+nDcY8+p7Kj2ecrkZKWesogYHmy9onNRGq+53fzQC&#10;vjbT9i19a3yfS/n6wh93Z98lIe7v0vMTkKhS/Ifhop/Voc1OB3e0MpBRwIqveEZzUC6rAsgFYawo&#10;gRzyVHFWAW0bev1G+wcAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAAL&#10;AAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAPFgbUygEAAIADAAAO&#10;AAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQC99+Nj4gAAAA4B&#10;AAAPAAAAAAAAAAAAAAAAACQEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAMwUAAAAA&#10;" w14:anchorId="163EE859">
               <v:path arrowok="t"/>
               <v:textbox inset="0,0,0,0">
                 <w:txbxContent>
-                  <w:p w14:paraId="0143DAD3" w14:textId="77777777" w:rsidR="008B74C7" w:rsidRPr="003B737C" w:rsidRDefault="00132B61">
+                  <w:p w:rsidRPr="003B737C" w:rsidR="008B74C7" w:rsidRDefault="00132B61" w14:paraId="0143DAD3" w14:textId="77777777">
                     <w:pPr>
                       <w:spacing w:before="14" w:line="155" w:lineRule="exact"/>
                       <w:ind w:left="20"/>
                       <w:rPr>
                         <w:b/>
                         <w:sz w:val="13"/>
                         <w:szCs w:val="13"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r w:rsidRPr="003B737C">
                       <w:rPr>
                         <w:b/>
                         <w:sz w:val="13"/>
                         <w:szCs w:val="13"/>
                       </w:rPr>
                       <w:t>E-post</w:t>
                     </w:r>
                   </w:p>
-                  <w:p w14:paraId="232E761E" w14:textId="77777777" w:rsidR="008B74C7" w:rsidRPr="003B737C" w:rsidRDefault="009F3868">
+                  <w:p w:rsidRPr="003B737C" w:rsidR="008B74C7" w:rsidRDefault="00132B61" w14:paraId="232E761E" w14:textId="77777777">
                     <w:pPr>
                       <w:spacing w:line="155" w:lineRule="exact"/>
                       <w:ind w:left="20"/>
                       <w:rPr>
                         <w:sz w:val="13"/>
                         <w:szCs w:val="13"/>
                       </w:rPr>
                     </w:pPr>
                     <w:hyperlink r:id="rId2">
-                      <w:r w:rsidR="00132B61" w:rsidRPr="003B737C">
+                      <w:r w:rsidRPr="003B737C">
                         <w:rPr>
                           <w:sz w:val="13"/>
                           <w:szCs w:val="13"/>
                         </w:rPr>
                         <w:t>awb@ki.se</w:t>
                       </w:r>
                     </w:hyperlink>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
-    <w:r w:rsidR="003B737C" w:rsidRPr="003B737C">
+    <w:r w:rsidRPr="003B737C" w:rsidR="003B737C">
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
         <w:lang w:val="sv-SE" w:eastAsia="sv-SE"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="503312072" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="74812CF8" wp14:editId="191D5D53">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="page">
                 <wp:posOffset>4634230</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:posOffset>10076180</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="728345" cy="219075"/>
               <wp:effectExtent l="0" t="0" r="8255" b="9525"/>
               <wp:wrapNone/>
               <wp:docPr id="6" name="Text Box 3"/>
               <wp:cNvGraphicFramePr>
                 <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
               </wp:cNvGraphicFramePr>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
@@ -4845,176 +4890,154 @@
                       <a:ln>
                         <a:noFill/>
                       </a:ln>
                       <a:extLst>
                         <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                           <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                             <a:solidFill>
                               <a:srgbClr val="FFFFFF"/>
                             </a:solidFill>
                           </a14:hiddenFill>
                         </a:ext>
                         <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                           <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                             <a:solidFill>
                               <a:srgbClr val="000000"/>
                             </a:solidFill>
                             <a:miter lim="800000"/>
                             <a:headEnd/>
                             <a:tailEnd/>
                           </a14:hiddenLine>
                         </a:ext>
                       </a:extLst>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w14:paraId="5E2A80BA" w14:textId="77777777" w:rsidR="008B74C7" w:rsidRPr="003B737C" w:rsidRDefault="00132B61">
+                        <w:p w:rsidRPr="003B737C" w:rsidR="008B74C7" w:rsidRDefault="00132B61" w14:paraId="5E2A80BA" w14:textId="77777777">
                           <w:pPr>
                             <w:spacing w:before="14" w:line="155" w:lineRule="exact"/>
                             <w:ind w:left="20"/>
                             <w:rPr>
                               <w:b/>
                               <w:sz w:val="13"/>
                               <w:szCs w:val="13"/>
                             </w:rPr>
                           </w:pPr>
-                          <w:proofErr w:type="spellStart"/>
                           <w:r w:rsidRPr="003B737C">
                             <w:rPr>
                               <w:b/>
                               <w:sz w:val="13"/>
                               <w:szCs w:val="13"/>
                             </w:rPr>
                             <w:t>Telefon</w:t>
                           </w:r>
-                          <w:proofErr w:type="spellEnd"/>
                         </w:p>
-                        <w:p w14:paraId="1F99409B" w14:textId="77777777" w:rsidR="008B74C7" w:rsidRPr="003B737C" w:rsidRDefault="00132B61">
+                        <w:p w:rsidRPr="003B737C" w:rsidR="008B74C7" w:rsidRDefault="00132B61" w14:paraId="1F99409B" w14:textId="77777777">
                           <w:pPr>
                             <w:spacing w:line="155" w:lineRule="exact"/>
                             <w:ind w:left="20"/>
                             <w:rPr>
                               <w:sz w:val="13"/>
                               <w:szCs w:val="13"/>
                             </w:rPr>
                           </w:pPr>
                           <w:r w:rsidRPr="003B737C">
                             <w:rPr>
                               <w:sz w:val="13"/>
                               <w:szCs w:val="13"/>
                             </w:rPr>
-                            <w:t xml:space="preserve">08-524 800 00, </w:t>
+                            <w:t>08-524 800 00, vx</w:t>
                           </w:r>
-                          <w:proofErr w:type="spellStart"/>
-[...7 lines deleted...]
-                          <w:proofErr w:type="spellEnd"/>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" anchor="t" anchorCtr="0" upright="1">
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="page">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="page">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:shape w14:anchorId="74812CF8" id="Text Box 3" o:spid="_x0000_s1029" type="#_x0000_t202" style="position:absolute;margin-left:364.9pt;margin-top:793.4pt;width:57.35pt;height:17.25pt;z-index:-4408;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB2aevaywEAAIADAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO0zAQfUfiHyy/06Rdll2ipitgtQhp&#10;WZAWPsB17MYi8ZgZt0n5esZO0+XyhnixxuPx8Tlnxuubse/EwSA58LVcLkopjNfQOL+r5dcvdy+u&#10;paCofKM68KaWR0PyZvP82XoIlVlBC11jUDCIp2oItWxjDFVRkG5Nr2gBwXg+tIC9irzFXdGgGhi9&#10;74pVWb4qBsAmIGhDxNnb6VBuMr61RsdP1pKJoqslc4t5xbxu01ps1qraoQqt0yca6h9Y9Mp5fvQM&#10;dauiEnt0f0H1TiMQ2LjQ0BdgrdMma2A1y/IPNY+tCiZrYXMonG2i/werHw6P4TOKOL6FkRuYRVC4&#10;B/2N2JtiCFSdapKnVFGq3g4foeFuqn2EfGO02Cf5LEgwDDt9PLtrxig0J69W1xcvL6XQfLRavi6v&#10;LpP7harmywEpvjfQixTUErl5GVwd7ilOpXNJesvDneu63MDO/5ZgzJTJ5BPfiXkct6NwTS0v0rtJ&#10;yxaaI6tBmMaCx5iDFvCHFAOPRC3p+16hkaL74NnzND9zgHOwnQPlNV+tZZRiCt/Fac72Ad2uZeTJ&#10;XA9v2DXrsqInFie63ObsyWkk0xz9us9VTx9n8xMAAP//AwBQSwMEFAAGAAgAAAAhAMWeRE/jAAAA&#10;DQEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1SNyo09CkaYhToaKKA+qhBaQe3djE&#10;EfE6it3U/XuWE9x2d0azb6p1tD2b9Og7hwLmswSYxsapDlsBH+/bhwKYDxKV7B1qAVftYV3f3lSy&#10;VO6Cez0dQssoBH0pBZgQhpJz3xhtpZ+5QSNpX260MtA6tlyN8kLhtudpkuTcyg7pg5GD3hjdfB/O&#10;VsDnZti+xaORuylTry/pcn8dmyjE/V18fgIWdAx/ZvjFJ3Soienkzqg86wUs0xWhBxKyIqeJLMVi&#10;kQE70SlP54/A64r/b1H/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAA&#10;AAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEA&#10;AAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAHZp69rLAQAAgAMA&#10;AA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAMWeRE/jAAAA&#10;DQEAAA8AAAAAAAAAAAAAAAAAJQQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAA1BQAA&#10;AAA=&#10;" filled="f" stroked="f">
+            <v:shape id="Text Box 3" style="position:absolute;margin-left:364.9pt;margin-top:793.4pt;width:57.35pt;height:17.25pt;z-index:-4408;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:spid="_x0000_s1029" filled="f" stroked="f" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB2aevaywEAAIADAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO0zAQfUfiHyy/06Rdll2ipitgtQhp&#10;WZAWPsB17MYi8ZgZt0n5esZO0+XyhnixxuPx8Tlnxuubse/EwSA58LVcLkopjNfQOL+r5dcvdy+u&#10;paCofKM68KaWR0PyZvP82XoIlVlBC11jUDCIp2oItWxjDFVRkG5Nr2gBwXg+tIC9irzFXdGgGhi9&#10;74pVWb4qBsAmIGhDxNnb6VBuMr61RsdP1pKJoqslc4t5xbxu01ps1qraoQqt0yca6h9Y9Mp5fvQM&#10;dauiEnt0f0H1TiMQ2LjQ0BdgrdMma2A1y/IPNY+tCiZrYXMonG2i/werHw6P4TOKOL6FkRuYRVC4&#10;B/2N2JtiCFSdapKnVFGq3g4foeFuqn2EfGO02Cf5LEgwDDt9PLtrxig0J69W1xcvL6XQfLRavi6v&#10;LpP7harmywEpvjfQixTUErl5GVwd7ilOpXNJesvDneu63MDO/5ZgzJTJ5BPfiXkct6NwTS0v0rtJ&#10;yxaaI6tBmMaCx5iDFvCHFAOPRC3p+16hkaL74NnzND9zgHOwnQPlNV+tZZRiCt/Fac72Ad2uZeTJ&#10;XA9v2DXrsqInFie63ObsyWkk0xz9us9VTx9n8xMAAP//AwBQSwMEFAAGAAgAAAAhAMWeRE/jAAAA&#10;DQEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1SNyo09CkaYhToaKKA+qhBaQe3djE&#10;EfE6it3U/XuWE9x2d0azb6p1tD2b9Og7hwLmswSYxsapDlsBH+/bhwKYDxKV7B1qAVftYV3f3lSy&#10;VO6Cez0dQssoBH0pBZgQhpJz3xhtpZ+5QSNpX260MtA6tlyN8kLhtudpkuTcyg7pg5GD3hjdfB/O&#10;VsDnZti+xaORuylTry/pcn8dmyjE/V18fgIWdAx/ZvjFJ3Soienkzqg86wUs0xWhBxKyIqeJLMVi&#10;kQE70SlP54/A64r/b1H/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAA&#10;AAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEA&#10;AAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAHZp69rLAQAAgAMA&#10;AA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAMWeRE/jAAAA&#10;DQEAAA8AAAAAAAAAAAAAAAAAJQQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAA1BQAA&#10;AAA=&#10;" w14:anchorId="74812CF8">
               <v:path arrowok="t"/>
               <v:textbox inset="0,0,0,0">
                 <w:txbxContent>
-                  <w:p w14:paraId="5E2A80BA" w14:textId="77777777" w:rsidR="008B74C7" w:rsidRPr="003B737C" w:rsidRDefault="00132B61">
+                  <w:p w:rsidRPr="003B737C" w:rsidR="008B74C7" w:rsidRDefault="00132B61" w14:paraId="5E2A80BA" w14:textId="77777777">
                     <w:pPr>
                       <w:spacing w:before="14" w:line="155" w:lineRule="exact"/>
                       <w:ind w:left="20"/>
                       <w:rPr>
                         <w:b/>
                         <w:sz w:val="13"/>
                         <w:szCs w:val="13"/>
                       </w:rPr>
                     </w:pPr>
-                    <w:proofErr w:type="spellStart"/>
                     <w:r w:rsidRPr="003B737C">
                       <w:rPr>
                         <w:b/>
                         <w:sz w:val="13"/>
                         <w:szCs w:val="13"/>
                       </w:rPr>
                       <w:t>Telefon</w:t>
                     </w:r>
-                    <w:proofErr w:type="spellEnd"/>
                   </w:p>
-                  <w:p w14:paraId="1F99409B" w14:textId="77777777" w:rsidR="008B74C7" w:rsidRPr="003B737C" w:rsidRDefault="00132B61">
+                  <w:p w:rsidRPr="003B737C" w:rsidR="008B74C7" w:rsidRDefault="00132B61" w14:paraId="1F99409B" w14:textId="77777777">
                     <w:pPr>
                       <w:spacing w:line="155" w:lineRule="exact"/>
                       <w:ind w:left="20"/>
                       <w:rPr>
                         <w:sz w:val="13"/>
                         <w:szCs w:val="13"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r w:rsidRPr="003B737C">
                       <w:rPr>
                         <w:sz w:val="13"/>
                         <w:szCs w:val="13"/>
                       </w:rPr>
-                      <w:t xml:space="preserve">08-524 800 00, </w:t>
+                      <w:t>08-524 800 00, vx</w:t>
                     </w:r>
-                    <w:proofErr w:type="spellStart"/>
-[...7 lines deleted...]
-                    <w:proofErr w:type="spellEnd"/>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
-    <w:r w:rsidR="003B737C" w:rsidRPr="003B737C">
+    <w:r w:rsidRPr="003B737C" w:rsidR="003B737C">
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
         <w:lang w:val="sv-SE" w:eastAsia="sv-SE"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="503312048" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="59C75450" wp14:editId="1691F061">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="page">
                 <wp:posOffset>3507740</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:posOffset>10075545</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="590550" cy="219075"/>
               <wp:effectExtent l="0" t="0" r="6350" b="9525"/>
               <wp:wrapNone/>
               <wp:docPr id="7" name="Text Box 4"/>
               <wp:cNvGraphicFramePr>
                 <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
               </wp:cNvGraphicFramePr>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
@@ -5035,164 +5058,154 @@
                       <a:ln>
                         <a:noFill/>
                       </a:ln>
                       <a:extLst>
                         <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                           <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                             <a:solidFill>
                               <a:srgbClr val="FFFFFF"/>
                             </a:solidFill>
                           </a14:hiddenFill>
                         </a:ext>
                         <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                           <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                             <a:solidFill>
                               <a:srgbClr val="000000"/>
                             </a:solidFill>
                             <a:miter lim="800000"/>
                             <a:headEnd/>
                             <a:tailEnd/>
                           </a14:hiddenLine>
                         </a:ext>
                       </a:extLst>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w14:paraId="100955CA" w14:textId="77777777" w:rsidR="008B74C7" w:rsidRPr="003B737C" w:rsidRDefault="00132B61">
+                        <w:p w:rsidRPr="003B737C" w:rsidR="008B74C7" w:rsidRDefault="00132B61" w14:paraId="100955CA" w14:textId="77777777">
                           <w:pPr>
                             <w:spacing w:before="14" w:line="155" w:lineRule="exact"/>
                             <w:ind w:left="20"/>
                             <w:rPr>
                               <w:b/>
                               <w:sz w:val="13"/>
                               <w:szCs w:val="13"/>
                             </w:rPr>
                           </w:pPr>
                           <w:r w:rsidRPr="003B737C">
                             <w:rPr>
                               <w:b/>
                               <w:sz w:val="13"/>
                               <w:szCs w:val="13"/>
                             </w:rPr>
                             <w:t>Org. Nummer</w:t>
                           </w:r>
                         </w:p>
-                        <w:p w14:paraId="512CECF7" w14:textId="77777777" w:rsidR="008B74C7" w:rsidRPr="003B737C" w:rsidRDefault="00132B61">
+                        <w:p w:rsidRPr="003B737C" w:rsidR="008B74C7" w:rsidRDefault="00132B61" w14:paraId="512CECF7" w14:textId="77777777">
                           <w:pPr>
                             <w:spacing w:line="155" w:lineRule="exact"/>
                             <w:ind w:left="29"/>
                             <w:rPr>
                               <w:sz w:val="13"/>
                               <w:szCs w:val="13"/>
                             </w:rPr>
                           </w:pPr>
                           <w:r w:rsidRPr="003B737C">
                             <w:rPr>
                               <w:sz w:val="13"/>
                               <w:szCs w:val="13"/>
                             </w:rPr>
                             <w:t>202100 2973</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" anchor="t" anchorCtr="0" upright="1">
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="page">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="page">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:shape w14:anchorId="59C75450" id="Text Box 4" o:spid="_x0000_s1030" type="#_x0000_t202" style="position:absolute;margin-left:276.2pt;margin-top:793.35pt;width:46.5pt;height:17.25pt;z-index:-4432;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBsu1rNygEAAIADAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO0zAQfUfiHyy/06QVBTZqugJWi5CW&#10;i7TsBziO3VgkHjPjNilfz9hpu8C+IV6sycz4+Jwzk831NPTiYJAc+FouF6UUxmtond/V8uHb7Ys3&#10;UlBUvlU9eFPLoyF5vX3+bDOGyqygg741KBjEUzWGWnYxhqooSHdmULSAYDwXLeCgIn/irmhRjYw+&#10;9MWqLF8VI2AbELQh4uzNXJTbjG+t0fGLtWSi6GvJ3GI+MZ9NOovtRlU7VKFz+kRD/QOLQTnPj16g&#10;blRUYo/uCdTgNAKBjQsNQwHWOm2yBlazLP9Sc9+pYLIWNofCxSb6f7D68+E+fEURp3cw8QCzCAp3&#10;oL8Te1OMgapTT/KUKkrdzfgJWp6m2kfINyaLQ5LPggTDsNPHi7tmikJzcn1Vrtdc0VxaLa/K1+vk&#10;fqGq8+WAFD8YGEQKaok8vAyuDncU59ZzS3rLw63r+zzA3v+RYMyUyeQT35l5nJpJuLaWL9O7SUsD&#10;7ZHVIMxrwWvMQQf4U4qRV6KW9GOv0EjRf/Tsedqfc4DnoDkHymu+WssoxRy+j/Oe7QO6XcfIs7ke&#10;3rJr1mVFjyxOdHnM2ZPTSqY9+v07dz3+ONtfAAAA//8DAFBLAwQUAAYACAAAACEA6WmdguIAAAAN&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VI3KhTq06rNE6FiioOiEMLSBzd2I0j&#10;Yjuy3dT9e5YTPe7M0+xMvcl2IJMOsfdOwHxWANGu9ap3nYDPj93TCkhM0ik5eKcFXHWETXN/V8tK&#10;+Yvb6+mQOoIhLlZSgElprCiNrdFWxpkftUPv5IOVCc/QURXkBcPtQFlRlNTK3uEHI0e9Nbr9OZyt&#10;gK/tuHvL30a+T1y9vrDl/hraLMTjQ35eA0k6p38Y/upjdWiw09GfnYpkEMA5WyCKBl+VSyCIlAuO&#10;0hGlks0Z0KamtyuaXwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAAL&#10;AAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBsu1rNygEAAIADAAAO&#10;AAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQDpaZ2C4gAAAA0B&#10;AAAPAAAAAAAAAAAAAAAAACQEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAMwUAAAAA&#10;" filled="f" stroked="f">
+            <v:shape id="Text Box 4" style="position:absolute;margin-left:276.2pt;margin-top:793.35pt;width:46.5pt;height:17.25pt;z-index:-4432;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:spid="_x0000_s1030" filled="f" stroked="f" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBsu1rNygEAAIADAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO0zAQfUfiHyy/06QVBTZqugJWi5CW&#10;i7TsBziO3VgkHjPjNilfz9hpu8C+IV6sycz4+Jwzk831NPTiYJAc+FouF6UUxmtond/V8uHb7Ys3&#10;UlBUvlU9eFPLoyF5vX3+bDOGyqygg741KBjEUzWGWnYxhqooSHdmULSAYDwXLeCgIn/irmhRjYw+&#10;9MWqLF8VI2AbELQh4uzNXJTbjG+t0fGLtWSi6GvJ3GI+MZ9NOovtRlU7VKFz+kRD/QOLQTnPj16g&#10;blRUYo/uCdTgNAKBjQsNQwHWOm2yBlazLP9Sc9+pYLIWNofCxSb6f7D68+E+fEURp3cw8QCzCAp3&#10;oL8Te1OMgapTT/KUKkrdzfgJWp6m2kfINyaLQ5LPggTDsNPHi7tmikJzcn1Vrtdc0VxaLa/K1+vk&#10;fqGq8+WAFD8YGEQKaok8vAyuDncU59ZzS3rLw63r+zzA3v+RYMyUyeQT35l5nJpJuLaWL9O7SUsD&#10;7ZHVIMxrwWvMQQf4U4qRV6KW9GOv0EjRf/Tsedqfc4DnoDkHymu+WssoxRy+j/Oe7QO6XcfIs7ke&#10;3rJr1mVFjyxOdHnM2ZPTSqY9+v07dz3+ONtfAAAA//8DAFBLAwQUAAYACAAAACEA6WmdguIAAAAN&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VI3KhTq06rNE6FiioOiEMLSBzd2I0j&#10;Yjuy3dT9e5YTPe7M0+xMvcl2IJMOsfdOwHxWANGu9ap3nYDPj93TCkhM0ik5eKcFXHWETXN/V8tK&#10;+Yvb6+mQOoIhLlZSgElprCiNrdFWxpkftUPv5IOVCc/QURXkBcPtQFlRlNTK3uEHI0e9Nbr9OZyt&#10;gK/tuHvL30a+T1y9vrDl/hraLMTjQ35eA0k6p38Y/upjdWiw09GfnYpkEMA5WyCKBl+VSyCIlAuO&#10;0hGlks0Z0KamtyuaXwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAAL&#10;AAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBsu1rNygEAAIADAAAO&#10;AAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQDpaZ2C4gAAAA0B&#10;AAAPAAAAAAAAAAAAAAAAACQEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAMwUAAAAA&#10;" w14:anchorId="59C75450">
               <v:path arrowok="t"/>
               <v:textbox inset="0,0,0,0">
                 <w:txbxContent>
-                  <w:p w14:paraId="100955CA" w14:textId="77777777" w:rsidR="008B74C7" w:rsidRPr="003B737C" w:rsidRDefault="00132B61">
+                  <w:p w:rsidRPr="003B737C" w:rsidR="008B74C7" w:rsidRDefault="00132B61" w14:paraId="100955CA" w14:textId="77777777">
                     <w:pPr>
                       <w:spacing w:before="14" w:line="155" w:lineRule="exact"/>
                       <w:ind w:left="20"/>
                       <w:rPr>
                         <w:b/>
                         <w:sz w:val="13"/>
                         <w:szCs w:val="13"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r w:rsidRPr="003B737C">
                       <w:rPr>
                         <w:b/>
                         <w:sz w:val="13"/>
                         <w:szCs w:val="13"/>
                       </w:rPr>
-                      <w:t xml:space="preserve">Org. </w:t>
+                      <w:t>Org. Nummer</w:t>
                     </w:r>
-                    <w:proofErr w:type="spellStart"/>
-[...8 lines deleted...]
-                    <w:proofErr w:type="spellEnd"/>
                   </w:p>
-                  <w:p w14:paraId="512CECF7" w14:textId="77777777" w:rsidR="008B74C7" w:rsidRPr="003B737C" w:rsidRDefault="00132B61">
+                  <w:p w:rsidRPr="003B737C" w:rsidR="008B74C7" w:rsidRDefault="00132B61" w14:paraId="512CECF7" w14:textId="77777777">
                     <w:pPr>
                       <w:spacing w:line="155" w:lineRule="exact"/>
                       <w:ind w:left="29"/>
                       <w:rPr>
                         <w:sz w:val="13"/>
                         <w:szCs w:val="13"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r w:rsidRPr="003B737C">
                       <w:rPr>
                         <w:sz w:val="13"/>
                         <w:szCs w:val="13"/>
                       </w:rPr>
                       <w:t>202100 2973</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
-    <w:r w:rsidR="00E87CD6" w:rsidRPr="003B737C">
+    <w:r w:rsidRPr="003B737C" w:rsidR="00E87CD6">
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
         <w:lang w:val="sv-SE" w:eastAsia="sv-SE"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wpg">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="503312024" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="610989E1" wp14:editId="23467814">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="page">
                 <wp:posOffset>1298575</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:posOffset>9994265</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="5331460" cy="9525"/>
               <wp:effectExtent l="0" t="0" r="2540" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="8" name="Group 5"/>
               <wp:cNvGraphicFramePr>
                 <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
               </wp:cNvGraphicFramePr>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
@@ -5441,286 +5454,284 @@
                         </a:ln>
                         <a:extLst>
                           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:noFill/>
                             </a14:hiddenFill>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr/>
                     </wps:wsp>
                   </wpg:wgp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="page">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="page">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:group w14:anchorId="42EB21E6" id="Group 5" o:spid="_x0000_s1026" style="position:absolute;margin-left:102.25pt;margin-top:786.95pt;width:419.8pt;height:.75pt;z-index:-4456;mso-position-horizontal-relative:page;mso-position-vertical-relative:page" coordorigin="2045,15739" coordsize="8396,15" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCumgOJYgMAAAgRAAAOAAAAZHJzL2Uyb0RvYy54bWzsWG1v2jAQ/j5p/8Hy9zUkIRSihmrqmyZ1&#10;W7VuP8AkzouW2JkdCN2v3/kcINCpq1paqRp8QDbnnM/Pc/f4wsnpsirJgitdSBFR92hACRexTAqR&#10;RfTH98sPY0p0w0TCSil4RO+4pqfT9+9O2jrknsxlmXBFwInQYVtHNG+aOnQcHee8YvpI1lyAMZWq&#10;Yg1MVeYkirXgvSodbzAYOa1USa1kzLWGX8+tkU7Rf5ryuPmappo3pIwoxNbgt8Lvmfl2picszBSr&#10;8yLuwmBPiKJihYBN167OWcPIXBX3XFVFrKSWaXMUy8qRaVrEHM8Ap3EHO6e5UnJe41mysM3qNUwA&#10;7Q5OT3Ybf1ncKFIkEQWiBKuAItyVBAaats5CWHGl6tv6RtnzwfBaxj81mJ1du5lndjGZtZ9lAu7Y&#10;vJEIzTJVlXEBhyZLZOBuzQBfNiSGHwPfd4cjICoG2yTwMAoWxjmwaB7yBsOAErC5wbE/sezF+UX3&#10;9NifjOyjLj7osNBuioF2gZlTQa7pDZz6eXDe5qzmyJI2YHVwTlZwXheCE9ezcOKKM2GxjJdiC8ue&#10;0YSoAfJ/otgHZDiygKzA9ILh0MKBeb5Gg4W10s0VlxUxg4iWECJSxBbXujHEbpYYxoS8LMoSS6UU&#10;pAVmXPBsLFqWRWKMOFHZ7KxUZMFMseHHBATOtpaZPc+Zzu06NNm4IdtFgrvknCUX3bhhRWnH4KgU&#10;mHUWHMvkTCZ3N8rs0/H6SgS7kKW2YL6ByjCRlUCza05i4oBEWJWM7tdLz/JojofBGIpzO+lXHEOi&#10;Y63sJPyGv45iBTE+RPEWQ/pxRBoyesnxED1ESSu9cFXAIJfqNyUtyG5E9a85U5yS8pOAQjSZZXQa&#10;J8Pg2IOJ6ltmfQsTMbiKaEOJHZ41VtvntSqyHHZy8dBCfgQVSgvMbYO7TZrXzxl3lTNWFbAuu3TZ&#10;pyqAhPqrjNlVBffYBW0y+npQhefcon+XfRD6e6qA99S+RWHke5BMB1FAuXjbogClai8SFIVx7wrZ&#10;pyaMfB+aI5swu5rgDfyu5zpowgtoAnRhu53CcY/lvTUKY3+0pnjVHR8aBdNCvLlGAdq6niZgY/8C&#10;fcLYH68vkfuaEPyffQK+LMLrNr65dH8NmPf5/hw7x80fGNM/AAAA//8DAFBLAwQUAAYACAAAACEA&#10;e0kyd+YAAAATAQAADwAAAGRycy9kb3ducmV2LnhtbExPy27CMBC8V+o/WFupt2IHktKGOAjRxwlV&#10;KiBVvS3xkkTEdhSbJPx9TS/tZaXdmZ1Hthx1w3rqXG2NhGgigJEprKpNKWG/e3t4AuY8GoWNNSTh&#10;Qg6W+e1Nhqmyg/mkfutLFkSMS1FC5X2bcu6KijS6iW3JBOxoO40+rF3JVYdDENcNnwrxyDXWJjhU&#10;2NK6ouK0PWsJ7wMOq1n02m9Ox/Xle5d8fG0ikvL+bnxZhLFaAPM0+r8PuHYI+SEPwQ72bJRjjYSp&#10;iJNADUAynz0Du1JEHEfADr+3JAaeZ/x/l/wHAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;rpoDiWIDAAAIEQAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAe0kyd+YAAAATAQAADwAAAAAAAAAAAAAAAAC8BQAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAM8GAAAAAA==&#10;">
-              <v:line id="Line 12" o:spid="_x0000_s1027" style="position:absolute;visibility:visible;mso-wrap-style:square" from="2045,15746" to="4589,15746" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDSKJkJyQAAAN8AAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;FITvBf/D8gRvddOKtY2uIopQeqqp2vb2mn1NQrNvl+xq4r93BaGXgWGYb5jZojO1OFHjK8sKHoYJ&#10;COLc6ooLBbuPzf0zCB+QNdaWScGZPCzmvbsZptq2vKVTFgoRIexTVFCG4FIpfV6SQT+0jjhmv7Yx&#10;GKJtCqkbbCPc1PIxSZ6kwYrjQomOViXlf9nRKPj5ona/PSzHn5Nxttu/j9zh+80pNeh362mU5RRE&#10;oC78N26IV63gBa5/4heQ8wsAAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAA&#10;AAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAV&#10;AQAACwAAAAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA0iiZCckAAADf&#10;AAAADwAAAAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAP0CAAAA&#10;AA==&#10;" strokeweight=".72pt">
+            <v:group id="Group 5" style="position:absolute;margin-left:102.25pt;margin-top:786.95pt;width:419.8pt;height:.75pt;z-index:-4456;mso-position-horizontal-relative:page;mso-position-vertical-relative:page" coordsize="8396,15" coordorigin="2045,15739" o:spid="_x0000_s1026" w14:anchorId="42EB21E6" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCumgOJYgMAAAgRAAAOAAAAZHJzL2Uyb0RvYy54bWzsWG1v2jAQ/j5p/8Hy9zUkIRSihmrqmyZ1&#10;W7VuP8AkzouW2JkdCN2v3/kcINCpq1paqRp8QDbnnM/Pc/f4wsnpsirJgitdSBFR92hACRexTAqR&#10;RfTH98sPY0p0w0TCSil4RO+4pqfT9+9O2jrknsxlmXBFwInQYVtHNG+aOnQcHee8YvpI1lyAMZWq&#10;Yg1MVeYkirXgvSodbzAYOa1USa1kzLWGX8+tkU7Rf5ryuPmappo3pIwoxNbgt8Lvmfl2picszBSr&#10;8yLuwmBPiKJihYBN167OWcPIXBX3XFVFrKSWaXMUy8qRaVrEHM8Ap3EHO6e5UnJe41mysM3qNUwA&#10;7Q5OT3Ybf1ncKFIkEQWiBKuAItyVBAaats5CWHGl6tv6RtnzwfBaxj81mJ1du5lndjGZtZ9lAu7Y&#10;vJEIzTJVlXEBhyZLZOBuzQBfNiSGHwPfd4cjICoG2yTwMAoWxjmwaB7yBsOAErC5wbE/sezF+UX3&#10;9NifjOyjLj7osNBuioF2gZlTQa7pDZz6eXDe5qzmyJI2YHVwTlZwXheCE9ezcOKKM2GxjJdiC8ue&#10;0YSoAfJ/otgHZDiygKzA9ILh0MKBeb5Gg4W10s0VlxUxg4iWECJSxBbXujHEbpYYxoS8LMoSS6UU&#10;pAVmXPBsLFqWRWKMOFHZ7KxUZMFMseHHBATOtpaZPc+Zzu06NNm4IdtFgrvknCUX3bhhRWnH4KgU&#10;mHUWHMvkTCZ3N8rs0/H6SgS7kKW2YL6ByjCRlUCza05i4oBEWJWM7tdLz/JojofBGIpzO+lXHEOi&#10;Y63sJPyGv45iBTE+RPEWQ/pxRBoyesnxED1ESSu9cFXAIJfqNyUtyG5E9a85U5yS8pOAQjSZZXQa&#10;J8Pg2IOJ6ltmfQsTMbiKaEOJHZ41VtvntSqyHHZy8dBCfgQVSgvMbYO7TZrXzxl3lTNWFbAuu3TZ&#10;pyqAhPqrjNlVBffYBW0y+npQhefcon+XfRD6e6qA99S+RWHke5BMB1FAuXjbogClai8SFIVx7wrZ&#10;pyaMfB+aI5swu5rgDfyu5zpowgtoAnRhu53CcY/lvTUKY3+0pnjVHR8aBdNCvLlGAdq6niZgY/8C&#10;fcLYH68vkfuaEPyffQK+LMLrNr65dH8NmPf5/hw7x80fGNM/AAAA//8DAFBLAwQUAAYACAAAACEA&#10;e0kyd+YAAAATAQAADwAAAGRycy9kb3ducmV2LnhtbExPy27CMBC8V+o/WFupt2IHktKGOAjRxwlV&#10;KiBVvS3xkkTEdhSbJPx9TS/tZaXdmZ1Hthx1w3rqXG2NhGgigJEprKpNKWG/e3t4AuY8GoWNNSTh&#10;Qg6W+e1Nhqmyg/mkfutLFkSMS1FC5X2bcu6KijS6iW3JBOxoO40+rF3JVYdDENcNnwrxyDXWJjhU&#10;2NK6ouK0PWsJ7wMOq1n02m9Ox/Xle5d8fG0ikvL+bnxZhLFaAPM0+r8PuHYI+SEPwQ72bJRjjYSp&#10;iJNADUAynz0Du1JEHEfADr+3JAaeZ/x/l/wHAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;rpoDiWIDAAAIEQAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAe0kyd+YAAAATAQAADwAAAAAAAAAAAAAAAAC8BQAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAM8GAAAAAA==&#10;">
+              <v:line id="Line 12" style="position:absolute;visibility:visible;mso-wrap-style:square" o:spid="_x0000_s1027" strokeweight=".72pt" o:connectortype="straight" from="2045,15746" to="4589,15746" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDSKJkJyQAAAN8AAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;FITvBf/D8gRvddOKtY2uIopQeqqp2vb2mn1NQrNvl+xq4r93BaGXgWGYb5jZojO1OFHjK8sKHoYJ&#10;COLc6ooLBbuPzf0zCB+QNdaWScGZPCzmvbsZptq2vKVTFgoRIexTVFCG4FIpfV6SQT+0jjhmv7Yx&#10;GKJtCqkbbCPc1PIxSZ6kwYrjQomOViXlf9nRKPj5ona/PSzHn5Nxttu/j9zh+80pNeh362mU5RRE&#10;oC78N26IV63gBa5/4heQ8wsAAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAA&#10;AAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAV&#10;AQAACwAAAAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA0iiZCckAAADf&#10;AAAADwAAAAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAP0CAAAA&#10;AA==&#10;">
                 <o:lock v:ext="edit" shapetype="f"/>
               </v:line>
-              <v:rect id="Rectangle 11" o:spid="_x0000_s1028" style="position:absolute;left:4588;top:15739;width:15;height:15;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCpC3IFxQAAAOAAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/BasJA&#10;EIbvgu+wTMGbbtqDlOgq0mLxYA9V8TxmxyQmOxt2V5O+fedQ8DL8wzDfz7dcD65VDwqx9mzgdZaB&#10;Ii68rbk0cDpup++gYkK22HomA78UYb0aj5aYW9/zDz0OqVQC4ZijgSqlLtc6FhU5jDPfEcvt6oPD&#10;JGsotQ3YC9y1+i3L5tphzdJQYUcfFRXN4e4MNFfNfbPb7PvL18XG2/c5NIUzZvIyfC5kbBagEg3p&#10;+fGP2FlxEAURkgB69QcAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAAL&#10;AAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCpC3IFxQAAAOAAAAAP&#10;AAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA+QIAAAAA&#10;" fillcolor="black" stroked="f">
+              <v:rect id="Rectangle 11" style="position:absolute;left:4588;top:15739;width:15;height:15;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:spid="_x0000_s1028" fillcolor="black" stroked="f" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCpC3IFxQAAAOAAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/BasJA&#10;EIbvgu+wTMGbbtqDlOgq0mLxYA9V8TxmxyQmOxt2V5O+fedQ8DL8wzDfz7dcD65VDwqx9mzgdZaB&#10;Ii68rbk0cDpup++gYkK22HomA78UYb0aj5aYW9/zDz0OqVQC4ZijgSqlLtc6FhU5jDPfEcvt6oPD&#10;JGsotQ3YC9y1+i3L5tphzdJQYUcfFRXN4e4MNFfNfbPb7PvL18XG2/c5NIUzZvIyfC5kbBagEg3p&#10;+fGP2FlxEAURkgB69QcAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAAL&#10;AAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCpC3IFxQAAAOAAAAAP&#10;AAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA+QIAAAAA&#10;">
                 <v:path arrowok="t"/>
               </v:rect>
-              <v:line id="Line 10" o:spid="_x0000_s1029" style="position:absolute;visibility:visible;mso-wrap-style:square" from="4603,15746" to="6322,15746" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBhLUkryQAAAOAAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/LasMw&#10;EEX3hfyDmEB2jZyWPHCihNBSCF01zns3taa2qTUSlhq7fx8FCt0MM1zuGc5i1ZlaXKnxlWUFo2EC&#10;gji3uuJCwX739jgD4QOyxtoyKfglD6tl72GBqbYtb+mahUJECPsUFZQhuFRKn5dk0A+tI47Zl20M&#10;hng2hdQNthFuavmUJBNpsOL4oURHLyXl39mPUfB5pvawPa7Hp+k42x8+nt3x8u6UGvS713kc6zmI&#10;QF34b/whNjo6jOAuFBeQyxsAAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAA&#10;AAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAV&#10;AQAACwAAAAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAYS1JK8kAAADg&#10;AAAADwAAAAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAP0CAAAA&#10;AA==&#10;" strokeweight=".72pt">
+              <v:line id="Line 10" style="position:absolute;visibility:visible;mso-wrap-style:square" o:spid="_x0000_s1029" strokeweight=".72pt" o:connectortype="straight" from="4603,15746" to="6322,15746" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBhLUkryQAAAOAAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/LasMw&#10;EEX3hfyDmEB2jZyWPHCihNBSCF01zns3taa2qTUSlhq7fx8FCt0MM1zuGc5i1ZlaXKnxlWUFo2EC&#10;gji3uuJCwX739jgD4QOyxtoyKfglD6tl72GBqbYtb+mahUJECPsUFZQhuFRKn5dk0A+tI47Zl20M&#10;hng2hdQNthFuavmUJBNpsOL4oURHLyXl39mPUfB5pvawPa7Hp+k42x8+nt3x8u6UGvS713kc6zmI&#10;QF34b/whNjo6jOAuFBeQyxsAAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAA&#10;AAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAV&#10;AQAACwAAAAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAYS1JK8kAAADg&#10;AAAADwAAAAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAP0CAAAA&#10;AA==&#10;">
                 <o:lock v:ext="edit" shapetype="f"/>
               </v:line>
-              <v:rect id="Rectangle 9" o:spid="_x0000_s1030" style="position:absolute;left:6321;top:15739;width:15;height:15;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQA2lUnpxgAAAOAAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ni8Iw&#10;EIbvgv8hzMLebLoeFqlGEUXxsB78YM9jM7bdNpOSRNv990YQvAwzvLzP8MwWvWnEnZyvLCv4SlIQ&#10;xLnVFRcKzqfNaALCB2SNjWVS8E8eFvPhYIaZth0f6H4MhYgQ9hkqKENoMyl9XpJBn9iWOGZX6wyG&#10;eLpCaoddhJtGjtP0WxqsOH4osaVVSXl9vBkF9VVyV++WP91le9H+b//r6two9fnRr6dxLKcgAvXh&#10;3Xghdjo6jOEpFBeQ8wcAAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAA&#10;AAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAA&#10;CwAAAAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEANpVJ6cYAAADgAAAA&#10;DwAAAAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPoCAAAAAA==&#10;" fillcolor="black" stroked="f">
+              <v:rect id="Rectangle 9" style="position:absolute;left:6321;top:15739;width:15;height:15;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:spid="_x0000_s1030" fillcolor="black" stroked="f" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQA2lUnpxgAAAOAAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ni8Iw&#10;EIbvgv8hzMLebLoeFqlGEUXxsB78YM9jM7bdNpOSRNv990YQvAwzvLzP8MwWvWnEnZyvLCv4SlIQ&#10;xLnVFRcKzqfNaALCB2SNjWVS8E8eFvPhYIaZth0f6H4MhYgQ9hkqKENoMyl9XpJBn9iWOGZX6wyG&#10;eLpCaoddhJtGjtP0WxqsOH4osaVVSXl9vBkF9VVyV++WP91le9H+b//r6two9fnRr6dxLKcgAvXh&#10;3Xghdjo6jOEpFBeQ8wcAAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAA&#10;AAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAA&#10;CwAAAAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEANpVJ6cYAAADgAAAA&#10;DwAAAAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPoCAAAAAA==&#10;">
                 <v:path arrowok="t"/>
               </v:rect>
-              <v:line id="Line 8" o:spid="_x0000_s1031" style="position:absolute;visibility:visible;mso-wrap-style:square" from="6336,15746" to="8366,15746" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQD+s3LHyQAAAOAAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/BasJA&#10;EIbvQt9hGcGbbqxoS3QVqQjSU03VtrdpdpqEZmeX7Nakb+8Kgpdhhp//G77FqjO1OFPjK8sKxqME&#10;BHFudcWFgsP7dvgMwgdkjbVlUvBPHlbLh94CU21b3tM5C4WIEPYpKihDcKmUPi/JoB9ZRxyzH9sY&#10;DPFsCqkbbCPc1PIxSWbSYMXxQ4mOXkrKf7M/o+D7k9rj/rSefjxNs8PxbeJOX69OqUG/28zjWM9B&#10;BOrCvXFD7HR0mMBVKC4glxcAAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAA&#10;AAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAV&#10;AQAACwAAAAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA/rNyx8kAAADg&#10;AAAADwAAAAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAP0CAAAA&#10;AA==&#10;" strokeweight=".72pt">
+              <v:line id="Line 8" style="position:absolute;visibility:visible;mso-wrap-style:square" o:spid="_x0000_s1031" strokeweight=".72pt" o:connectortype="straight" from="6336,15746" to="8366,15746" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQD+s3LHyQAAAOAAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/BasJA&#10;EIbvQt9hGcGbbqxoS3QVqQjSU03VtrdpdpqEZmeX7Nakb+8Kgpdhhp//G77FqjO1OFPjK8sKxqME&#10;BHFudcWFgsP7dvgMwgdkjbVlUvBPHlbLh94CU21b3tM5C4WIEPYpKihDcKmUPi/JoB9ZRxyzH9sY&#10;DPFsCqkbbCPc1PIxSWbSYMXxQ4mOXkrKf7M/o+D7k9rj/rSefjxNs8PxbeJOX69OqUG/28zjWM9B&#10;BOrCvXFD7HR0mMBVKC4glxcAAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAA&#10;AAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAV&#10;AQAACwAAAAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA/rNyx8kAAADg&#10;AAAADwAAAAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAP0CAAAA&#10;AA==&#10;">
                 <o:lock v:ext="edit" shapetype="f"/>
               </v:line>
-              <v:rect id="Rectangle 7" o:spid="_x0000_s1032" style="position:absolute;left:8366;top:15739;width:15;height:15;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDWMHQGxwAAAOAAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/BasMw&#10;DIbvg76DUaG31ekoY6R1Q2jZyGE7rC09q7GapInlYHtJ9vbzYLCLkPj5P/Fts8l0YiDnG8sKVssE&#10;BHFpdcOVgvPp9fEFhA/IGjvLpOCbPGS72cMWU21H/qThGCoRIexTVFCH0KdS+rImg35pe+KY3awz&#10;GOLpKqkdjhFuOvmUJM/SYMPxQ4097Wsq2+OXUdDeJI9tkb+P17er9vePi2tLo9RiPh02ceQbEIGm&#10;8N/4QxQ6OqzhVyguIHc/AAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAA&#10;AAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEA&#10;AAsAAAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhANYwdAbHAAAA4AAA&#10;AA8AAAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD7AgAAAAA=&#10;" fillcolor="black" stroked="f">
+              <v:rect id="Rectangle 7" style="position:absolute;left:8366;top:15739;width:15;height:15;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:spid="_x0000_s1032" fillcolor="black" stroked="f" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDWMHQGxwAAAOAAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/BasMw&#10;DIbvg76DUaG31ekoY6R1Q2jZyGE7rC09q7GapInlYHtJ9vbzYLCLkPj5P/Fts8l0YiDnG8sKVssE&#10;BHFpdcOVgvPp9fEFhA/IGjvLpOCbPGS72cMWU21H/qThGCoRIexTVFCH0KdS+rImg35pe+KY3awz&#10;GOLpKqkdjhFuOvmUJM/SYMPxQ4097Wsq2+OXUdDeJI9tkb+P17er9vePi2tLo9RiPh02ceQbEIGm&#10;8N/4QxQ6OqzhVyguIHc/AAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAA&#10;AAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEA&#10;AAsAAAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhANYwdAbHAAAA4AAA&#10;AA8AAAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD7AgAAAAA=&#10;">
                 <v:path arrowok="t"/>
               </v:rect>
-              <v:line id="Line 6" o:spid="_x0000_s1033" style="position:absolute;visibility:visible;mso-wrap-style:square" from="8381,15746" to="10440,15746" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAeFk8oyQAAAOAAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/BasJA&#10;EIbvBd9hGcFb3bQltkRXEUtBPGmqtr1Ns9MkmJ1dsquJb+8WCr0MM/z83/DNFr1pxIVaX1tW8DBO&#10;QBAXVtdcKti/v92/gPABWWNjmRRcycNiPribYaZtxzu65KEUEcI+QwVVCC6T0hcVGfRj64hj9mNb&#10;gyGebSl1i12Em0Y+JslEGqw5fqjQ0aqi4pSfjYLvT+oOu+My/XhO8/1h++SOXxun1GjYv07jWE5B&#10;BOrDf+MPsdbRIYVfobiAnN8AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAA&#10;AAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAV&#10;AQAACwAAAAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAHhZPKMkAAADg&#10;AAAADwAAAAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAP0CAAAA&#10;AA==&#10;" strokeweight=".72pt">
+              <v:line id="Line 6" style="position:absolute;visibility:visible;mso-wrap-style:square" o:spid="_x0000_s1033" strokeweight=".72pt" o:connectortype="straight" from="8381,15746" to="10440,15746" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAeFk8oyQAAAOAAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/BasJA&#10;EIbvBd9hGcFb3bQltkRXEUtBPGmqtr1Ns9MkmJ1dsquJb+8WCr0MM/z83/DNFr1pxIVaX1tW8DBO&#10;QBAXVtdcKti/v92/gPABWWNjmRRcycNiPribYaZtxzu65KEUEcI+QwVVCC6T0hcVGfRj64hj9mNb&#10;gyGebSl1i12Em0Y+JslEGqw5fqjQ0aqi4pSfjYLvT+oOu+My/XhO8/1h++SOXxun1GjYv07jWE5B&#10;BOrDf+MPsdbRIYVfobiAnN8AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAA&#10;AAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAV&#10;AQAACwAAAAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAHhZPKMkAAADg&#10;AAAADwAAAAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAP0CAAAA&#10;AA==&#10;">
                 <o:lock v:ext="edit" shapetype="f"/>
               </v:line>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:group>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
+<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w:rsidR="004936C5" w:rsidRDefault="004936C5" w14:paraId="51358A79" w14:textId="77777777">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="5E894094" w14:textId="77777777" w:rsidR="00032AF6" w:rsidRDefault="00032AF6">
+    <w:p w:rsidR="009527F3" w:rsidRDefault="009527F3" w14:paraId="626DA888" w14:textId="77777777">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="7B910CF2" w14:textId="77777777" w:rsidR="00032AF6" w:rsidRDefault="00032AF6">
+    <w:p w:rsidR="009527F3" w:rsidRDefault="009527F3" w14:paraId="7CE2D8D6" w14:textId="77777777">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="58872F87" w14:textId="6F607DF0" w:rsidR="008B74C7" w:rsidRDefault="009B12B2">
+  <w:p w:rsidR="004936C5" w:rsidRDefault="004936C5" w14:paraId="06C4B7F3" w14:textId="77777777">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w:rsidR="008B74C7" w:rsidRDefault="009B12B2" w14:paraId="58872F87" w14:textId="6F607DF0">
     <w:pPr>
       <w:pStyle w:val="BodyText"/>
       <w:spacing w:line="14" w:lineRule="auto"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:val="sv-SE" w:eastAsia="sv-SE"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="503313144" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4003DE4C" wp14:editId="05EC8AAD">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="503313144" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4003DE4C" wp14:editId="1040EC1F">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="margin">
-                <wp:posOffset>4508500</wp:posOffset>
+                <wp:posOffset>4299382</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
-                <wp:posOffset>56515</wp:posOffset>
+                <wp:posOffset>57683</wp:posOffset>
               </wp:positionV>
-              <wp:extent cx="1174750" cy="409315"/>
-              <wp:effectExtent l="0" t="0" r="6350" b="0"/>
+              <wp:extent cx="1382750" cy="410400"/>
+              <wp:effectExtent l="0" t="0" r="8255" b="8890"/>
               <wp:wrapNone/>
               <wp:docPr id="19" name="Text Box 19"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
-                        <a:ext cx="1174750" cy="409315"/>
+                        <a:ext cx="1382750" cy="410400"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:solidFill>
                         <a:schemeClr val="lt1"/>
                       </a:solidFill>
                       <a:ln w="6350">
                         <a:noFill/>
                       </a:ln>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w14:paraId="36459017" w14:textId="26F64852" w:rsidR="009B12B2" w:rsidRDefault="00732BB4" w:rsidP="009B12B2">
+                        <w:p w:rsidR="009B12B2" w:rsidP="009B12B2" w:rsidRDefault="00732BB4" w14:paraId="36459017" w14:textId="26F64852">
                           <w:pPr>
                             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                           </w:pPr>
                           <w:r>
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>ANSÖKAN</w:t>
                           </w:r>
                         </w:p>
-                        <w:p w14:paraId="512A40C3" w14:textId="3EF22B16" w:rsidR="00181533" w:rsidRPr="00181533" w:rsidRDefault="00181533" w:rsidP="009B12B2">
+                        <w:p w:rsidRPr="009B12B2" w:rsidR="009B12B2" w:rsidP="009B12B2" w:rsidRDefault="00181533" w14:paraId="47A414A6" w14:textId="18F1CBF7">
                           <w:pPr>
                             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
                             <w:rPr>
-                              <w:i/>
-[...2 lines deleted...]
-                              <w:szCs w:val="18"/>
+                              <w:sz w:val="20"/>
+                              <w:szCs w:val="20"/>
                             </w:rPr>
                           </w:pPr>
                           <w:r w:rsidRPr="00181533">
                             <w:rPr>
                               <w:i/>
                               <w:iCs/>
                               <w:sz w:val="18"/>
                               <w:szCs w:val="18"/>
                             </w:rPr>
-                            <w:t>Version 202</w:t>
+                            <w:t xml:space="preserve">Version </w:t>
                           </w:r>
-                          <w:r w:rsidR="001D2148">
+                          <w:r w:rsidR="004936C5">
                             <w:rPr>
                               <w:i/>
                               <w:iCs/>
                               <w:sz w:val="18"/>
                               <w:szCs w:val="18"/>
                             </w:rPr>
-                            <w:t>5</w:t>
+                            <w:t>2025-11-20</w:t>
                           </w:r>
-                        </w:p>
-[...7 lines deleted...]
-                          </w:pPr>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:shapetype w14:anchorId="4003DE4C" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+            <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe" w14:anchorId="4003DE4C">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Text Box 19" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:355pt;margin-top:4.45pt;width:92.5pt;height:32.25pt;z-index:503313144;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC/qZKuKwIAAFQEAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtv2zAMvg/YfxB0bxynSbMacYosRYYB&#10;QVsgHXpWZCk2IIuapMTOfv0o2Xms22noRSZFio+PHz17aGtFDsK6CnRO08GQEqE5FJXe5fTH6+rm&#10;CyXOM10wBVrk9CgcfZh//jRrTCZGUIIqhCUYRLusMTktvTdZkjheipq5ARih0SjB1syjandJYVmD&#10;0WuVjIbDu6QBWxgLXDiHt4+dkc5jfCkF989SOuGJyinW5uNp47kNZzKfsWxnmSkr3pfB/qOKmlUa&#10;k55DPTLPyN5Wf4WqK27BgfQDDnUCUlZcxB6wm3T4rptNyYyIvSA4zpxhch8Xlj8dNubFEt9+hRYH&#10;GABpjMscXoZ+Wmnr8MVKCdoRwuMZNtF6wsOjdDqeTtDE0TYe3t+mkxAmubw21vlvAmoShJxaHEtE&#10;ix3WzneuJ5eQzIGqilWlVFQCFcRSWXJgOETlY40Y/A8vpUmT07tbLCM80hCed5GVxlouPQXJt9u2&#10;b3QLxRH7t9BRwxm+qrDINXP+hVnkAvaF/PbPeEgFmAR6iZIS7K9/3Qd/HBFaKWmQWzl1P/fMCkrU&#10;d43Du0/H40DGqIwn0xEq9tqyvbbofb0E7DzFTTI8isHfq5MoLdRvuAaLkBVNTHPMnVN/Epe+Yzyu&#10;EReLRXRC+hnm13pjeAgdQAsjeG3fmDX9nDxO+AlOLGTZu3F1vh3ci70HWcVZBoA7VHvckbqRDf2a&#10;hd241qPX5Wcw/w0AAP//AwBQSwMEFAAGAAgAAAAhAOKbKFfgAAAACAEAAA8AAABkcnMvZG93bnJl&#10;di54bWxMj8tOwzAQRfdI/IM1ldgg6pRQmoY4FUI8pO7a8BA7N54mEfE4it0k/D3DCpZXZ3Tn3Gwz&#10;2VYM2PvGkYLFPAKBVDrTUKXgtXi6SkD4oMno1hEq+EYPm/z8LNOpcSPtcNiHSnAJ+VQrqEPoUil9&#10;WaPVfu46JGZH11sdOPaVNL0eudy28jqKbqXVDfGHWnf4UGP5tT9ZBZ+X1cfWT89vY7yMu8eXoVi9&#10;m0Kpi9l0fwci4BT+juFXn9UhZ6eDO5HxolWwWkS8JShI1iCYJ+sl5wOD+AZknsn/A/IfAAAA//8D&#10;AFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9U&#10;eXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9y&#10;ZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAL+pkq4rAgAAVAQAAA4AAAAAAAAAAAAAAAAALgIAAGRy&#10;cy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAOKbKFfgAAAACAEAAA8AAAAAAAAAAAAAAAAAhQQA&#10;AGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAACSBQAAAAA=&#10;" fillcolor="white [3201]" stroked="f" strokeweight=".5pt">
+            <v:shape id="Text Box 19" style="position:absolute;margin-left:338.55pt;margin-top:4.55pt;width:108.9pt;height:32.3pt;z-index:503313144;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:spid="_x0000_s1026" fillcolor="white [3201]" stroked="f" strokeweight=".5pt" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAF3JbvKwIAAFQEAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtv2zAMvg/YfxB0X+yk6WNGnCJLkWFA&#10;0BZIh54VWYoNSKImKbGzXz9Kdpqs22nYRSZFio/vIz2777QiB+F8A6ak41FOiTAcqsbsSvr9ZfXp&#10;jhIfmKmYAiNKehSe3s8/fpi1thATqEFVwhEMYnzR2pLWIdgiyzyvhWZ+BFYYNEpwmgVU3S6rHGsx&#10;ulbZJM9vshZcZR1w4T3ePvRGOk/xpRQ8PEnpRSCqpFhbSKdL5zae2XzGip1jtm74UAb7hyo0awwm&#10;fQv1wAIje9f8EUo33IEHGUYcdAZSNlykHrCbcf6um03NrEi9IDjevsHk/19Y/njY2GdHQvcFOiQw&#10;AtJaX3i8jP100un4xUoJ2hHC4xtsoguEx0dXd5PbazRxtE3H+TRPuGbn19b58FWAJlEoqUNaElrs&#10;sPYBM6LrySUm86CaatUolZQ4CmKpHDkwJFGFVCO++M1LGdKW9OYKy4iPDMTnfWRlMMG5pyiFbtsN&#10;jW6hOmL/DvrR8JavGixyzXx4Zg5nAfvC+Q5PeEgFmAQGiZIa3M+/3Ud/pAitlLQ4WyX1P/bMCUrU&#10;N4PkfR5Pp3EYkzK9vp2g4i4t20uL2eslYOdj3CTLkxj9gzqJ0oF+xTVYxKxoYoZj7pKGk7gM/cTj&#10;GnGxWCQnHD/LwtpsLI+hI2iRgpfulTk78BSQ4Uc4TSEr3tHV+/ZwL/YBZJO4jAD3qA644+gmioc1&#10;i7txqSev889g/gsAAP//AwBQSwMEFAAGAAgAAAAhAMCyATjhAAAACAEAAA8AAABkcnMvZG93bnJl&#10;di54bWxMj81OwzAQhO9IvIO1SFwQdUqgaUI2FUL8SNxoWhA3N16SiNiOYjcJb89ygtNoNaOZb/PN&#10;bDox0uBbZxGWiwgE2crp1tYIu/Lxcg3CB2W16pwlhG/ysClOT3KVaTfZVxq3oRZcYn2mEJoQ+kxK&#10;XzVklF+4nix7n24wKvA51FIPauJy08mrKFpJo1rLC43q6b6h6mt7NAgfF/X7i5+f9lN8E/cPz2OZ&#10;vOkS8fxsvrsFEWgOf2H4xWd0KJjp4I5We9EhrJJkyVGElIX9dXqdgjggJHECssjl/weKHwAAAP//&#10;AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRf&#10;VHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABf&#10;cmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAF3JbvKwIAAFQEAAAOAAAAAAAAAAAAAAAAAC4CAABk&#10;cnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQDAsgE44QAAAAgBAAAPAAAAAAAAAAAAAAAAAIUE&#10;AABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAkwUAAAAA&#10;">
               <v:textbox>
                 <w:txbxContent>
-                  <w:p w14:paraId="36459017" w14:textId="26F64852" w:rsidR="009B12B2" w:rsidRDefault="00732BB4" w:rsidP="009B12B2">
+                  <w:p w:rsidR="009B12B2" w:rsidP="009B12B2" w:rsidRDefault="00732BB4" w14:paraId="36459017" w14:textId="26F64852">
                     <w:pPr>
                       <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r>
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>ANSÖKAN</w:t>
                     </w:r>
                   </w:p>
-                  <w:p w14:paraId="512A40C3" w14:textId="3EF22B16" w:rsidR="00181533" w:rsidRPr="00181533" w:rsidRDefault="00181533" w:rsidP="009B12B2">
+                  <w:p w:rsidRPr="009B12B2" w:rsidR="009B12B2" w:rsidP="009B12B2" w:rsidRDefault="00181533" w14:paraId="47A414A6" w14:textId="18F1CBF7">
                     <w:pPr>
                       <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
                       <w:rPr>
-                        <w:i/>
-[...2 lines deleted...]
-                        <w:szCs w:val="18"/>
+                        <w:sz w:val="20"/>
+                        <w:szCs w:val="20"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r w:rsidRPr="00181533">
                       <w:rPr>
                         <w:i/>
                         <w:iCs/>
                         <w:sz w:val="18"/>
                         <w:szCs w:val="18"/>
                       </w:rPr>
-                      <w:t>Version 202</w:t>
+                      <w:t xml:space="preserve">Version </w:t>
                     </w:r>
-                    <w:r w:rsidR="001D2148">
+                    <w:r w:rsidR="004936C5">
                       <w:rPr>
                         <w:i/>
                         <w:iCs/>
                         <w:sz w:val="18"/>
                         <w:szCs w:val="18"/>
                       </w:rPr>
-                      <w:t>5</w:t>
+                      <w:t>2025-11-20</w:t>
                     </w:r>
-                  </w:p>
-[...7 lines deleted...]
-                    </w:pPr>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="margin"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r w:rsidR="00132B61">
       <w:rPr>
         <w:noProof/>
         <w:lang w:val="sv-SE" w:eastAsia="sv-SE"/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251656192" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4A72A411" wp14:editId="1F7EEA70">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="page">
             <wp:posOffset>1449071</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="page">
             <wp:posOffset>458471</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1637664" cy="669290"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
@@ -5739,66 +5750,189 @@
                 <pic:blipFill>
                   <a:blip r:embed="rId1" cstate="print"/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="1637664" cy="669290"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
+<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w:rsidR="004936C5" w:rsidRDefault="004936C5" w14:paraId="25A98C50" w14:textId="77777777">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="006673F8"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="6C045562"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="3"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="093279FF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="31422DA0"/>
     <w:lvl w:ilvl="0" w:tplc="BCFEEF3E">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="860" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:eastAsiaTheme="minorHAnsi" w:hint="default"/>
+        <w:rFonts w:hint="default" w:eastAsiaTheme="minorHAnsi"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1580" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2300" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
@@ -5830,51 +5964,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5180" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5900" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6620" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="135E2E4D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4F98CE92"/>
     <w:lvl w:ilvl="0" w:tplc="041D000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="862" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090017">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1582" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -5916,177 +6050,177 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5182" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5902" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6622" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1DF85D13"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A65CACDC"/>
     <w:lvl w:ilvl="0" w:tplc="0A104802">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2F8252DA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="8F2E52A8"/>
     <w:lvl w:ilvl="0" w:tplc="88D6F2B4">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="860" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:eastAsiaTheme="minorHAnsi" w:hint="default"/>
+        <w:rFonts w:hint="default" w:eastAsiaTheme="minorHAnsi"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1580" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2300" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
@@ -6118,64 +6252,64 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5180" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5900" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6620" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3F1E16E6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="50506130"/>
     <w:lvl w:ilvl="0" w:tplc="D74CF59A">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="988" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
         <w:spacing w:val="-2"/>
         <w:w w:val="100"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="D9D8D5A8">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1736" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="328C8018">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2492" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -6227,192 +6361,192 @@
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0994C210">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6272" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="5E80CF42">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7028" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3FFA164B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D9B6C81C"/>
     <w:lvl w:ilvl="0" w:tplc="89C6EA36">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1074" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:eastAsia="Arial" w:hAnsi="Symbol" w:cs="Arial" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol" w:eastAsia="Arial" w:cs="Arial"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1794" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2514" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3234" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3954" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4674" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5394" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6114" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6834" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4DDB16E2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="38962DF2"/>
     <w:lvl w:ilvl="0" w:tplc="16D89A80">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="878" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
         <w:spacing w:val="-2"/>
         <w:w w:val="100"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="A0DED8A6">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1598" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
         <w:spacing w:val="-2"/>
         <w:w w:val="100"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="F0E41DD0">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2371" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="1E3C465A">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3142" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -6453,51 +6587,140 @@
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="6B2A9508">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6226" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="DA5A463A">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6997" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="526C3BF9"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="A81A84F2"/>
+    <w:lvl w:ilvl="0" w:tplc="0809000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0809000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0809000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5D041A31"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="2590844A"/>
     <w:lvl w:ilvl="0" w:tplc="827670A0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
@@ -6542,51 +6765,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5E9B3684"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="ED2435FA"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="862" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1582" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -6628,321 +6851,777 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5182" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5902" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6622" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="629F4790"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="38C8BBEE"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="65787D4C"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="3E0CC7D8"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="2"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6A9E03B7"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="5386C952"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="4"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6F490329"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="50F652FE"/>
+    <w:lvl w:ilvl="0" w:tplc="0809000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0809000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0809000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="2063863893">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="99418656">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="1416052958">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="668604512">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="5" w16cid:durableId="1381130359">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="99418656">
+  <w:num w:numId="6" w16cid:durableId="594485954">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="7" w16cid:durableId="1748454985">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="1416052958">
-    <w:abstractNumId w:val="2"/>
+  <w:num w:numId="8" w16cid:durableId="1541476137">
+    <w:abstractNumId w:val="10"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="668604512">
-    <w:abstractNumId w:val="1"/>
+  <w:num w:numId="9" w16cid:durableId="1361665248">
+    <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="5" w16cid:durableId="1381130359">
-    <w:abstractNumId w:val="5"/>
+  <w:num w:numId="10" w16cid:durableId="1801655292">
+    <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="6" w16cid:durableId="594485954">
+  <w:num w:numId="11" w16cid:durableId="487021087">
+    <w:abstractNumId w:val="14"/>
+  </w:num>
+  <w:num w:numId="12" w16cid:durableId="170608947">
+    <w:abstractNumId w:val="11"/>
+  </w:num>
+  <w:num w:numId="13" w16cid:durableId="712775520">
+    <w:abstractNumId w:val="12"/>
+  </w:num>
+  <w:num w:numId="14" w16cid:durableId="2079589605">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="7" w16cid:durableId="1748454985">
-[...6 lines deleted...]
-    <w:abstractNumId w:val="7"/>
+  <w:num w:numId="15" w16cid:durableId="33627148">
+    <w:abstractNumId w:val="13"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:zoom w:percent="130"/>
+  <w:trackRevisions w:val="false"/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="425"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="24577"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:ulTrailSpace/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="008B74C7"/>
     <w:rsid w:val="000238D9"/>
     <w:rsid w:val="00032AF6"/>
     <w:rsid w:val="00036611"/>
     <w:rsid w:val="00055D66"/>
     <w:rsid w:val="0006080A"/>
     <w:rsid w:val="0006106F"/>
     <w:rsid w:val="000820D1"/>
     <w:rsid w:val="00083F5E"/>
     <w:rsid w:val="0009615B"/>
     <w:rsid w:val="000C0F88"/>
+    <w:rsid w:val="0011642F"/>
     <w:rsid w:val="00132B61"/>
+    <w:rsid w:val="00167520"/>
     <w:rsid w:val="0017041D"/>
     <w:rsid w:val="00181533"/>
     <w:rsid w:val="001B52D4"/>
     <w:rsid w:val="001C54C7"/>
     <w:rsid w:val="001D2148"/>
     <w:rsid w:val="00243EFE"/>
     <w:rsid w:val="00270392"/>
     <w:rsid w:val="002970EB"/>
     <w:rsid w:val="002B0C43"/>
     <w:rsid w:val="002B5DD8"/>
     <w:rsid w:val="002D0183"/>
     <w:rsid w:val="002E3418"/>
     <w:rsid w:val="002E7660"/>
+    <w:rsid w:val="002F374A"/>
     <w:rsid w:val="00310E5B"/>
     <w:rsid w:val="00321E7D"/>
     <w:rsid w:val="0035632C"/>
     <w:rsid w:val="00361C4A"/>
     <w:rsid w:val="00381406"/>
     <w:rsid w:val="003B737C"/>
     <w:rsid w:val="003C0400"/>
     <w:rsid w:val="003D4995"/>
     <w:rsid w:val="003D7EEF"/>
     <w:rsid w:val="00425AB1"/>
     <w:rsid w:val="00493414"/>
+    <w:rsid w:val="004936C5"/>
+    <w:rsid w:val="004A129A"/>
     <w:rsid w:val="004A129E"/>
     <w:rsid w:val="004C4F7B"/>
     <w:rsid w:val="004F07CF"/>
     <w:rsid w:val="004F4BCB"/>
     <w:rsid w:val="00523909"/>
     <w:rsid w:val="005411F5"/>
     <w:rsid w:val="00545F97"/>
     <w:rsid w:val="00555C7D"/>
     <w:rsid w:val="00593D47"/>
     <w:rsid w:val="005B67A9"/>
     <w:rsid w:val="00633558"/>
+    <w:rsid w:val="0065392A"/>
     <w:rsid w:val="0066171E"/>
     <w:rsid w:val="0069095C"/>
     <w:rsid w:val="00703C85"/>
     <w:rsid w:val="00732BB4"/>
     <w:rsid w:val="007552FF"/>
     <w:rsid w:val="007D2EB1"/>
     <w:rsid w:val="00841B53"/>
     <w:rsid w:val="00842541"/>
     <w:rsid w:val="008739B2"/>
     <w:rsid w:val="008819B1"/>
     <w:rsid w:val="008B74C7"/>
     <w:rsid w:val="009346C0"/>
     <w:rsid w:val="009479EF"/>
+    <w:rsid w:val="009527F3"/>
     <w:rsid w:val="00954AE8"/>
     <w:rsid w:val="009748EA"/>
     <w:rsid w:val="009B12B2"/>
     <w:rsid w:val="009F3348"/>
     <w:rsid w:val="009F3868"/>
     <w:rsid w:val="00A507AC"/>
     <w:rsid w:val="00A523EE"/>
     <w:rsid w:val="00A75369"/>
     <w:rsid w:val="00AC37AA"/>
     <w:rsid w:val="00AD57C8"/>
     <w:rsid w:val="00AD62B0"/>
     <w:rsid w:val="00B00381"/>
     <w:rsid w:val="00B71F56"/>
     <w:rsid w:val="00BA31F1"/>
+    <w:rsid w:val="00BC4663"/>
     <w:rsid w:val="00C147EC"/>
     <w:rsid w:val="00C53355"/>
     <w:rsid w:val="00C830CE"/>
     <w:rsid w:val="00C8590F"/>
     <w:rsid w:val="00CB4DD3"/>
     <w:rsid w:val="00D17C46"/>
     <w:rsid w:val="00D37E17"/>
     <w:rsid w:val="00D76742"/>
     <w:rsid w:val="00DD4F2F"/>
     <w:rsid w:val="00DF677A"/>
     <w:rsid w:val="00E215F4"/>
     <w:rsid w:val="00E24858"/>
     <w:rsid w:val="00E36DA7"/>
     <w:rsid w:val="00E46595"/>
     <w:rsid w:val="00E55C90"/>
     <w:rsid w:val="00E731A0"/>
     <w:rsid w:val="00E87CD6"/>
     <w:rsid w:val="00EA0BE9"/>
     <w:rsid w:val="00EB562D"/>
+    <w:rsid w:val="00F117C3"/>
     <w:rsid w:val="00F529F3"/>
     <w:rsid w:val="00F86E50"/>
     <w:rsid w:val="00F91D4A"/>
+    <w:rsid w:val="5E8CFD37"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="sv-SE"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="24577"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="1922EF3E"/>
   <w15:docId w15:val="{12B7691B-9E63-6946-9088-C7B033617F20}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
-    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
-[...6 lines deleted...]
-    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
-[...7 lines deleted...]
-    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="caption" w:uiPriority="35" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
     <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -7098,52 +7777,52 @@
     <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
     <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
-    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="37" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
     <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
     <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
     <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
     <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
     <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
     <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
@@ -7210,297 +7889,295 @@
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
+  <w:style w:type="paragraph" w:styleId="Normal" w:default="1">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:pPr>
       <w:ind w:left="489"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:spacing w:before="94"/>
       <w:ind w:left="503" w:right="24"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
+  <w:style w:type="character" w:styleId="DefaultParagraphFont" w:default="1">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
+  <w:style w:type="table" w:styleId="TableNormal" w:default="1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
+  <w:style w:type="numbering" w:styleId="NoList" w:default="1">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="BodyText">
     <w:name w:val="Body Text"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:pPr>
       <w:spacing w:before="34"/>
       <w:ind w:left="988" w:hanging="360"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="TableParagraph">
+  <w:style w:type="paragraph" w:styleId="TableParagraph" w:customStyle="1">
     <w:name w:val="Table Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HeaderChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E87CD6"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4703"/>
         <w:tab w:val="right" w:pos="9406"/>
       </w:tabs>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
+  <w:style w:type="character" w:styleId="HeaderChar" w:customStyle="1">
     <w:name w:val="Header Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Header"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00E87CD6"/>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="FooterChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E87CD6"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4703"/>
         <w:tab w:val="right" w:pos="9406"/>
       </w:tabs>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
+  <w:style w:type="character" w:styleId="FooterChar" w:customStyle="1">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00E87CD6"/>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="PageNumber">
     <w:name w:val="page number"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E87CD6"/>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="59"/>
     <w:rsid w:val="00C830CE"/>
     <w:pPr>
       <w:widowControl/>
       <w:autoSpaceDE/>
       <w:autoSpaceDN/>
     </w:pPr>
     <w:rPr>
       <w:lang w:val="sv-SE"/>
     </w:rPr>
     <w:tblPr>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00C830CE"/>
     <w:rPr>
       <w:color w:val="0000FF" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="NormalIndent1">
+  <w:style w:type="paragraph" w:styleId="NormalIndent1" w:customStyle="1">
     <w:name w:val="Normal Indent1"/>
     <w:basedOn w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00BA31F1"/>
     <w:pPr>
       <w:autoSpaceDE/>
       <w:autoSpaceDN/>
       <w:spacing w:before="29"/>
       <w:ind w:right="109" w:firstLine="284"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="en-GB"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="aListparagraph">
+  <w:style w:type="paragraph" w:styleId="aListparagraph" w:customStyle="1">
     <w:name w:val="a. List paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00BA31F1"/>
     <w:pPr>
       <w:autoSpaceDE/>
       <w:autoSpaceDN/>
       <w:spacing w:before="29"/>
       <w:ind w:left="1134" w:right="108" w:hanging="294"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="en-GB"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="002B0C43"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du"/>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:awb@ki.se" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:awb@ki.se" TargetMode="External" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId14" /></Relationships>
 </file>
 
-<file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=word/_rels/footer2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:awb@ki.se" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:awb@ki.se" TargetMode="External"/></Relationships>
 </file>
 
-<file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DefaultPlaceholder_-1854013440"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{152BFD65-1C02-4F1F-BC91-27A6442A8CED}"/>
       </w:docPartPr>
@@ -7509,196 +8186,196 @@
           <w:r w:rsidRPr="00304873">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="61D7FF3AD8B6462EB3806B89F72CE973"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{446A5732-CB42-4345-B261-35D532206AE3}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00E84AD5" w:rsidRDefault="00F84438" w:rsidP="00F84438">
+        <w:p w:rsidR="00E84AD5" w:rsidP="00F84438" w:rsidRDefault="00F84438">
           <w:pPr>
             <w:pStyle w:val="61D7FF3AD8B6462EB3806B89F72CE973"/>
           </w:pPr>
           <w:r w:rsidRPr="00304873">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="262CA124A9E74ACF841D98B82D3964C5"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{99B1461A-73A8-444C-8304-47CAD626CF5E}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00E84AD5" w:rsidRDefault="00F84438" w:rsidP="00F84438">
+        <w:p w:rsidR="00E84AD5" w:rsidP="00F84438" w:rsidRDefault="00F84438">
           <w:pPr>
             <w:pStyle w:val="262CA124A9E74ACF841D98B82D3964C5"/>
           </w:pPr>
           <w:r w:rsidRPr="00304873">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="119D7187C25C435C87BBA6711154512B"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{750081BE-2A8D-4301-AAC5-34F45B04A65E}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00E84AD5" w:rsidRDefault="00F84438" w:rsidP="00F84438">
+        <w:p w:rsidR="00E84AD5" w:rsidP="00F84438" w:rsidRDefault="00F84438">
           <w:pPr>
             <w:pStyle w:val="119D7187C25C435C87BBA6711154512B"/>
           </w:pPr>
           <w:r w:rsidRPr="00304873">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="35796D1055384AA784EEAFE0BF4EF132"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{E8C2271A-DFAA-4B20-AD6C-D40895B25DE1}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00551848" w:rsidRDefault="00E84AD5" w:rsidP="00E84AD5">
+        <w:p w:rsidR="00551848" w:rsidP="00E84AD5" w:rsidRDefault="00E84AD5">
           <w:pPr>
             <w:pStyle w:val="35796D1055384AA784EEAFE0BF4EF132"/>
           </w:pPr>
           <w:r w:rsidRPr="00304873">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="E3412437B9014105BC4D2D70D1B81F00"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{D8FBF427-6879-45D6-8709-31FF381D6455}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00551848" w:rsidRDefault="00E84AD5" w:rsidP="00E84AD5">
+        <w:p w:rsidR="00551848" w:rsidP="00E84AD5" w:rsidRDefault="00E84AD5">
           <w:pPr>
             <w:pStyle w:val="E3412437B9014105BC4D2D70D1B81F00"/>
           </w:pPr>
           <w:r w:rsidRPr="00304873">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="CEF3DB512F1F449C97912309340ED7EB"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{89500D1F-660C-4808-9951-034227763818}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00642479" w:rsidRDefault="00642479" w:rsidP="00642479">
+        <w:p w:rsidR="00642479" w:rsidP="00642479" w:rsidRDefault="00642479">
           <w:pPr>
             <w:pStyle w:val="CEF3DB512F1F449C97912309340ED7EB"/>
           </w:pPr>
           <w:r w:rsidRPr="00304873">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -7715,100 +8392,118 @@
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="DM Sans">
+    <w:panose1 w:val="00000000000000000000"/>
+    <w:charset w:val="4D"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="8000002F" w:usb1="4000204B" w:usb2="00000000" w:usb3="00000000" w:csb0="00000093" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Segoe UI Symbol">
+    <w:panose1 w:val="020B0502040204020203"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="800001E3" w:usb1="1200FFEF" w:usb2="00040000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00F84438"/>
+    <w:rsid w:val="0011642F"/>
+    <w:rsid w:val="00380197"/>
     <w:rsid w:val="00381406"/>
+    <w:rsid w:val="004A129A"/>
     <w:rsid w:val="00551848"/>
     <w:rsid w:val="00642479"/>
+    <w:rsid w:val="006F5777"/>
     <w:rsid w:val="00E84AD5"/>
     <w:rsid w:val="00F84438"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
 
 <file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
@@ -8551,77 +9246,345 @@
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="dokument" ma:contentTypeID="0x010100BC479C1E37E1CC47991D0CC782E8B278" ma:contentTypeVersion="14" ma:contentTypeDescription="Skapa ett nytt dokument." ma:contentTypeScope="" ma:versionID="2f535222d80327718c467cc26fcb952e">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="73826592-bde7-4f95-999a-f450d2f0c25c" xmlns:ns3="52f16a31-4f26-4592-8140-f4116cf37efc" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="8afc1ce37eb655644fd6fe5c274376dd" ns2:_="" ns3:_="">
+    <xsd:import namespace="73826592-bde7-4f95-999a-f450d2f0c25c"/>
+    <xsd:import namespace="52f16a31-4f26-4592-8140-f4116cf37efc"/>
+    <xsd:element name="properties">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element name="documentManagement">
+            <xsd:complexType>
+              <xsd:all>
+                <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
+                <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+              </xsd:all>
+            </xsd:complexType>
+          </xsd:element>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="73826592-bde7-4f95-999a-f450d2f0c25c" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceAutoKeyPoints" ma:index="10" nillable="true" ma:displayName="MediaServiceAutoKeyPoints" ma:hidden="true" ma:internalName="MediaServiceAutoKeyPoints" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceKeyPoints" ma:index="11" nillable="true" ma:displayName="KeyPoints" ma:internalName="MediaServiceKeyPoints" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="13" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Bildmarkeringar" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="d34d398b-60ba-4ad0-a6da-da1ce693b88b" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="15" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceGenerationTime" ma:index="16" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="17" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="18" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="21" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="52f16a31-4f26-4592-8140-f4116cf37efc" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="TaxCatchAll" ma:index="14" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{030b6ef9-d457-457f-ad32-336f582fb438}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="52f16a31-4f26-4592-8140-f4116cf37efc">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="SharedWithUsers" ma:index="19" nillable="true" ma:displayName="Delat med" ma:internalName="SharedWithUsers" ma:readOnly="true">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:UserMulti">
+            <xsd:sequence>
+              <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
+                <xsd:complexType>
+                  <xsd:sequence>
+                    <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
+                    <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
+                    <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
+                  </xsd:sequence>
+                </xsd:complexType>
+              </xsd:element>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="SharedWithDetails" ma:index="20" nillable="true" ma:displayName="Delat med information" ma:internalName="SharedWithDetails" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
+    <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
+    <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
+    <xsd:element name="coreProperties" type="CT_coreProperties"/>
+    <xsd:complexType name="CT_coreProperties">
+      <xsd:all>
+        <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Innehållstyp"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Rubrik"/>
+        <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
+          <xsd:annotation>
+            <xsd:documentation>
+                        This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
+                    </xsd:documentation>
+          </xsd:annotation>
+        </xsd:element>
+        <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+      </xsd:all>
+    </xsd:complexType>
+  </xsd:schema>
+  <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
+    <xs:element name="Person">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:DisplayName" minOccurs="0"/>
+          <xs:element ref="pc:AccountId" minOccurs="0"/>
+          <xs:element ref="pc:AccountType" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="DisplayName" type="xs:string"/>
+    <xs:element name="AccountId" type="xs:string"/>
+    <xs:element name="AccountType" type="xs:string"/>
+    <xs:element name="BDCAssociatedEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:BDCEntity" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+        <xs:attribute ref="pc:EntityNamespace"/>
+        <xs:attribute ref="pc:EntityName"/>
+        <xs:attribute ref="pc:SystemInstanceName"/>
+        <xs:attribute ref="pc:AssociationName"/>
+      </xs:complexType>
+    </xs:element>
+    <xs:attribute name="EntityNamespace" type="xs:string"/>
+    <xs:attribute name="EntityName" type="xs:string"/>
+    <xs:attribute name="SystemInstanceName" type="xs:string"/>
+    <xs:attribute name="AssociationName" type="xs:string"/>
+    <xs:element name="BDCEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:EntityDisplayName" minOccurs="0"/>
+          <xs:element ref="pc:EntityInstanceReference" minOccurs="0"/>
+          <xs:element ref="pc:EntityId1" minOccurs="0"/>
+          <xs:element ref="pc:EntityId2" minOccurs="0"/>
+          <xs:element ref="pc:EntityId3" minOccurs="0"/>
+          <xs:element ref="pc:EntityId4" minOccurs="0"/>
+          <xs:element ref="pc:EntityId5" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="EntityDisplayName" type="xs:string"/>
+    <xs:element name="EntityInstanceReference" type="xs:string"/>
+    <xs:element name="EntityId1" type="xs:string"/>
+    <xs:element name="EntityId2" type="xs:string"/>
+    <xs:element name="EntityId3" type="xs:string"/>
+    <xs:element name="EntityId4" type="xs:string"/>
+    <xs:element name="EntityId5" type="xs:string"/>
+    <xs:element name="Terms">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermInfo">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermName" minOccurs="0"/>
+          <xs:element ref="pc:TermId" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermName" type="xs:string"/>
+    <xs:element name="TermId" type="xs:string"/>
+  </xs:schema>
+</ct:contentTypeSchema>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="52f16a31-4f26-4592-8140-f4116cf37efc" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="73826592-bde7-4f95-999a-f450d2f0c25c">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3EEF14EA-FE73-45F6-B275-76549213BB91}"/>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C66645AD-5F14-43F7-95C0-CBAC6CC731DF}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="52f16a31-4f26-4592-8140-f4116cf37efc"/>
+    <ds:schemaRef ds:uri="73826592-bde7-4f95-999a-f450d2f0c25c"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{DE98CD91-C7B1-4D1F-A117-ED8B3C4C1CFF}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-[...38 lines deleted...]
-</Properties>
+<ap:Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
+  <ap:Template>Normal</ap:Template>
+  <ap:Application>Microsoft Word for the web</ap:Application>
+  <ap:DocSecurity>0</ap:DocSecurity>
+  <ap:ScaleCrop>false</ap:ScaleCrop>
+  <ap:Company/>
+  <ap:SharedDoc>false</ap:SharedDoc>
+  <ap:HyperlinksChanged>false</ap:HyperlinksChanged>
+  <ap:AppVersion>16.0000</ap:AppVersion>
+  <ap:LinksUpToDate>false</ap:LinksUpToDate>
+</ap:Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
-<cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+<coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:creator>Camilla Berggren</dc:creator>
-  <cp:lastModifiedBy></cp:lastModifiedBy>
-  <cp:revision></cp:revision>
+  <lastModifiedBy>Lars Bräutigam</lastModifiedBy>
+  <revision>7</revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
-</cp:coreProperties>
+</coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
+    <vt:lpwstr>0x010100BC479C1E37E1CC47991D0CC782E8B278</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
+    <vt:lpwstr/>
+  </property>
+</Properties>
+</file>