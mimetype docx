--- v0 (2025-10-08)
+++ v1 (2025-10-29)
@@ -1,1915 +1,2043 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-  <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
+  <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="6D8A7639" w14:textId="77777777" w:rsidR="00D17C46" w:rsidRPr="00D42D05" w:rsidRDefault="00D17C46" w:rsidP="00063557">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2678"/>
           <w:tab w:val="left" w:pos="3297"/>
           <w:tab w:val="left" w:pos="4430"/>
           <w:tab w:val="left" w:pos="4958"/>
           <w:tab w:val="left" w:pos="5831"/>
           <w:tab w:val="left" w:pos="7704"/>
         </w:tabs>
         <w:spacing w:before="246" w:line="249" w:lineRule="auto"/>
         <w:ind w:right="550"/>
         <w:rPr>
           <w:sz w:val="27"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="16D40EFC" w14:textId="6D1203AA" w:rsidR="00063557" w:rsidRPr="007A387E" w:rsidRDefault="002A79EC" w:rsidP="00063557">
+    <w:p w14:paraId="16D40EFC" w14:textId="77777777" w:rsidR="00063557" w:rsidRPr="007A387E" w:rsidRDefault="00063557" w:rsidP="00063557">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="007A387E">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve">Self-assessment for animal-based research </w:t>
-[...7 lines deleted...]
-        <w:t>abroad</w:t>
+        <w:t>Self-assessment concerning animal research abroad.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="647DB6F3" w14:textId="77777777" w:rsidR="008B74C7" w:rsidRPr="00063557" w:rsidRDefault="008B74C7">
+    <w:p w14:paraId="60F98DFC" w14:textId="77777777" w:rsidR="00371C77" w:rsidRPr="00063557" w:rsidRDefault="00371C77">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="1"/>
         <w:rPr>
           <w:sz w:val="33"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="294ECCB9" w14:textId="5BE1FEF4" w:rsidR="00063557" w:rsidRDefault="002A79EC" w:rsidP="00063557">
+    <w:p w14:paraId="294ECCB9" w14:textId="5F90ACE8" w:rsidR="00063557" w:rsidRDefault="00063557" w:rsidP="00063557">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rStyle w:val="normaltextrun1"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00A025D4">
         <w:rPr>
           <w:rStyle w:val="normaltextrun1"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve">Karolinska Institutet has implemented a framework for researchers that participate in animal-based research in countries outside </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00527815">
+        <w:t>Animals Welfare Body prepared this self-assessment to assist researchers</w:t>
+      </w:r>
+      <w:r w:rsidR="00D121EA">
         <w:rPr>
           <w:rStyle w:val="normaltextrun1"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve">of </w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t xml:space="preserve"> at Karolinska </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00D121EA">
         <w:rPr>
           <w:rStyle w:val="normaltextrun1"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>the EU.</w:t>
+        <w:t>Institutet</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00D121EA">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun1"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (KI)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A025D4">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun1"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in evaluating whether the planned animal research in collaborations outside the EU does comply with </w:t>
+      </w:r>
+      <w:r w:rsidR="00371C77" w:rsidRPr="00A025D4">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun1"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>KI</w:t>
+      </w:r>
+      <w:r w:rsidR="00371C77">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun1"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>´s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A025D4">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun1"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> polic</w:t>
+      </w:r>
+      <w:r w:rsidR="00D121EA">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun1"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">y </w:t>
+      </w:r>
+      <w:r w:rsidR="00D121EA" w:rsidRPr="00BB3CFD">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun1"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>1-576/2024</w:t>
+      </w:r>
+      <w:r w:rsidR="00D121EA">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun1"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> where it is stated that a researcher at KI must not:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="520CE19D" w14:textId="77777777" w:rsidR="00527815" w:rsidRDefault="00527815" w:rsidP="00063557">
+    <w:p w14:paraId="1771A2C3" w14:textId="77777777" w:rsidR="00353BA7" w:rsidRDefault="00353BA7" w:rsidP="00063557">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rStyle w:val="normaltextrun1"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="29637D1F" w14:textId="1FADA8EF" w:rsidR="00527815" w:rsidRDefault="00527815" w:rsidP="00063557">
-[...189 lines deleted...]
-    <w:p w14:paraId="78A88B77" w14:textId="022E54BA" w:rsidR="002A79EC" w:rsidRDefault="002A79EC" w:rsidP="002A79EC">
+    <w:p w14:paraId="0AD16321" w14:textId="493087B0" w:rsidR="00D121EA" w:rsidRDefault="00D121EA" w:rsidP="00D121EA">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rStyle w:val="normaltextrun1"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rStyle w:val="normaltextrun1"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>You have identified potential risks with the planed project</w:t>
+        <w:t xml:space="preserve">Participate in research projects abroad without access to information of importance for an ethical </w:t>
+      </w:r>
+      <w:r w:rsidR="00353BA7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>evaluation</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of the </w:t>
+      </w:r>
+      <w:r w:rsidR="00353BA7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">animal </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>research</w:t>
+      </w:r>
+      <w:r w:rsidR="00353BA7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="173B1F6E" w14:textId="0FCA7843" w:rsidR="002A79EC" w:rsidRDefault="002A79EC" w:rsidP="002A79EC">
+    <w:p w14:paraId="1ED6CB7A" w14:textId="6F30C08D" w:rsidR="00353BA7" w:rsidRDefault="00353BA7" w:rsidP="00D121EA">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rStyle w:val="normaltextrun1"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rStyle w:val="normaltextrun1"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>If your project is involving non-human primates</w:t>
+        <w:t>Participate in research projects abroad that do not comply with the ethical principles that permeate the regulations for animal-based research in Sweden. In cases where foreign regulations or animal ethical guidelines permit practices that are not permitted under the current regulation and guidelines for animal-based research in Sweden, an adequate level of protection for research animals must nevertheless be ensured, preferable by applying the principles of the Swedish standard abroad.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0B4BA5F6" w14:textId="290095F0" w:rsidR="00833960" w:rsidRDefault="00833960" w:rsidP="00833960">
+    <w:p w14:paraId="59B60191" w14:textId="7D4F056C" w:rsidR="00353BA7" w:rsidRDefault="00353BA7" w:rsidP="00D121EA">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rStyle w:val="normaltextrun1"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Participate in research whose content is contrary to KI´s general values. </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="013AF6C7" w14:textId="0469B6D7" w:rsidR="00833960" w:rsidRDefault="00833960" w:rsidP="00833960">
+    <w:p w14:paraId="6B792217" w14:textId="2953119D" w:rsidR="00353BA7" w:rsidRDefault="00353BA7" w:rsidP="00D121EA">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rStyle w:val="normaltextrun1"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rStyle w:val="normaltextrun1"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve">Please store the self-assessment yourself for future reference if you did not identify any potential risks and/or your research is not involving non-human primates. </w:t>
+        <w:t xml:space="preserve">Relocate activities abroad </w:t>
+      </w:r>
+      <w:r w:rsidR="00371C77">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> avoid Swedish ethical requirements for animal research.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3EA4DB37" w14:textId="4C6DD0B1" w:rsidR="002A79EC" w:rsidRDefault="002A79EC" w:rsidP="002A79EC">
+    <w:p w14:paraId="489ACE2A" w14:textId="0F6C0E8C" w:rsidR="00353BA7" w:rsidRDefault="00353BA7" w:rsidP="00371C77">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rStyle w:val="normaltextrun1"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Locate research projects involving research animal methods abroad for purely economic reasons.</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="13B37A69" w14:textId="597362CE" w:rsidR="002A79EC" w:rsidRPr="00A025D4" w:rsidRDefault="002A79EC" w:rsidP="002A79EC">
-[...1 lines deleted...]
-        <w:pStyle w:val="paragraph"/>
+    <w:p w14:paraId="705B1D22" w14:textId="77777777" w:rsidR="00A26C9F" w:rsidRDefault="00A26C9F" w:rsidP="00063557">
+      <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
-        <w:textAlignment w:val="baseline"/>
-[...38 lines deleted...]
-      </w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w14:paraId="4F10A60E" w14:textId="77777777" w:rsidR="00063557" w:rsidRPr="00A025D4" w:rsidRDefault="00063557" w:rsidP="00063557">
-[...1 lines deleted...]
-        <w:pStyle w:val="paragraph"/>
+    <w:p w14:paraId="1EDB433C" w14:textId="6A44E6E7" w:rsidR="00063557" w:rsidRPr="00A025D4" w:rsidRDefault="00063557" w:rsidP="00063557">
+      <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
-        <w:textAlignment w:val="baseline"/>
-[...5 lines deleted...]
-          <w:lang w:val="en-GB"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A025D4">
         <w:rPr>
-          <w:rStyle w:val="eop"/>
-[...6 lines deleted...]
-        <w:t> </w:t>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Self-assessment questions</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="098A962A" w14:textId="77777777" w:rsidR="00833960" w:rsidRDefault="00833960" w:rsidP="00833960">
+    <w:p w14:paraId="5CAF147C" w14:textId="77777777" w:rsidR="00063557" w:rsidRDefault="00063557" w:rsidP="00063557">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
-          <w:b/>
-[...13 lines deleted...]
-      </w:r>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w14:paraId="6F64FFF6" w14:textId="77777777" w:rsidR="00833960" w:rsidRPr="00833960" w:rsidRDefault="00833960" w:rsidP="00833960">
-[...610 lines deleted...]
-    <w:p w14:paraId="3981EFE2" w14:textId="3F130BAE" w:rsidR="00527815" w:rsidRDefault="00527815" w:rsidP="00527815">
+    <w:p w14:paraId="43B1C206" w14:textId="505D9E47" w:rsidR="00063557" w:rsidRDefault="00063557" w:rsidP="00063557">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="6"/>
+          <w:numId w:val="3"/>
         </w:numPr>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:after="160" w:line="276" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Does the planned study involve red-listed species?</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00DC30C3">
+        <w:t>Is there an approved</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A025D4">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">laboratory animal </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A025D4">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ethics license for the experiments in the country </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">where </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A025D4">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the animal experiments will be performed? </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="328DE129" w14:textId="77777777" w:rsidR="00A26C9F" w:rsidRDefault="00A26C9F" w:rsidP="00A26C9F">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:widowControl/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:spacing w:after="160" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="720" w:firstLine="0"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="156D2604" w14:textId="77777777" w:rsidR="00063557" w:rsidRDefault="00000000" w:rsidP="00063557">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:widowControl/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:spacing w:after="160" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="720" w:firstLine="0"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:eastAsia="MS Gothic"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:id w:val="-64882952"/>
+          <w:placeholder>
+            <w:docPart w:val="26A2A5E14608E741883935092F564116"/>
+          </w:placeholder>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r w:rsidR="00063557" w:rsidRPr="00A025D4">
+            <w:rPr>
+              <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00063557">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00063557" w:rsidRPr="00A025D4">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Yes</w:t>
+      </w:r>
+      <w:r w:rsidR="00063557">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Please state the name of the regulatory reviewing authority and date of approval. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="17582605" w14:textId="77777777" w:rsidR="00063557" w:rsidRDefault="00063557" w:rsidP="00063557">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:widowControl/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:spacing w:after="160" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="720" w:firstLine="0"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2BB75AFE" w14:textId="77777777" w:rsidR="00063557" w:rsidRDefault="00000000" w:rsidP="00063557">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:widowControl/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:spacing w:after="160" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="720" w:firstLine="0"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:eastAsia="MS Gothic"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:id w:val="-612593925"/>
+          <w:placeholder>
+            <w:docPart w:val="B79CD16FE3BF944DA37E2BD19A8D5088"/>
+          </w:placeholder>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r w:rsidR="00063557" w:rsidRPr="00A025D4">
+            <w:rPr>
+              <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00063557" w:rsidRPr="00A025D4">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> No</w:t>
+      </w:r>
+      <w:r w:rsidR="00063557">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>. Has an ethics application been submitted and to which regulatory reviewing authority?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="342A9F8F" w14:textId="77777777" w:rsidR="00063557" w:rsidRPr="00A025D4" w:rsidRDefault="00063557" w:rsidP="00063557">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:widowControl/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:spacing w:after="160" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="720" w:firstLine="0"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="62381042" w14:textId="28672BD1" w:rsidR="00063557" w:rsidRPr="00A025D4" w:rsidRDefault="00000000" w:rsidP="00063557">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:widowControl/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:spacing w:after="160" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="720" w:firstLine="0"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:eastAsia="MS Gothic"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:id w:val="-931197779"/>
+          <w:placeholder>
+            <w:docPart w:val="2086D554D41A1440ACD773ADAE114C66"/>
+          </w:placeholder>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r w:rsidR="00063557" w:rsidRPr="00A025D4">
+            <w:rPr>
+              <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00063557" w:rsidRPr="00A025D4">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> No</w:t>
+      </w:r>
+      <w:r w:rsidR="00063557">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, a </w:t>
+      </w:r>
+      <w:r w:rsidR="00B67AB0">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">research </w:t>
+      </w:r>
+      <w:r w:rsidR="00063557">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>animal ethics license is not required.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1BD48F9E" w14:textId="77777777" w:rsidR="00063557" w:rsidRPr="00A025D4" w:rsidRDefault="00063557" w:rsidP="00063557">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0A28F74A" w14:textId="6E276BD6" w:rsidR="000470B2" w:rsidRPr="00353BA7" w:rsidRDefault="00063557" w:rsidP="00353BA7">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:spacing w:before="0" w:after="160" w:line="276" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A025D4">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Would the experiment be possible to conduct in Sweden?  Yes </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:eastAsia="MS Gothic"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:id w:val="1878736102"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r w:rsidRPr="00A025D4">
+            <w:rPr>
+              <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidRPr="00A025D4">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    No </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:eastAsia="MS Gothic"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:id w:val="510660507"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r w:rsidRPr="00A025D4">
+            <w:rPr>
+              <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+    </w:p>
+    <w:p w14:paraId="26C43623" w14:textId="77777777" w:rsidR="00A26C9F" w:rsidRPr="00A025D4" w:rsidRDefault="00A26C9F" w:rsidP="00063557">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2C9F46B1" w14:textId="30D6B6A2" w:rsidR="00A26C9F" w:rsidRPr="00371C77" w:rsidRDefault="00063557" w:rsidP="00353BA7">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:spacing w:before="0" w:after="160" w:line="276" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00371C77">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Do you have an ethics license for a similar experiment in Sweden? Yes </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:eastAsia="MS Gothic"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:id w:val="-2103407478"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r w:rsidRPr="00371C77">
+            <w:rPr>
+              <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidRPr="00371C77">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    No </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:eastAsia="MS Gothic"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:id w:val="-92557601"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r w:rsidRPr="00371C77">
+            <w:rPr>
+              <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+    </w:p>
+    <w:p w14:paraId="33CB3EDC" w14:textId="77777777" w:rsidR="00A26C9F" w:rsidRPr="00371C77" w:rsidRDefault="00A26C9F" w:rsidP="00063557">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:widowControl/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:spacing w:before="0" w:after="160" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="720" w:firstLine="0"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="072E5295" w14:textId="4940D61D" w:rsidR="00A26C9F" w:rsidRPr="00371C77" w:rsidRDefault="00063557" w:rsidP="00371C77">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:spacing w:before="0" w:after="160" w:line="276" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+      </w:pPr>
+      <w:r w:rsidRPr="00371C77">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Do you know any other research group at KI or at another university in Sweden, who has an ethics license for a similar experiment in Sweden? Yes </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:id w:val="-1464257894"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r w:rsidRPr="00371C77">
+            <w:rPr>
+              <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidRPr="00371C77">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    No </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:id w:val="-1826118902"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r w:rsidRPr="00371C77">
+            <w:rPr>
+              <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+    </w:p>
+    <w:p w14:paraId="410675B5" w14:textId="77777777" w:rsidR="00A26C9F" w:rsidRPr="00FC3F03" w:rsidRDefault="00A26C9F" w:rsidP="00063557">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:widowControl/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:spacing w:before="0" w:after="160" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="720" w:firstLine="0"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1361EEC0" w14:textId="77777777" w:rsidR="00063557" w:rsidRPr="00FC3F03" w:rsidRDefault="00063557" w:rsidP="00063557">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:spacing w:before="0" w:after="160" w:line="276" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FC3F03">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Why are the experiments planned to be performed abroad?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2F10E7F6" w14:textId="77777777" w:rsidR="00063557" w:rsidRPr="00FC3F03" w:rsidRDefault="00000000" w:rsidP="00063557">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:widowControl/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:spacing w:before="0" w:after="160" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="720" w:firstLine="268"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:id w:val="1523284320"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r w:rsidR="00063557" w:rsidRPr="00FC3F03">
+            <w:rPr>
+              <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00063557" w:rsidRPr="00FC3F03">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Collaborations with researchers/groups abroad </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="369F824A" w14:textId="77777777" w:rsidR="00063557" w:rsidRPr="00FC3F03" w:rsidRDefault="00000000" w:rsidP="00063557">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:widowControl/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:spacing w:before="0" w:after="160" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="720" w:firstLine="268"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:id w:val="-1107433286"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r w:rsidR="00063557" w:rsidRPr="00FC3F03">
+            <w:rPr>
+              <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00063557" w:rsidRPr="00FC3F03">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Contract research with an external company</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="20561405" w14:textId="77777777" w:rsidR="00063557" w:rsidRPr="00FC3F03" w:rsidRDefault="00000000" w:rsidP="00063557">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:widowControl/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:spacing w:before="0" w:after="160" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="720" w:firstLine="268"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:id w:val="-1280484580"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r w:rsidR="00063557" w:rsidRPr="00FC3F03">
+            <w:rPr>
+              <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00063557" w:rsidRPr="00FC3F03">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Expensive/unique equipment not available in Sweden</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="214AD411" w14:textId="77777777" w:rsidR="00063557" w:rsidRPr="00FC3F03" w:rsidRDefault="00000000" w:rsidP="00063557">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:widowControl/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:spacing w:before="0" w:after="160" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="720" w:firstLine="268"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:id w:val="720410095"/>
+          <w:placeholder>
+            <w:docPart w:val="A718A43D21642544B84CC7EB882C6333"/>
+          </w:placeholder>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r w:rsidR="00063557" w:rsidRPr="00FC3F03">
+            <w:rPr>
+              <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00063557" w:rsidRPr="00FC3F03">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Animal models/genetic strains only available in the specific research lab</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4EB65842" w14:textId="77777777" w:rsidR="00063557" w:rsidRPr="00FC3F03" w:rsidRDefault="00000000" w:rsidP="00063557">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:widowControl/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:spacing w:before="0" w:after="160" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="0"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:id w:val="335968301"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r w:rsidR="00063557" w:rsidRPr="00FC3F03">
+            <w:rPr>
+              <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00063557" w:rsidRPr="00FC3F03">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Unique knowhow/expertise/experimental conditions not available in Sweden</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4464ABC6" w14:textId="77777777" w:rsidR="00063557" w:rsidRPr="00A025D4" w:rsidRDefault="00000000" w:rsidP="00063557">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:widowControl/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:spacing w:before="0" w:after="160" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="0"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:id w:val="313764765"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r w:rsidR="00063557" w:rsidRPr="00FC3F03">
+            <w:rPr>
+              <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00063557" w:rsidRPr="00FC3F03">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Other reasons: example, lower costs, fewer regulations, lower education requirements, other financial reasons: Please specify</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="651EB5ED" w14:textId="1DF0FDD4" w:rsidR="00063557" w:rsidRDefault="00063557" w:rsidP="00063557">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="41467AE4" w14:textId="77777777" w:rsidR="00A26C9F" w:rsidRPr="00A025D4" w:rsidRDefault="00A26C9F" w:rsidP="00063557">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="66362D9F" w14:textId="77777777" w:rsidR="00063557" w:rsidRPr="00A025D4" w:rsidRDefault="00063557" w:rsidP="00063557">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:spacing w:before="0" w:after="160" w:line="276" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A025D4">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Is there staff on the site responsible for the welfare of laboratory animals?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="45D961E9" w14:textId="2D3F18FB" w:rsidR="00A26C9F" w:rsidRPr="00B67AB0" w:rsidRDefault="00063557" w:rsidP="00B67AB0">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:widowControl/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:spacing w:before="0" w:after="160" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="720" w:firstLine="0"/>
+        <w:contextualSpacing/>
+      </w:pPr>
       <w:r w:rsidRPr="00A025D4">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00A025D4">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
+        <w:t xml:space="preserve">animal </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A025D4">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>care taker</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A025D4">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>, veterinarians, animal welfare officer or similar</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A025D4">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) Yes </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:id w:val="-191221776"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r w:rsidRPr="00A025D4">
+            <w:rPr>
+              <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidRPr="00A025D4">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    No </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:id w:val="1834871152"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r w:rsidRPr="00A025D4">
+            <w:rPr>
+              <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+    </w:p>
+    <w:p w14:paraId="3E2319E2" w14:textId="77777777" w:rsidR="00063557" w:rsidRPr="00A025D4" w:rsidRDefault="00063557" w:rsidP="00063557">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="342D7964" w14:textId="7923AADF" w:rsidR="00B67AB0" w:rsidRDefault="00063557" w:rsidP="00A26C9F">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:spacing w:after="160" w:line="276" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A025D4">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Does the staff have the relevant training and species-specific knowledge for the planed experiments? (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A025D4">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Staff responsible for animal welfare should be trained in animal welfare, in ethics, in 3Rs for the appropriate animal species</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A025D4">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">). Yes </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:eastAsia="MS Gothic"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:id w:val="807753840"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r w:rsidRPr="00A025D4">
+            <w:rPr>
+              <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidRPr="00A025D4">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    No </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:eastAsia="MS Gothic"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:id w:val="703994995"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r w:rsidRPr="00A025D4">
+            <w:rPr>
+              <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+    </w:p>
+    <w:p w14:paraId="39398D61" w14:textId="77777777" w:rsidR="00A26C9F" w:rsidRPr="00B67AB0" w:rsidRDefault="00A26C9F" w:rsidP="00B67AB0">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:widowControl/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:spacing w:after="160" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="720" w:firstLine="0"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="219A12DB" w14:textId="77777777" w:rsidR="00063557" w:rsidRPr="00A025D4" w:rsidRDefault="00063557" w:rsidP="00063557">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:spacing w:after="160" w:line="276" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A025D4">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Does the planed experiment involve red-listed species? (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A025D4">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
         <w:t xml:space="preserve">Please look at the IUCN:s Red list of threatened species at  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId13" w:tgtFrame="_blank" w:history="1">
+      <w:hyperlink r:id="rId10" w:tgtFrame="_blank" w:history="1">
         <w:r w:rsidRPr="00A025D4">
           <w:rPr>
             <w:rStyle w:val="normaltextrun1"/>
             <w:i/>
             <w:iCs/>
             <w:color w:val="0000FF"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>IUCN Red List of Threatened Species | IUCN</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00A025D4">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">) </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="48DC8805" w14:textId="77777777" w:rsidR="00527815" w:rsidRDefault="00527815" w:rsidP="00527815">
-[...570 lines deleted...]
-    <w:p w14:paraId="174590C8" w14:textId="62D00A37" w:rsidR="00A26C9F" w:rsidRDefault="00A26C9F" w:rsidP="00063557">
+    <w:p w14:paraId="4FED2C05" w14:textId="1C99420D" w:rsidR="00063557" w:rsidRPr="00B67AB0" w:rsidRDefault="00063557" w:rsidP="00B67AB0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:before="0" w:after="160" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="720" w:firstLine="0"/>
         <w:contextualSpacing/>
-        <w:rPr>
-[...4 lines deleted...]
-      </w:pPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A025D4">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Yes </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:b/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:id w:val="-1846388082"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r w:rsidRPr="00A025D4">
+            <w:rPr>
+              <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+              <w:b/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidRPr="00A025D4">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    No </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:b/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:id w:val="1589808704"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r w:rsidRPr="00A025D4">
+            <w:rPr>
+              <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+              <w:b/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
     </w:p>
-    <w:sectPr w:rsidR="00A26C9F">
-[...1 lines deleted...]
-      <w:footerReference w:type="default" r:id="rId15"/>
+    <w:p w14:paraId="232D3D44" w14:textId="77777777" w:rsidR="00A26C9F" w:rsidRPr="00A025D4" w:rsidRDefault="00A26C9F" w:rsidP="00063557">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="58BEA9BC" w14:textId="290A82B0" w:rsidR="00063557" w:rsidRDefault="00063557" w:rsidP="00A26C9F">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:spacing w:before="0" w:after="160" w:line="276" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A025D4">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Other ethical consideration (please consult the </w:t>
+      </w:r>
+      <w:r w:rsidR="00A26C9F" w:rsidRPr="00A025D4">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>content</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A025D4">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of the research ethics policy on page </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A26C9F">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00D56EC1">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and the </w:t>
+      </w:r>
+      <w:r w:rsidR="00B90028">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>entire document 1-433-2022</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A26C9F">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>)?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="56372DF7" w14:textId="01043B89" w:rsidR="0025361E" w:rsidRPr="00A025D4" w:rsidRDefault="0025361E" w:rsidP="00063557">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5A10011D" w14:textId="6281E3F3" w:rsidR="0025361E" w:rsidRPr="0025361E" w:rsidRDefault="0025361E" w:rsidP="00063557">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun1"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0025361E">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun1"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">If you identify, based on above assessment, that there may be a risk of negative impact on animal welfare or suspect that planned procedures do not comply with the Swedish legislation, please contact your local AWB for further instructions. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7B848BBE" w14:textId="51B4C6FE" w:rsidR="00063557" w:rsidRDefault="00063557" w:rsidP="00063557">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3A6906AF" w14:textId="6E89DED3" w:rsidR="00D43DC8" w:rsidRPr="00A025D4" w:rsidRDefault="00D43DC8" w:rsidP="00063557">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>For non-human primates, submit the self-assessment to the AWB (awb@ki.se) for evaluation.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3C8D44A2" w14:textId="0E0E5AE9" w:rsidR="0025361E" w:rsidRPr="00D43DC8" w:rsidRDefault="0025361E">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="4" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="518" w:right="1024"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="0025361E" w:rsidRPr="00D43DC8">
+      <w:headerReference w:type="default" r:id="rId11"/>
+      <w:footerReference w:type="default" r:id="rId12"/>
       <w:pgSz w:w="11900" w:h="16840"/>
       <w:pgMar w:top="1760" w:right="1680" w:bottom="1020" w:left="1680" w:header="681" w:footer="821" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="171B41BB" w14:textId="77777777" w:rsidR="00B05076" w:rsidRDefault="00B05076">
+    <w:p w14:paraId="61034907" w14:textId="77777777" w:rsidR="00014925" w:rsidRDefault="00014925">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="465F1037" w14:textId="77777777" w:rsidR="00B05076" w:rsidRDefault="00B05076">
+    <w:p w14:paraId="0FF61291" w14:textId="77777777" w:rsidR="00014925" w:rsidRDefault="00014925">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
+    <w:altName w:val="Times New Roman PSMT"/>
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="decorative"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
-    <w:charset w:val="02"/>
-    <w:family w:val="auto"/>
+    <w:charset w:val="4D"/>
+    <w:family w:val="decorative"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
-[...6 lines deleted...]
-    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="MS Gothic">
+    <w:altName w:val="ＭＳ ゴシック"/>
+    <w:panose1 w:val="020B0609070205080204"/>
+    <w:charset w:val="80"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Segoe UI Symbol">
+    <w:panose1 w:val="020B0502040204020203"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="800001E3" w:usb1="1200FFEF" w:usb2="00040000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="416EEA59" w14:textId="77777777" w:rsidR="008B74C7" w:rsidRDefault="00E87CD6">
     <w:pPr>
       <w:pStyle w:val="BodyText"/>
       <w:spacing w:line="14" w:lineRule="auto"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wpg">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="503312024" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="610989E1" wp14:editId="45FB6E68">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="page">
                 <wp:posOffset>1298575</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:posOffset>9994265</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="5331460" cy="9525"/>
               <wp:effectExtent l="0" t="0" r="2540" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="8" name="Group 5"/>
               <wp:cNvGraphicFramePr>
@@ -2486,82 +2614,72 @@
               </a:graphic>
               <wp14:sizeRelH relativeFrom="page">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="page">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:shape w14:anchorId="74812CF8" id="Text Box 3" o:spid="_x0000_s1029" type="#_x0000_t202" style="position:absolute;margin-left:343.15pt;margin-top:796pt;width:57.35pt;height:17.25pt;z-index:-4408;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB2aevaywEAAIADAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO0zAQfUfiHyy/06Rdll2ipitgtQhp&#10;WZAWPsB17MYi8ZgZt0n5esZO0+XyhnixxuPx8Tlnxuubse/EwSA58LVcLkopjNfQOL+r5dcvdy+u&#10;paCofKM68KaWR0PyZvP82XoIlVlBC11jUDCIp2oItWxjDFVRkG5Nr2gBwXg+tIC9irzFXdGgGhi9&#10;74pVWb4qBsAmIGhDxNnb6VBuMr61RsdP1pKJoqslc4t5xbxu01ps1qraoQqt0yca6h9Y9Mp5fvQM&#10;dauiEnt0f0H1TiMQ2LjQ0BdgrdMma2A1y/IPNY+tCiZrYXMonG2i/werHw6P4TOKOL6FkRuYRVC4&#10;B/2N2JtiCFSdapKnVFGq3g4foeFuqn2EfGO02Cf5LEgwDDt9PLtrxig0J69W1xcvL6XQfLRavi6v&#10;LpP7harmywEpvjfQixTUErl5GVwd7ilOpXNJesvDneu63MDO/5ZgzJTJ5BPfiXkct6NwTS0v0rtJ&#10;yxaaI6tBmMaCx5iDFvCHFAOPRC3p+16hkaL74NnzND9zgHOwnQPlNV+tZZRiCt/Fac72Ad2uZeTJ&#10;XA9v2DXrsqInFie63ObsyWkk0xz9us9VTx9n8xMAAP//AwBQSwMEFAAGAAgAAAAhAPbhmyDiAAAA&#10;DQEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1SNyo06CEEOJUqKjigDi0UKnHbWzi&#10;iNiObDd1/57lBLfdndHsm2aVzMhm5cPgrIDlIgOmbOfkYHsBnx+buwpYiGgljs4qARcVYNVeXzVY&#10;S3e2WzXvYs8oxIYaBegYp5rz0GllMCzcpCxpX84bjLT6nkuPZwo3I8+zrOQGB0sfNE5qrVX3vTsZ&#10;Afv1tHlLB43vcyFfX/KH7cV3SYjbm/T8BCyqFP/M8ItP6NAS09GdrAxsFFBW5T1ZSSgec2pFlipb&#10;0nCkU5mXBfC24f9btD8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAA&#10;AAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAA&#10;CwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAdmnr2ssBAACAAwAA&#10;DgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA9uGbIOIAAAAN&#10;AQAADwAAAAAAAAAAAAAAAAAlBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAADQFAAAA&#10;AA==&#10;" filled="f" stroked="f">
               <v:path arrowok="t"/>
               <v:textbox inset="0,0,0,0">
                 <w:txbxContent>
                   <w:p w14:paraId="5E2A80BA" w14:textId="77777777" w:rsidR="008B74C7" w:rsidRDefault="00132B61">
                     <w:pPr>
                       <w:spacing w:before="14" w:line="155" w:lineRule="exact"/>
                       <w:ind w:left="20"/>
                       <w:rPr>
                         <w:b/>
                         <w:sz w:val="14"/>
                       </w:rPr>
                     </w:pPr>
-                    <w:proofErr w:type="spellStart"/>
                     <w:r>
                       <w:rPr>
                         <w:b/>
                         <w:sz w:val="14"/>
                       </w:rPr>
                       <w:t>Telefon</w:t>
                     </w:r>
-                    <w:proofErr w:type="spellEnd"/>
                   </w:p>
                   <w:p w14:paraId="1F99409B" w14:textId="77777777" w:rsidR="008B74C7" w:rsidRDefault="00132B61">
                     <w:pPr>
                       <w:spacing w:line="155" w:lineRule="exact"/>
                       <w:ind w:left="20"/>
                       <w:rPr>
                         <w:sz w:val="14"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r>
                       <w:rPr>
                         <w:sz w:val="14"/>
                       </w:rPr>
-                      <w:t xml:space="preserve">08-524 800 00, </w:t>
+                      <w:t>08-524 800 00, vx</w:t>
                     </w:r>
-                    <w:proofErr w:type="spellStart"/>
-[...6 lines deleted...]
-                    <w:proofErr w:type="spellEnd"/>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="503312096" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="163EE859" wp14:editId="06644DB1">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="page">
                 <wp:posOffset>5519420</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:posOffset>10109200</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="459105" cy="219075"/>
@@ -2606,108 +2724,108 @@
                             <a:headEnd/>
                             <a:tailEnd/>
                           </a14:hiddenLine>
                         </a:ext>
                       </a:extLst>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
                         <w:p w14:paraId="0143DAD3" w14:textId="77777777" w:rsidR="008B74C7" w:rsidRDefault="00132B61">
                           <w:pPr>
                             <w:spacing w:before="14" w:line="155" w:lineRule="exact"/>
                             <w:ind w:left="20"/>
                             <w:rPr>
                               <w:b/>
                               <w:sz w:val="14"/>
                             </w:rPr>
                           </w:pPr>
                           <w:r>
                             <w:rPr>
                               <w:b/>
                               <w:sz w:val="14"/>
                             </w:rPr>
                             <w:t>E-post</w:t>
                           </w:r>
                         </w:p>
-                        <w:p w14:paraId="232E761E" w14:textId="77777777" w:rsidR="008B74C7" w:rsidRDefault="0018298C">
+                        <w:p w14:paraId="232E761E" w14:textId="77777777" w:rsidR="008B74C7" w:rsidRDefault="00132B61">
                           <w:pPr>
                             <w:spacing w:line="155" w:lineRule="exact"/>
                             <w:ind w:left="20"/>
                             <w:rPr>
                               <w:sz w:val="14"/>
                             </w:rPr>
                           </w:pPr>
                           <w:hyperlink r:id="rId1">
-                            <w:r w:rsidR="00132B61">
+                            <w:r>
                               <w:rPr>
                                 <w:sz w:val="14"/>
                               </w:rPr>
                               <w:t>awb@ki.se</w:t>
                             </w:r>
                           </w:hyperlink>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" anchor="t" anchorCtr="0" upright="1">
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="page">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="page">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:shape w14:anchorId="163EE859" id="Text Box 2" o:spid="_x0000_s1030" type="#_x0000_t202" style="position:absolute;margin-left:434.6pt;margin-top:796pt;width:36.15pt;height:17.25pt;z-index:-4384;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDkP4nyygEAAIADAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO0zAQfUfiHyy/06QVBTZqugJWi5CW&#10;i7TsBziO3VgkHjPjNilfz9hpu8C+IV6s8Xh8fM6Z8eZ6GnpxMEgOfC2Xi1IK4zW0zu9q+fDt9sUb&#10;KSgq36oevKnl0ZC83j5/thlDZVbQQd8aFAziqRpDLbsYQ1UUpDszKFpAMJ4PLeCgIm9xV7SoRkYf&#10;+mJVlq+KEbANCNoQcfZmPpTbjG+t0fGLtWSi6GvJ3GJeMa9NWovtRlU7VKFz+kRD/QOLQTnPj16g&#10;blRUYo/uCdTgNAKBjQsNQwHWOm2yBlazLP9Sc9+pYLIWNofCxSb6f7D68+E+fEURp3cwcQOzCAp3&#10;oL8Te1OMgapTTfKUKkrVzfgJWu6m2kfINyaLQ5LPggTDsNPHi7tmikJz8uX6almupdB8tFpela/X&#10;yf1CVefLASl+MDCIFNQSuXkZXB3uKM6l55L0lodb1/e5gb3/I8GYKZPJJ74z8zg1k3AtE0nvJi0N&#10;tEdWgzCPBY8xBx3gTylGHola0o+9QiNF/9Gz52l+zgGeg+YcKK/5ai2jFHP4Ps5ztg/odh0jz+Z6&#10;eMuuWZcVPbI40eU2Z09OI5nm6Pd9rnr8ONtfAAAA//8DAFBLAwQUAAYACAAAACEACp42OuIAAAAN&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VI3KhTi4QmxKlQUcUBcWgBiaMbmzgi&#10;Xkexm7p/z3Kix515mp2p18kNbDZT6D1KWC4yYAZbr3vsJHy8b+9WwEJUqNXg0Ug4mwDr5vqqVpX2&#10;J9yZeR87RiEYKiXBxjhWnIfWGqfCwo8Gyfv2k1ORzqnjelInCncDF1lWcKd6pA9WjWZjTfuzPzoJ&#10;n5tx+5q+rHqbc/3yLB5256lNUt7epKdHYNGk+A/DX32qDg11Ovgj6sAGCauiFISSkZeCVhFS3i9z&#10;YAeSClHkwJuaX65ofgEAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAAL&#10;AAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDkP4nyygEAAIADAAAO&#10;AAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQAKnjY64gAAAA0B&#10;AAAPAAAAAAAAAAAAAAAAACQEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAMwUAAAAA&#10;" filled="f" stroked="f">
               <v:path arrowok="t"/>
               <v:textbox inset="0,0,0,0">
                 <w:txbxContent>
                   <w:p w14:paraId="0143DAD3" w14:textId="77777777" w:rsidR="008B74C7" w:rsidRDefault="00132B61">
                     <w:pPr>
                       <w:spacing w:before="14" w:line="155" w:lineRule="exact"/>
                       <w:ind w:left="20"/>
                       <w:rPr>
                         <w:b/>
                         <w:sz w:val="14"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r>
                       <w:rPr>
                         <w:b/>
                         <w:sz w:val="14"/>
                       </w:rPr>
                       <w:t>E-post</w:t>
                     </w:r>
                   </w:p>
-                  <w:p w14:paraId="232E761E" w14:textId="77777777" w:rsidR="008B74C7" w:rsidRDefault="000864A4">
+                  <w:p w14:paraId="232E761E" w14:textId="77777777" w:rsidR="008B74C7" w:rsidRDefault="0061702B">
                     <w:pPr>
                       <w:spacing w:line="155" w:lineRule="exact"/>
                       <w:ind w:left="20"/>
                       <w:rPr>
                         <w:sz w:val="14"/>
                       </w:rPr>
                     </w:pPr>
                     <w:hyperlink r:id="rId2">
                       <w:r w:rsidR="00132B61">
                         <w:rPr>
                           <w:sz w:val="14"/>
                         </w:rPr>
                         <w:t>awb@ki.se</w:t>
                       </w:r>
                     </w:hyperlink>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r>
@@ -2779,52 +2897,60 @@
                             <w:rPr>
                               <w:b/>
                               <w:sz w:val="14"/>
                             </w:rPr>
                           </w:pPr>
                           <w:r>
                             <w:rPr>
                               <w:b/>
                               <w:sz w:val="14"/>
                             </w:rPr>
                             <w:t>Adress</w:t>
                           </w:r>
                         </w:p>
                         <w:p w14:paraId="697D3E70" w14:textId="77777777" w:rsidR="008B74C7" w:rsidRDefault="00132B61">
                           <w:pPr>
                             <w:spacing w:line="146" w:lineRule="exact"/>
                             <w:ind w:left="20"/>
                             <w:rPr>
                               <w:sz w:val="14"/>
                             </w:rPr>
                           </w:pPr>
                           <w:r>
                             <w:rPr>
                               <w:sz w:val="14"/>
                             </w:rPr>
-                            <w:t>Karolinska Institutet</w:t>
+                            <w:t xml:space="preserve">Karolinska </w:t>
                           </w:r>
+                          <w:proofErr w:type="spellStart"/>
+                          <w:r>
+                            <w:rPr>
+                              <w:sz w:val="14"/>
+                            </w:rPr>
+                            <w:t>Institutet</w:t>
+                          </w:r>
+                          <w:proofErr w:type="spellEnd"/>
                         </w:p>
                         <w:p w14:paraId="04D130EC" w14:textId="77777777" w:rsidR="008B74C7" w:rsidRDefault="00132B61">
                           <w:pPr>
                             <w:spacing w:line="160" w:lineRule="exact"/>
                             <w:ind w:left="24"/>
                             <w:rPr>
                               <w:sz w:val="14"/>
                             </w:rPr>
                           </w:pPr>
                           <w:r>
                             <w:rPr>
                               <w:sz w:val="14"/>
                             </w:rPr>
                             <w:t>SE-171 77 STOCKHOLM</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" anchor="t" anchorCtr="0" upright="1">
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="page">
@@ -2880,335 +3006,138 @@
                       <w:ind w:left="24"/>
                       <w:rPr>
                         <w:sz w:val="14"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r>
                       <w:rPr>
                         <w:sz w:val="14"/>
                       </w:rPr>
                       <w:t>SE-171 77 STOCKHOLM</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="0EDB35CA" w14:textId="77777777" w:rsidR="00B05076" w:rsidRDefault="00B05076">
+    <w:p w14:paraId="57C1E0B9" w14:textId="77777777" w:rsidR="00014925" w:rsidRDefault="00014925">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="64564FEC" w14:textId="77777777" w:rsidR="00B05076" w:rsidRDefault="00B05076">
+    <w:p w14:paraId="29001BFB" w14:textId="77777777" w:rsidR="00014925" w:rsidRDefault="00014925">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-  <w:p w14:paraId="58872F87" w14:textId="2848A7A6" w:rsidR="008B74C7" w:rsidRDefault="002A79EC">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="58872F87" w14:textId="75FAE68E" w:rsidR="008B74C7" w:rsidRDefault="009B12B2">
     <w:pPr>
       <w:pStyle w:val="BodyText"/>
       <w:spacing w:line="14" w:lineRule="auto"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="503315192" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6A82AEE8" wp14:editId="61F7E46E">
-[...196 lines deleted...]
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251657216" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2E52E0EF" wp14:editId="737C8A5C">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251657216" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2E52E0EF" wp14:editId="5F082263">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="page">
-                <wp:posOffset>5885180</wp:posOffset>
+                <wp:posOffset>5886072</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
-                <wp:posOffset>711169</wp:posOffset>
+                <wp:posOffset>708509</wp:posOffset>
               </wp:positionV>
-              <wp:extent cx="544830" cy="168910"/>
-              <wp:effectExtent l="0" t="0" r="0" b="0"/>
+              <wp:extent cx="1398850" cy="369393"/>
+              <wp:effectExtent l="0" t="0" r="11430" b="12065"/>
               <wp:wrapNone/>
               <wp:docPr id="16" name="Text Box 13"/>
               <wp:cNvGraphicFramePr>
                 <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
               </wp:cNvGraphicFramePr>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1">
                       <a:spLocks/>
                     </wps:cNvSpPr>
                     <wps:spPr bwMode="auto">
                       <a:xfrm>
                         <a:off x="0" y="0"/>
-                        <a:ext cx="544830" cy="168910"/>
+                        <a:ext cx="1398850" cy="369393"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                       <a:ln>
                         <a:noFill/>
                       </a:ln>
                       <a:extLst>
                         <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                           <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                             <a:solidFill>
                               <a:srgbClr val="FFFFFF"/>
                             </a:solidFill>
                           </a14:hiddenFill>
                         </a:ext>
                         <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                           <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                             <a:solidFill>
                               <a:srgbClr val="000000"/>
                             </a:solidFill>
                             <a:miter lim="800000"/>
                             <a:headEnd/>
                             <a:tailEnd/>
                           </a14:hiddenLine>
                         </a:ext>
                       </a:extLst>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w14:paraId="4244517E" w14:textId="5889E2CC" w:rsidR="008B74C7" w:rsidRPr="002E7660" w:rsidRDefault="00132B61">
+                        <w:p w14:paraId="4244517E" w14:textId="5889E2CC" w:rsidR="008B74C7" w:rsidRDefault="00132B61">
                           <w:pPr>
                             <w:spacing w:before="15"/>
                             <w:ind w:left="20"/>
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                           </w:pPr>
                           <w:r w:rsidRPr="002E7660">
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t xml:space="preserve">Sid: </w:t>
                           </w:r>
                           <w:r w:rsidRPr="002E7660">
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:fldChar w:fldCharType="begin"/>
                           </w:r>
                           <w:r w:rsidRPr="002E7660">
                             <w:rPr>
                               <w:sz w:val="20"/>
@@ -3230,74 +3159,105 @@
                             </w:rPr>
                             <w:t>2</w:t>
                           </w:r>
                           <w:r w:rsidRPr="002E7660">
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:fldChar w:fldCharType="end"/>
                           </w:r>
                           <w:r w:rsidRPr="002E7660">
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t xml:space="preserve"> / </w:t>
                           </w:r>
                           <w:r w:rsidR="00943A84">
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>2</w:t>
                           </w:r>
                         </w:p>
+                        <w:p w14:paraId="0A3DCA62" w14:textId="7AD689F7" w:rsidR="00D43DC8" w:rsidRDefault="00D43DC8">
+                          <w:pPr>
+                            <w:spacing w:before="15"/>
+                            <w:ind w:left="20"/>
+                            <w:rPr>
+                              <w:sz w:val="20"/>
+                              <w:szCs w:val="20"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r>
+                            <w:rPr>
+                              <w:sz w:val="20"/>
+                              <w:szCs w:val="20"/>
+                            </w:rPr>
+                            <w:t>Version 2 2025-10-10</w:t>
+                          </w:r>
+                        </w:p>
+                        <w:p w14:paraId="06F89370" w14:textId="77777777" w:rsidR="00D43DC8" w:rsidRPr="002E7660" w:rsidRDefault="00D43DC8">
+                          <w:pPr>
+                            <w:spacing w:before="15"/>
+                            <w:ind w:left="20"/>
+                            <w:rPr>
+                              <w:sz w:val="20"/>
+                              <w:szCs w:val="20"/>
+                            </w:rPr>
+                          </w:pPr>
+                        </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" anchor="t" anchorCtr="0" upright="1">
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="page">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="page">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:shape w14:anchorId="2E52E0EF" id="Text Box 13" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:463.4pt;margin-top:56pt;width:42.9pt;height:13.3pt;z-index:-251659264;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB8X72mxgEAAHkDAAAOAAAAZHJzL2Uyb0RvYy54bWysU1Fv0zAQfkfiP1h+p2nHmErUdAKmIaTB&#10;kMZ+gOPYjUXiM3duk/LrOTtNB+wN8WJd7s6fv++7y+Z67DtxMEgOfCVXi6UUxmtonN9V8vHb7au1&#10;FBSVb1QH3lTyaEheb1++2AyhNBfQQtcYFAziqRxCJdsYQ1kUpFvTK1pAMJ6LFrBXkT9xVzSoBkbv&#10;u+JiubwqBsAmIGhDxNmbqSi3Gd9ao+O9tWSi6CrJ3GI+MZ91OovtRpU7VKF1+kRD/QOLXjnPj56h&#10;blRUYo/uGVTvNAKBjQsNfQHWOm2yBlazWv6l5qFVwWQtbA6Fs030/2D1l8ND+Ioiju9h5AFmERTu&#10;QH8n9qYYApWnnuQplZS66+EzNDxNtY+Qb4wW+ySfBQmGYaePZ3fNGIXm5JvLy/Vrrmgura7Wb1fZ&#10;/UKV8+WAFD8a6EUKKok8vAyuDncUExlVzi3pLQ+3ruvyADv/R4IbUyaTT3wn5nGsR+5OImpojiwD&#10;YdoH3l8OWsCfUgy8C5WkH3uFRoruk2ez0+LMAc5BPQfKa75aySjFFH6I04LtA7pdy8iTqx7esV3W&#10;ZSlPLE48eb5Z4WkX0wL9/p27nv6Y7S8AAAD//wMAUEsDBBQABgAIAAAAIQC0zpgw4AAAAAwBAAAP&#10;AAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvSPyDtUjcqBMjQglxKlRUcUAcWkDiuI1NHBHbke2m&#10;7t+zPcFtRzOafdOssh3ZrEMcvJNQLgpg2nVeDa6X8PG+uVkCiwmdwtE7LeGkI6zay4sGa+WPbqvn&#10;XeoZlbhYowST0lRzHjujLcaFn7Qj79sHi4lk6LkKeKRyO3JRFBW3ODj6YHDSa6O7n93BSvhcT5vX&#10;/GXwbb5TL8/ifnsKXZby+io/PQJLOqe/MJzxCR1aYtr7g1ORjRIeREXoiYxS0KhzoihFBWxP1+2y&#10;At42/P+I9hcAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAA&#10;AAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAA&#10;AAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQB8X72mxgEAAHkDAAAOAAAAAAAA&#10;AAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQC0zpgw4AAAAAwBAAAPAAAA&#10;AAAAAAAAAAAAACAEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAALQUAAAAA&#10;" filled="f" stroked="f">
+            <v:shapetype w14:anchorId="2E52E0EF" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+              <v:stroke joinstyle="miter"/>
+              <v:path gradientshapeok="t" o:connecttype="rect"/>
+            </v:shapetype>
+            <v:shape id="Text Box 13" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:463.45pt;margin-top:55.8pt;width:110.15pt;height:29.1pt;z-index:-251659264;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#13;&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#13;&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#13;&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#13;&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#13;&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#13;&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#13;&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#13;&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#13;&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#13;&#10;IQDgIhylxgEAAHoDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO0zAQfUfiHyy/03S3YtVGTVfAahHS&#13;&#10;AistfIDj2I1F4jEzbpPy9YydpsvlDfFijT3j43POjLe3Y9+Jo0Fy4Ct5tVhKYbyGxvl9Jb9+uX+1&#13;&#10;loKi8o3qwJtKngzJ293LF9shlOYaWugag4JBPJVDqGQbYyiLgnRrekULCMZz0gL2KvIW90WDamD0&#13;&#10;viuul8ubYgBsAoI2RHx6NyXlLuNba3T8bC2ZKLpKMreYV8xrndZit1XlHlVonT7TUP/AolfO86MX&#13;&#10;qDsVlTig+wuqdxqBwMaFhr4Aa502WQOruVr+oeapVcFkLWwOhYtN9P9g9afjU3hEEce3MHIDswgK&#13;&#10;D6C/EXtTDIHKc03ylEpK1fXwERrupjpEyDdGi32Sz4IEw7DTp4u7ZoxCJ+zVZr1+zSnNudXNZrVZ&#13;&#10;JfsLVc63A1J8b6AXKagkcvcyujo+UJxK55L0mId713W5g53/7YAx00lmnwhP1ONYj1ydVNTQnFgH&#13;&#10;wjQQPMActIA/pBh4GCpJ3w8KjRTdB89up8mZA5yDeg6U13y1klGKKXwXpwk7BHT7lpEnWz28Yb+s&#13;&#10;y1KeWZx5coOzGedhTBP06z5XPX+Z3U8AAAD//wMAUEsDBBQABgAIAAAAIQDqEQ5Z5QAAABEBAAAP&#13;&#10;AAAAZHJzL2Rvd25yZXYueG1sTE89T8MwEN2R+A/WIbFRJxGkTRqnQq0qhqpDC0iMbmziiPgcxW7q&#13;&#10;/nuuEyynO71376NaRduzSY++cyggnSXANDZOddgK+HjfPi2A+SBRyd6hFnDVHlb1/V0lS+UueNDT&#13;&#10;MbSMRNCXUoAJYSg5943RVvqZGzQS9u1GKwOdY8vVKC8kbnueJUnOreyQHIwc9Nro5ud4tgI+18N2&#13;&#10;F7+M3E8v6m2TzQ/XsYlCPD7EzZLG6xJY0DH8fcCtA+WHmoKd3BmVZ72AIssLohKQpjmwGyN9nmfA&#13;&#10;TrTlxQJ4XfH/TepfAAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAA&#13;&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsA&#13;&#10;AAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAOAiHKXGAQAAegMAAA4A&#13;&#10;AAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAOoRDlnlAAAAEQEA&#13;&#10;AA8AAAAAAAAAAAAAAAAAIAQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAAyBQAAAAA=&#13;&#10;" filled="f" stroked="f">
               <v:path arrowok="t"/>
               <v:textbox inset="0,0,0,0">
                 <w:txbxContent>
-                  <w:p w14:paraId="4244517E" w14:textId="5889E2CC" w:rsidR="008B74C7" w:rsidRPr="002E7660" w:rsidRDefault="00132B61">
+                  <w:p w14:paraId="4244517E" w14:textId="5889E2CC" w:rsidR="008B74C7" w:rsidRDefault="00132B61">
                     <w:pPr>
                       <w:spacing w:before="15"/>
                       <w:ind w:left="20"/>
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r w:rsidRPr="002E7660">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t xml:space="preserve">Sid: </w:t>
                     </w:r>
                     <w:r w:rsidRPr="002E7660">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:fldChar w:fldCharType="begin"/>
                     </w:r>
                     <w:r w:rsidRPr="002E7660">
                       <w:rPr>
                         <w:sz w:val="20"/>
@@ -3319,50 +3279,77 @@
                       </w:rPr>
                       <w:t>2</w:t>
                     </w:r>
                     <w:r w:rsidRPr="002E7660">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:fldChar w:fldCharType="end"/>
                     </w:r>
                     <w:r w:rsidRPr="002E7660">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t xml:space="preserve"> / </w:t>
                     </w:r>
                     <w:r w:rsidR="00943A84">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>2</w:t>
                     </w:r>
                   </w:p>
+                  <w:p w14:paraId="0A3DCA62" w14:textId="7AD689F7" w:rsidR="00D43DC8" w:rsidRDefault="00D43DC8">
+                    <w:pPr>
+                      <w:spacing w:before="15"/>
+                      <w:ind w:left="20"/>
+                      <w:rPr>
+                        <w:sz w:val="20"/>
+                        <w:szCs w:val="20"/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r>
+                      <w:rPr>
+                        <w:sz w:val="20"/>
+                        <w:szCs w:val="20"/>
+                      </w:rPr>
+                      <w:t>Version 2 2025-10-10</w:t>
+                    </w:r>
+                  </w:p>
+                  <w:p w14:paraId="06F89370" w14:textId="77777777" w:rsidR="00D43DC8" w:rsidRPr="002E7660" w:rsidRDefault="00D43DC8">
+                    <w:pPr>
+                      <w:spacing w:before="15"/>
+                      <w:ind w:left="20"/>
+                      <w:rPr>
+                        <w:sz w:val="20"/>
+                        <w:szCs w:val="20"/>
+                      </w:rPr>
+                    </w:pPr>
+                  </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r w:rsidR="00132B61">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251656192" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4A72A411" wp14:editId="63A94A4D">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="page">
             <wp:posOffset>1449071</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="page">
             <wp:posOffset>458471</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1637664" cy="669290"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="17" name="image1.jpeg"/>
@@ -3380,68 +3367,68 @@
                   <a:blip r:embed="rId1" cstate="print"/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="1637664" cy="669290"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0B2E1253"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B1B0576A"/>
     <w:lvl w:ilvl="0" w:tplc="041D000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="041D0019">
+    <w:lvl w:ilvl="1" w:tplc="041D0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
@@ -3471,455 +3458,50 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="10D9151D"/>
-[...403 lines deleted...]
-  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3F1E16E6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="50506130"/>
     <w:lvl w:ilvl="0" w:tplc="D74CF59A">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="988" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
         <w:spacing w:val="-2"/>
         <w:w w:val="100"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="D9D8D5A8">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1736" w:hanging="360"/>
@@ -3984,166 +3566,51 @@
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0994C210">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6272" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="5E80CF42">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7028" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
-[...114 lines deleted...]
-  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4DDB16E2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="38962DF2"/>
     <w:lvl w:ilvl="0" w:tplc="16D89A80">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="878" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
         <w:spacing w:val="-2"/>
         <w:w w:val="100"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="A0DED8A6">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -4213,397 +3680,310 @@
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="6B2A9508">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6226" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="DA5A463A">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6997" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="66EC37A9"/>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="5AF074D6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="58FAC0B0"/>
-[...3 lines deleted...]
-      <w:lvlText w:val="%1)"/>
+    <w:tmpl w:val="3D5C804E"/>
+    <w:lvl w:ilvl="0" w:tplc="1D129EB0">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
+        <w:rFonts w:ascii="Symbol" w:eastAsia="Times New Roman" w:hAnsi="Symbol" w:cs="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="1AA6B042">
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="□"/>
+      <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:hint="default"/>
-[...1 lines deleted...]
-        <w:szCs w:val="24"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="0409001B">
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerRoman"/>
-[...9 lines deleted...]
-      <w:lvlText w:val="%4."/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2880" w:hanging="360"/>
-[...58 lines deleted...]
-        <w:ind w:left="720" w:hanging="360"/>
+        <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
-        <w:b w:val="0"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04090019">
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerLetter"/>
-      <w:lvlText w:val="%2."/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1440" w:hanging="360"/>
-      </w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerRoman"/>
-[...4 lines deleted...]
-      </w:pPr>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%4."/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2880" w:hanging="360"/>
-      </w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerLetter"/>
-      <w:lvlText w:val="%5."/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3600" w:hanging="360"/>
-      </w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerRoman"/>
-[...4 lines deleted...]
-      </w:pPr>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%7."/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5040" w:hanging="360"/>
-[...18 lines deleted...]
-      </w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="159125780">
-    <w:abstractNumId w:val="7"/>
+    <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="570383434">
-    <w:abstractNumId w:val="5"/>
+    <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="847602101">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="652564066">
-[...14 lines deleted...]
-  <w:num w:numId="9" w16cid:durableId="998459069">
+  <w:num w:numId="4" w16cid:durableId="781189696">
     <w:abstractNumId w:val="3"/>
-  </w:num>
-[...1 lines deleted...]
-    <w:abstractNumId w:val="8"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
-[...1 lines deleted...]
-  <w:proofState w:spelling="clean"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="210"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:trackRevisions/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="425"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:ulTrailSpace/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="008B74C7"/>
     <w:rsid w:val="00012E2B"/>
+    <w:rsid w:val="00014925"/>
     <w:rsid w:val="000470B2"/>
     <w:rsid w:val="00063557"/>
     <w:rsid w:val="00064E5F"/>
-    <w:rsid w:val="000864A4"/>
     <w:rsid w:val="000A3C92"/>
     <w:rsid w:val="000D3061"/>
     <w:rsid w:val="00132B61"/>
     <w:rsid w:val="0016525B"/>
     <w:rsid w:val="0017041D"/>
-    <w:rsid w:val="0018298C"/>
     <w:rsid w:val="001918A2"/>
     <w:rsid w:val="001F3F1E"/>
     <w:rsid w:val="00224BD0"/>
     <w:rsid w:val="00246C73"/>
     <w:rsid w:val="0025361E"/>
     <w:rsid w:val="00270392"/>
     <w:rsid w:val="002A3F69"/>
-    <w:rsid w:val="002A79EC"/>
     <w:rsid w:val="002C790B"/>
     <w:rsid w:val="002E7660"/>
     <w:rsid w:val="00300A84"/>
     <w:rsid w:val="00311CCD"/>
     <w:rsid w:val="00321E7D"/>
     <w:rsid w:val="00351B9A"/>
-    <w:rsid w:val="00472359"/>
+    <w:rsid w:val="00353BA7"/>
+    <w:rsid w:val="00371C77"/>
     <w:rsid w:val="004C2D09"/>
     <w:rsid w:val="00525CB9"/>
-    <w:rsid w:val="00527815"/>
     <w:rsid w:val="005A362F"/>
+    <w:rsid w:val="005C3509"/>
     <w:rsid w:val="0061702B"/>
-    <w:rsid w:val="00663C54"/>
     <w:rsid w:val="00664530"/>
     <w:rsid w:val="006749DD"/>
     <w:rsid w:val="0069095C"/>
     <w:rsid w:val="0070368A"/>
+    <w:rsid w:val="007442D5"/>
     <w:rsid w:val="00776BE3"/>
-    <w:rsid w:val="007D067F"/>
-    <w:rsid w:val="007D7F3B"/>
     <w:rsid w:val="008230C4"/>
-    <w:rsid w:val="00833960"/>
+    <w:rsid w:val="008233B8"/>
     <w:rsid w:val="00841B53"/>
+    <w:rsid w:val="00872E2E"/>
     <w:rsid w:val="008A3894"/>
     <w:rsid w:val="008B74C7"/>
     <w:rsid w:val="008E6906"/>
     <w:rsid w:val="00943A84"/>
+    <w:rsid w:val="00964D1B"/>
     <w:rsid w:val="00971752"/>
     <w:rsid w:val="009B12B2"/>
     <w:rsid w:val="00A26C9F"/>
-    <w:rsid w:val="00A6420E"/>
     <w:rsid w:val="00AC5050"/>
     <w:rsid w:val="00AD57C8"/>
     <w:rsid w:val="00B05076"/>
     <w:rsid w:val="00B05122"/>
+    <w:rsid w:val="00B67AB0"/>
+    <w:rsid w:val="00B871D1"/>
     <w:rsid w:val="00B90028"/>
+    <w:rsid w:val="00BB3CFD"/>
     <w:rsid w:val="00C2312E"/>
+    <w:rsid w:val="00C42111"/>
+    <w:rsid w:val="00D121EA"/>
     <w:rsid w:val="00D17C46"/>
     <w:rsid w:val="00D42D05"/>
+    <w:rsid w:val="00D43DC8"/>
     <w:rsid w:val="00D56EC1"/>
-    <w:rsid w:val="00DC30C3"/>
-    <w:rsid w:val="00DD010B"/>
     <w:rsid w:val="00E60D1B"/>
     <w:rsid w:val="00E842A9"/>
     <w:rsid w:val="00E87CD6"/>
-    <w:rsid w:val="00EA7240"/>
     <w:rsid w:val="00EB562D"/>
     <w:rsid w:val="00F04AB1"/>
     <w:rsid w:val="00F10BA7"/>
+    <w:rsid w:val="00FD667E"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="sv-SE"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
-  <w:listSeparator w:val=";"/>
+  <w:listSeparator w:val=","/>
   <w14:docId w14:val="1922EF3E"/>
   <w15:docId w15:val="{12B7691B-9E63-6946-9088-C7B033617F20}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -5144,106 +4524,737 @@
   <w:style w:type="character" w:customStyle="1" w:styleId="normaltextrun1">
     <w:name w:val="normaltextrun1"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rsid w:val="00063557"/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="eop">
     <w:name w:val="eop"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rsid w:val="00063557"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Revision">
     <w:name w:val="Revision"/>
     <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00F10BA7"/>
     <w:pPr>
       <w:widowControl/>
       <w:autoSpaceDE/>
       <w:autoSpaceDN/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Hyperlink">
-[...21 lines deleted...]
-  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="1347633983">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.iucn.org/resources/conservation-tools/iucn-red-list-threatened-species" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:awb@ki.se" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ki.se/en/comparative-medicine/for-researchers/animal-welfare-body-awb/animal-research-outside-the-eu" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.iucn.org/resources/conservation-tools/iucn-red-list-threatened-species" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:awb@ki.se" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:awb@ki.se" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/></Relationships>
+</file>
+
+<file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+</file>
+
+<file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
+<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:docParts>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="26A2A5E14608E741883935092F564116"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{305C1EE6-E6A2-EE4E-9ECF-F6C2FEFAF228}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="005241FF" w:rsidRDefault="005241FF"/>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="B79CD16FE3BF944DA37E2BD19A8D5088"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{7DC0AF9E-80CD-8642-9C72-85B3287B5A62}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="005241FF" w:rsidRDefault="005241FF"/>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="2086D554D41A1440ACD773ADAE114C66"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{54C59B3F-1538-FA43-B5E9-25EAEF2E5ADD}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="005241FF" w:rsidRDefault="005241FF"/>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="A718A43D21642544B84CC7EB882C6333"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{32C8E26E-F058-9547-B90A-3D5D9476CF52}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="005241FF" w:rsidRDefault="005241FF"/>
+      </w:docPartBody>
+    </w:docPart>
+  </w:docParts>
+</w:glossaryDocument>
+</file>
+
+<file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:font w:name="Times New Roman">
+    <w:altName w:val="Times New Roman PSMT"/>
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="decorative"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
+    <w:charset w:val="4D"/>
+    <w:family w:val="decorative"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000001" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="MS Gothic">
+    <w:altName w:val="ＭＳ ゴシック"/>
+    <w:panose1 w:val="020B0609070205080204"/>
+    <w:charset w:val="80"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Segoe UI Symbol">
+    <w:panose1 w:val="020B0502040204020203"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="800001E3" w:usb1="1200FFEF" w:usb2="00040000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Cambria">
+    <w:panose1 w:val="02040503050406030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Aptos">
+    <w:panose1 w:val="020B0004020202020204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Aptos Display">
+    <w:panose1 w:val="020B0004020202020204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+</w:fonts>
+</file>
+
+<file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:view w:val="normal"/>
+  <w:revisionView w:formatting="0"/>
+  <w:defaultTabStop w:val="720"/>
+  <w:hyphenationZone w:val="425"/>
+  <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:compat>
+    <w:useFELayout/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
+  </w:compat>
+  <w:rsids>
+    <w:rsidRoot w:val="00BB6305"/>
+    <w:rsid w:val="005241FF"/>
+    <w:rsid w:val="005D6046"/>
+    <w:rsid w:val="007442D5"/>
+    <w:rsid w:val="008244C9"/>
+    <w:rsid w:val="00872E2E"/>
+    <w:rsid w:val="00A11D67"/>
+    <w:rsid w:val="00AB7D51"/>
+    <w:rsid w:val="00BB6305"/>
+    <w:rsid w:val="00C95125"/>
+    <w:rsid w:val="00CA4D97"/>
+    <w:rsid w:val="00EA7BE4"/>
+  </w:rsids>
+  <m:mathPr>
+    <m:mathFont m:val="Cambria Math"/>
+    <m:brkBin m:val="before"/>
+    <m:brkBinSub m:val="--"/>
+    <m:smallFrac m:val="0"/>
+    <m:dispDef/>
+    <m:lMargin m:val="0"/>
+    <m:rMargin m:val="0"/>
+    <m:defJc m:val="centerGroup"/>
+    <m:wrapIndent m:val="1440"/>
+    <m:intLim m:val="subSup"/>
+    <m:naryLim m:val="undOvr"/>
+  </m:mathPr>
+  <w:themeFontLang w:val="en-SE"/>
+  <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
+  <w:decimalSymbol w:val=","/>
+  <w:listSeparator w:val=","/>
+  <w15:chartTrackingRefBased/>
+</w:settings>
+</file>
+
+<file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:docDefaults>
+    <w:rPrDefault>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:lang w:val="en-SE" w:eastAsia="en-GB" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:rPrDefault>
+    <w:pPrDefault/>
+  </w:docDefaults>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+    <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 3" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 4" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 4" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 5" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
+    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
+    <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
+    <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
+    <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
+    <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
+    <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
+    <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
+  </w:latentStyles>
+  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
+    <w:name w:val="Normal"/>
+    <w:qFormat/>
+  </w:style>
+  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
+    <w:name w:val="Default Paragraph Font"/>
+    <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
+    <w:name w:val="Normal Table"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
+    <w:name w:val="No List"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+</w:styles>
+</file>
+
+<file path=word/glossary/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:optimizeForBrowser/>
+  <w:allowPNG/>
+</w:webSettings>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -5497,74 +5508,57 @@
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
-<file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...2 lines deleted...]
-
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
-[...2 lines deleted...]
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement/>
 </p:properties>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...8 lines deleted...]
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100BC479C1E37E1CC47991D0CC782E8B278" ma:contentTypeVersion="4" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="6127b90a5bfcf72a973f905630b408d7">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="73826592-bde7-4f95-999a-f450d2f0c25c" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="ebf1f0d19e71b18abfbcec95bf73993f" ns2:_="">
     <xsd:import namespace="73826592-bde7-4f95-999a-f450d2f0c25c"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="73826592-bde7-4f95-999a-f450d2f0c25c" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
@@ -5666,121 +5660,122 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A45E4C47-3DB7-4510-9874-E2CA0C46AD91}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-[...7 lines deleted...]
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2A2CC449-0DC2-4D9D-939A-FF0D824F44E5}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="73826592-bde7-4f95-999a-f450d2f0c25c"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{72F398A9-3B9B-4004-A67A-E25056DB48BA}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>556</Words>
-  <Characters>3170</Characters>
+  <Words>540</Words>
+  <Characters>3081</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>26</Lines>
+  <Lines>25</Lines>
   <Paragraphs>7</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3719</CharactersWithSpaces>
+  <CharactersWithSpaces>3614</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Dagmar Galter</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100BC479C1E37E1CC47991D0CC782E8B278</vt:lpwstr>
   </property>
 </Properties>
 </file>