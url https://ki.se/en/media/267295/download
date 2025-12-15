--- v1 (2025-10-29)
+++ v2 (2025-12-15)
@@ -1,2030 +1,2247 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
-  <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
-[...3 lines deleted...]
-  <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="6D8A7639" w14:textId="77777777" w:rsidR="00D17C46" w:rsidRPr="00D42D05" w:rsidRDefault="00D17C46" w:rsidP="00063557">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2678"/>
           <w:tab w:val="left" w:pos="3297"/>
           <w:tab w:val="left" w:pos="4430"/>
           <w:tab w:val="left" w:pos="4958"/>
           <w:tab w:val="left" w:pos="5831"/>
           <w:tab w:val="left" w:pos="7704"/>
         </w:tabs>
         <w:spacing w:before="246" w:line="249" w:lineRule="auto"/>
         <w:ind w:right="550"/>
         <w:rPr>
           <w:sz w:val="27"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="16D40EFC" w14:textId="77777777" w:rsidR="00063557" w:rsidRPr="007A387E" w:rsidRDefault="00063557" w:rsidP="00063557">
+    <w:p w14:paraId="16D40EFC" w14:textId="6D1203AA" w:rsidR="00063557" w:rsidRPr="007A387E" w:rsidRDefault="002A79EC" w:rsidP="00063557">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A387E">
+      <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>Self-assessment concerning animal research abroad.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="60F98DFC" w14:textId="77777777" w:rsidR="00371C77" w:rsidRPr="00063557" w:rsidRDefault="00371C77">
+        <w:t xml:space="preserve">Self-assessment for animal-based research </w:t>
+      </w:r>
+      <w:r w:rsidR="0018298C">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>abroad</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="647DB6F3" w14:textId="77777777" w:rsidR="008B74C7" w:rsidRPr="00063557" w:rsidRDefault="008B74C7">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="1"/>
         <w:rPr>
           <w:sz w:val="33"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="294ECCB9" w14:textId="5F90ACE8" w:rsidR="00063557" w:rsidRDefault="00063557" w:rsidP="00063557">
+    <w:p w14:paraId="692F8EE4" w14:textId="77777777" w:rsidR="00040A6F" w:rsidRDefault="002A79EC" w:rsidP="00063557">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rStyle w:val="normaltextrun1"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A025D4">
+      <w:r>
         <w:rPr>
           <w:rStyle w:val="normaltextrun1"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>Animals Welfare Body prepared this self-assessment to assist researchers</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00D121EA">
+        <w:t xml:space="preserve">Karolinska Institutet has implemented a framework for researchers that participate in animal-based research in countries outside </w:t>
+      </w:r>
+      <w:r w:rsidR="00527815">
         <w:rPr>
           <w:rStyle w:val="normaltextrun1"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve"> at Karolinska </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidR="00D121EA">
+        <w:t xml:space="preserve">of </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rStyle w:val="normaltextrun1"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>Institutet</w:t>
-[...85 lines deleted...]
-    <w:p w14:paraId="1771A2C3" w14:textId="77777777" w:rsidR="00353BA7" w:rsidRDefault="00353BA7" w:rsidP="00063557">
+        <w:t>the EU.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="29637D1F" w14:textId="29FE1F31" w:rsidR="00527815" w:rsidRDefault="00527815" w:rsidP="00063557">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rStyle w:val="normaltextrun1"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-    <w:p w14:paraId="0AD16321" w14:textId="493087B0" w:rsidR="00D121EA" w:rsidRDefault="00D121EA" w:rsidP="00D121EA">
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun1"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The animal welfare body has established this self-assessment to assist you in evaluating if your proposed project </w:t>
+      </w:r>
+      <w:r w:rsidR="00040A6F">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun1"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">complies with KIs policy 1-576/2024 which states that a researcher at KI must not: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="49024F04" w14:textId="5AF5CF49" w:rsidR="00040A6F" w:rsidRPr="00040A6F" w:rsidRDefault="00040A6F" w:rsidP="00040A6F">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="12"/>
+        </w:numPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun1"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00040A6F">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun1"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Participate in research projects abroad without access to information of importance for an ethical evaluation of the animal research.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="789E37F9" w14:textId="78AE4869" w:rsidR="00040A6F" w:rsidRPr="00040A6F" w:rsidRDefault="00040A6F" w:rsidP="00040A6F">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="12"/>
+        </w:numPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun1"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00040A6F">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun1"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Participate in research projects abroad that do not comply with the ethical principles that permeate the regulations for animal-based research in Sweden. In cases where foreign regulations or animal ethical guidelines permit practices that are not permitted under the current regulation and guidelines for animal-based research in Sweden, an adequate level of protection for research animals must nevertheless be ensured, preferable by applying the principles of the Swedish standard abroad.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="68D63E65" w14:textId="511CDBCE" w:rsidR="00040A6F" w:rsidRPr="00040A6F" w:rsidRDefault="00040A6F" w:rsidP="00040A6F">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="12"/>
+        </w:numPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun1"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00040A6F">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun1"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Participate in research whose content is contrary to KI´s general values. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7E249B1A" w14:textId="5B294AD2" w:rsidR="00040A6F" w:rsidRPr="00040A6F" w:rsidRDefault="00040A6F" w:rsidP="00040A6F">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="12"/>
+        </w:numPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun1"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00040A6F">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun1"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Relocate activities abroad to avoid Swedish ethical requirements for animal research.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7E8EDD67" w14:textId="5A284416" w:rsidR="00040A6F" w:rsidRDefault="00040A6F" w:rsidP="00040A6F">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="12"/>
+        </w:numPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun1"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00040A6F">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun1"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Locate research projects involving research animal methods abroad for purely economic reasons.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7504186A" w14:textId="77777777" w:rsidR="00527815" w:rsidRDefault="00527815" w:rsidP="00063557">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun1"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="757F11BC" w14:textId="44AD0BE9" w:rsidR="002A79EC" w:rsidRDefault="00527815" w:rsidP="00063557">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun1"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun1"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>You can find additional</w:t>
+      </w:r>
+      <w:r w:rsidR="002A79EC">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun1"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> information and the framework </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId11" w:history="1">
+        <w:r w:rsidR="002A79EC" w:rsidRPr="002A79EC">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:lang w:val="en-GB"/>
+          </w:rPr>
+          <w:t>here</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="002A79EC">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun1"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="707FE2B1" w14:textId="77777777" w:rsidR="002A79EC" w:rsidRDefault="002A79EC" w:rsidP="00063557">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun1"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="30A57D94" w14:textId="436AB909" w:rsidR="002A79EC" w:rsidRDefault="002A79EC" w:rsidP="00063557">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun1"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun1"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Please fill out the self-assessment below if you plan to conduct or participate in research involving research animals </w:t>
+      </w:r>
+      <w:r w:rsidR="0018298C">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun1"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">abroad. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun1"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6D413498" w14:textId="7F8CF3D3" w:rsidR="002A79EC" w:rsidRDefault="002A79EC" w:rsidP="00063557">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun1"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1A73251F" w14:textId="3CF42CD0" w:rsidR="002A79EC" w:rsidRDefault="002A79EC" w:rsidP="00063557">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun1"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun1"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Please send the self-assessment for further processing to the animal welfare body if:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="78A88B77" w14:textId="022E54BA" w:rsidR="002A79EC" w:rsidRDefault="002A79EC" w:rsidP="002A79EC">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
+          <w:rStyle w:val="normaltextrun1"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
+          <w:rStyle w:val="normaltextrun1"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve">Participate in research projects abroad without access to information of importance for an ethical </w:t>
-[...47 lines deleted...]
-    <w:p w14:paraId="1ED6CB7A" w14:textId="6F30C08D" w:rsidR="00353BA7" w:rsidRDefault="00353BA7" w:rsidP="00D121EA">
+        <w:t>You have identified potential risks with the planed project</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="173B1F6E" w14:textId="0FCA7843" w:rsidR="002A79EC" w:rsidRDefault="002A79EC" w:rsidP="002A79EC">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
+          <w:rStyle w:val="normaltextrun1"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
+          <w:rStyle w:val="normaltextrun1"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>Participate in research projects abroad that do not comply with the ethical principles that permeate the regulations for animal-based research in Sweden. In cases where foreign regulations or animal ethical guidelines permit practices that are not permitted under the current regulation and guidelines for animal-based research in Sweden, an adequate level of protection for research animals must nevertheless be ensured, preferable by applying the principles of the Swedish standard abroad.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="59B60191" w14:textId="7D4F056C" w:rsidR="00353BA7" w:rsidRDefault="00353BA7" w:rsidP="00D121EA">
+        <w:t>If your project is involving non-human primates</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0B4BA5F6" w14:textId="290095F0" w:rsidR="00833960" w:rsidRDefault="00833960" w:rsidP="00833960">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun1"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="013AF6C7" w14:textId="0469B6D7" w:rsidR="00833960" w:rsidRDefault="00833960" w:rsidP="00833960">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun1"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun1"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Please store the self-assessment yourself for future reference if you did not identify any potential risks and/or your research is not involving non-human primates. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3EA4DB37" w14:textId="4C6DD0B1" w:rsidR="002A79EC" w:rsidRDefault="002A79EC" w:rsidP="002A79EC">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun1"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="13B37A69" w14:textId="124EC034" w:rsidR="00A54314" w:rsidRDefault="002A79EC" w:rsidP="002A79EC">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun1"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun1"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">If you have any further questions or comments, please send us an email through </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId12" w:history="1">
+        <w:r w:rsidRPr="00FD0300">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:lang w:val="en-GB"/>
+          </w:rPr>
+          <w:t>awb@ki.se</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun1"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="723033B9" w14:textId="77777777" w:rsidR="00A54314" w:rsidRDefault="00A54314">
+      <w:pPr>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun1"/>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-GB" w:eastAsia="sv-SE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4862D33E" w14:textId="77777777" w:rsidR="002A79EC" w:rsidRPr="00A025D4" w:rsidRDefault="002A79EC" w:rsidP="002A79EC">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4F10A60E" w14:textId="77777777" w:rsidR="00063557" w:rsidRPr="00A025D4" w:rsidRDefault="00063557" w:rsidP="00063557">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A025D4">
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="098A962A" w14:textId="3E3D402F" w:rsidR="00833960" w:rsidRDefault="00833960" w:rsidP="00833960">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00833960">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Self-assessment</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6F64FFF6" w14:textId="77777777" w:rsidR="00833960" w:rsidRPr="00833960" w:rsidRDefault="00833960" w:rsidP="00833960">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1EDB433C" w14:textId="0BA4BA2E" w:rsidR="00063557" w:rsidRPr="00833960" w:rsidRDefault="00833960" w:rsidP="00833960">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00833960">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>General assessment of the proposed project:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4168E95B" w14:textId="77777777" w:rsidR="00833960" w:rsidRPr="00833960" w:rsidRDefault="00833960" w:rsidP="00833960">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="45CDE735" w14:textId="7EAF4621" w:rsidR="00DD010B" w:rsidRDefault="00DD010B" w:rsidP="00833960">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="4"/>
+          <w:numId w:val="6"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
-        <w:textAlignment w:val="baseline"/>
-[...19 lines deleted...]
-        <w:pStyle w:val="paragraph"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Are there economic reasons involved in the decision to perform the animal study in a non-EU country?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1C1349E6" w14:textId="7B16A317" w:rsidR="00DD010B" w:rsidRDefault="00DD010B" w:rsidP="00DD010B">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Yes </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>(</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Please contact the animal welfare body for further processing)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0E67659E" w14:textId="5A12615F" w:rsidR="00DD010B" w:rsidRDefault="00DD010B" w:rsidP="00DD010B">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>No</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="567E4337" w14:textId="77777777" w:rsidR="00DD010B" w:rsidRDefault="00DD010B" w:rsidP="00DD010B">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="1440" w:firstLine="0"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="74D54A43" w14:textId="77777777" w:rsidR="00A54314" w:rsidRDefault="00527815" w:rsidP="00833960">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="4"/>
+          <w:numId w:val="6"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
-        <w:textAlignment w:val="baseline"/>
-[...37 lines deleted...]
-        <w:pStyle w:val="paragraph"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Would the Swedish legislation on animal experiments (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00527815">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>JVFS 20</w:t>
+      </w:r>
+      <w:r w:rsidR="00A54314">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>25</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00527815">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="00A54314">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>28</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>saknr</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>. L15</w:t>
+      </w:r>
+      <w:r w:rsidR="00A54314">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) allow you to conduct the proposed project in Sweden? </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="62C055B8" w14:textId="048B735C" w:rsidR="00833960" w:rsidRPr="00833960" w:rsidRDefault="00527815" w:rsidP="00A54314">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="720" w:firstLine="0"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00527815">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Please contact the animal welfare body or the animal welfare officer at KI for guidance if you are unsure.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="51E3FB4B" w14:textId="4B08F2AB" w:rsidR="00833960" w:rsidRPr="00833960" w:rsidRDefault="00833960" w:rsidP="00833960">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00833960">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Yes</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4394C63A" w14:textId="7AFD8876" w:rsidR="00833960" w:rsidRDefault="00833960" w:rsidP="00833960">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00833960">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">No </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00833960">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>(</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00833960">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Please contact the animal welfare body for further processing)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="685A02F0" w14:textId="77777777" w:rsidR="00DD010B" w:rsidRDefault="00DD010B" w:rsidP="00DD010B">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="1440" w:firstLine="0"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="690DF4AA" w14:textId="13C5E6AE" w:rsidR="00527815" w:rsidRDefault="00527815" w:rsidP="00527815">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="4"/>
+          <w:numId w:val="6"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
-        <w:textAlignment w:val="baseline"/>
-[...18 lines deleted...]
-      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Do you know of any research group that performs similar studies in Sweden?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="76255648" w14:textId="3F35FA6E" w:rsidR="00527815" w:rsidRDefault="00527815" w:rsidP="00527815">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:u w:val="single"/>
-[...4 lines deleted...]
-      <w:pPr>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Yes</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>(Please contact the animal welfare body for further processing)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4D317A00" w14:textId="0370E0D2" w:rsidR="00527815" w:rsidRDefault="00527815" w:rsidP="00527815">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:u w:val="single"/>
-[...12 lines deleted...]
-      <w:pPr>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>No</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6057950A" w14:textId="77777777" w:rsidR="00A54314" w:rsidRDefault="00A54314" w:rsidP="00527815">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:u w:val="single"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="43B1C206" w14:textId="505D9E47" w:rsidR="00063557" w:rsidRDefault="00063557" w:rsidP="00063557">
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="76A5AC31" w14:textId="6F6130FE" w:rsidR="00833960" w:rsidRDefault="00833960" w:rsidP="00833960">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Has an ethical license or similar been obtained for the </w:t>
+      </w:r>
+      <w:r w:rsidR="00527815">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>proposed study abroad</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="393E3DEC" w14:textId="2FE4CE50" w:rsidR="00833960" w:rsidRDefault="00833960" w:rsidP="00833960">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Yes</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00DD010B">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Please add the issuing authority and license number here:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="583CBF0D" w14:textId="5771F84B" w:rsidR="00DD010B" w:rsidRDefault="00DD010B" w:rsidP="00DD010B">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="2160" w:firstLine="0"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>______________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3AC00DE6" w14:textId="3458CFEA" w:rsidR="00833960" w:rsidRDefault="00833960" w:rsidP="00833960">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>No</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A54314">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(you need to make sure that all required licenses are in place before </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A54314">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>commencing your study)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1B7267A1" w14:textId="58AA2F9F" w:rsidR="00DD010B" w:rsidRDefault="00DD010B" w:rsidP="00833960">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>No ethical license is required</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4231B17C" w14:textId="77777777" w:rsidR="00DD010B" w:rsidRDefault="00DD010B" w:rsidP="00DD010B">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="1440" w:firstLine="0"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="33D8BD6F" w14:textId="78FF54BB" w:rsidR="00DD010B" w:rsidRDefault="00527815" w:rsidP="00DD010B">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>D</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD010B">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>oes your study involve non-human primates?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="579345A7" w14:textId="3B0E5D67" w:rsidR="00DD010B" w:rsidRDefault="00DD010B" w:rsidP="00DD010B">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Yes</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">(please send the completed self-assessment form to the animal welfare </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>body)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="041794A9" w14:textId="26D7C820" w:rsidR="00DD010B" w:rsidRDefault="00DD010B" w:rsidP="00DD010B">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>No</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="110CD210" w14:textId="77777777" w:rsidR="00527815" w:rsidRPr="00DD010B" w:rsidRDefault="00527815" w:rsidP="00527815">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="1440" w:firstLine="0"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3981EFE2" w14:textId="3F130BAE" w:rsidR="00527815" w:rsidRDefault="00527815" w:rsidP="00527815">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="6"/>
         </w:numPr>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:after="160" w:line="276" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Is there an approved</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00A025D4">
+        <w:t>Does the planned study involve red-listed species?</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC30C3">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...916 lines deleted...]
-      </w:pPr>
       <w:r w:rsidRPr="00A025D4">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00A025D4">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">animal </w:t>
-[...237 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">Please look at the IUCN:s Red list of threatened species at  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId10" w:tgtFrame="_blank" w:history="1">
+      <w:hyperlink r:id="rId13" w:tgtFrame="_blank" w:history="1">
         <w:r w:rsidRPr="00A025D4">
           <w:rPr>
             <w:rStyle w:val="normaltextrun1"/>
             <w:i/>
             <w:iCs/>
             <w:color w:val="0000FF"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>IUCN Red List of Threatened Species | IUCN</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00A025D4">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">) </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4FED2C05" w14:textId="1C99420D" w:rsidR="00063557" w:rsidRPr="00B67AB0" w:rsidRDefault="00063557" w:rsidP="00B67AB0">
+    <w:p w14:paraId="48DC8805" w14:textId="77777777" w:rsidR="00527815" w:rsidRDefault="00527815" w:rsidP="00527815">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Yes</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>(please contact the animal welfare body for further processing)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4F5AF644" w14:textId="35726209" w:rsidR="00A54314" w:rsidRDefault="00527815" w:rsidP="00527815">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>No</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0027D641" w14:textId="77777777" w:rsidR="00A54314" w:rsidRDefault="00A54314">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0E88E97F" w14:textId="77777777" w:rsidR="00527815" w:rsidRPr="00DD010B" w:rsidRDefault="00527815" w:rsidP="00A54314">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="1440" w:firstLine="0"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5CAF147C" w14:textId="77777777" w:rsidR="00063557" w:rsidRPr="00527815" w:rsidRDefault="00063557" w:rsidP="00527815">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="28BD3E9F" w14:textId="47D29658" w:rsidR="00DD010B" w:rsidRDefault="00DD010B" w:rsidP="00527815">
+      <w:pPr>
+        <w:widowControl/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:spacing w:after="160" w:line="276" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD010B">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Assessment of </w:t>
+      </w:r>
+      <w:r w:rsidR="00A54314" w:rsidRPr="00DD010B">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>animal</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD010B">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> welfare during </w:t>
+      </w:r>
+      <w:r w:rsidR="00A54314">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">scientific </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD010B">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>procedures:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4D5CF15A" w14:textId="77777777" w:rsidR="00527815" w:rsidRDefault="00527815" w:rsidP="00527815">
+      <w:pPr>
+        <w:widowControl/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:spacing w:after="160" w:line="276" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3C7690A2" w14:textId="58D111EF" w:rsidR="007D7F3B" w:rsidRDefault="007D7F3B" w:rsidP="00527815">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:spacing w:after="160" w:line="276" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Does the animal facility in which the proposed experiments will be </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>conducted</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> have staff responsible for animal welfare (such as animal caretakers, animal welfare officers, veterinarians)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7CF3C1B3" w14:textId="2C749327" w:rsidR="007D7F3B" w:rsidRDefault="007D7F3B" w:rsidP="007D7F3B">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:spacing w:after="160" w:line="276" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Yes</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5C46B3EA" w14:textId="349A8DE6" w:rsidR="007D7F3B" w:rsidRDefault="007D7F3B" w:rsidP="007D7F3B">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:spacing w:after="160" w:line="276" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>No</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>(please contact the animal welfare body for further processing)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="176308CE" w14:textId="77777777" w:rsidR="007D7F3B" w:rsidRDefault="007D7F3B" w:rsidP="007D7F3B">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:widowControl/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:spacing w:after="160" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="1440" w:firstLine="0"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="08C14069" w14:textId="5658C293" w:rsidR="00527815" w:rsidRDefault="00527815" w:rsidP="00527815">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:spacing w:after="160" w:line="276" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Does the staff of the animal facility in which the proposed experiment</w:t>
+      </w:r>
+      <w:r w:rsidR="007D7F3B">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> will be </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">conducted </w:t>
+      </w:r>
+      <w:r w:rsidR="00A54314">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>have</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> relevant and species-specific training</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="42E516C1" w14:textId="7764B745" w:rsidR="00527815" w:rsidRDefault="00527815" w:rsidP="00527815">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:spacing w:after="160" w:line="276" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Yes</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0B3777FD" w14:textId="680CDD71" w:rsidR="00527815" w:rsidRDefault="00527815" w:rsidP="00527815">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:spacing w:after="160" w:line="276" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>No</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>(please contact the animal welfare body for further processing)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6877754E" w14:textId="77777777" w:rsidR="00A6420E" w:rsidRDefault="00A6420E" w:rsidP="00A6420E">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:widowControl/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:spacing w:after="160" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="1440" w:firstLine="0"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1E1DAD51" w14:textId="10D462AE" w:rsidR="00A6420E" w:rsidRDefault="00A6420E" w:rsidP="00A6420E">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:spacing w:after="160" w:line="276" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Does the animal facility in which the proposed experiments will be conducted have readily access to veterinarians to similar who could administer analgesia or other treatments improving </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>the animal</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> welfare?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5DFFD1C2" w14:textId="51C79BF5" w:rsidR="00A6420E" w:rsidRDefault="00A6420E" w:rsidP="00A6420E">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:spacing w:after="160" w:line="276" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Yes</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="10B327C3" w14:textId="71F893E4" w:rsidR="00A6420E" w:rsidRDefault="00A6420E" w:rsidP="00A6420E">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:spacing w:after="160" w:line="276" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>No</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>(please contact the animal welfare body for further processing)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3D6C37D8" w14:textId="77777777" w:rsidR="00527815" w:rsidRDefault="00527815" w:rsidP="00527815">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:widowControl/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:spacing w:after="160" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="1440" w:firstLine="0"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="76B39552" w14:textId="299B19D2" w:rsidR="00527815" w:rsidRDefault="00527815" w:rsidP="00527815">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:spacing w:after="160" w:line="276" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Do</w:t>
+      </w:r>
+      <w:r w:rsidR="007D7F3B">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>es</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the housing condition including the environmental enrichment </w:t>
+      </w:r>
+      <w:r w:rsidR="007D7F3B">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">before, during and after the procedure(s) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>match the housing condition</w:t>
+      </w:r>
+      <w:r w:rsidR="007D7F3B">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> that would be required if the experiment was conducted in Sweden?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E74129C" w14:textId="4776E70F" w:rsidR="007D7F3B" w:rsidRDefault="007D7F3B" w:rsidP="007D7F3B">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:spacing w:after="160" w:line="276" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Yes</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6AEE3F87" w14:textId="4C1F6350" w:rsidR="007D7F3B" w:rsidRDefault="007D7F3B" w:rsidP="007D7F3B">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:spacing w:after="160" w:line="276" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>No</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>(please contact the animal welfare body for further processing)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="365433F0" w14:textId="7864E21C" w:rsidR="00A6420E" w:rsidRPr="00A6420E" w:rsidRDefault="00A6420E" w:rsidP="000864A4">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:widowControl/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:spacing w:after="160" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="720" w:firstLine="0"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5CB74444" w14:textId="3C3DFF02" w:rsidR="00DD010B" w:rsidRPr="00A025D4" w:rsidRDefault="00DD010B" w:rsidP="00DD010B">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:widowControl/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:spacing w:after="160" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="1440" w:firstLine="0"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1084FDD2" w14:textId="77777777" w:rsidR="00DD010B" w:rsidRPr="00DD010B" w:rsidRDefault="00DD010B" w:rsidP="000470B2">
+      <w:pPr>
+        <w:widowControl/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:spacing w:after="160" w:line="276" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="174590C8" w14:textId="62D00A37" w:rsidR="00A26C9F" w:rsidRDefault="00A26C9F" w:rsidP="00063557">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:before="0" w:after="160" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="720" w:firstLine="0"/>
         <w:contextualSpacing/>
-      </w:pPr>
-[...222 lines deleted...]
-      <w:footerReference w:type="default" r:id="rId12"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00A26C9F">
+      <w:headerReference w:type="default" r:id="rId14"/>
+      <w:footerReference w:type="default" r:id="rId15"/>
       <w:pgSz w:w="11900" w:h="16840"/>
       <w:pgMar w:top="1760" w:right="1680" w:bottom="1020" w:left="1680" w:header="681" w:footer="821" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="61034907" w14:textId="77777777" w:rsidR="00014925" w:rsidRDefault="00014925">
+    <w:p w14:paraId="171B41BB" w14:textId="77777777" w:rsidR="00B05076" w:rsidRDefault="00B05076">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="0FF61291" w14:textId="77777777" w:rsidR="00014925" w:rsidRDefault="00014925">
+    <w:p w14:paraId="465F1037" w14:textId="77777777" w:rsidR="00B05076" w:rsidRDefault="00B05076">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
-    <w:altName w:val="Times New Roman PSMT"/>
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Symbol">
-[...5 lines deleted...]
-  </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
-    <w:charset w:val="4D"/>
-    <w:family w:val="decorative"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000001" w:csb1="00000000"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-  </w:font>
-[...13 lines deleted...]
-    <w:sig w:usb0="800001E3" w:usb1="1200FFEF" w:usb2="00040000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="416EEA59" w14:textId="77777777" w:rsidR="008B74C7" w:rsidRDefault="00E87CD6">
     <w:pPr>
       <w:pStyle w:val="BodyText"/>
       <w:spacing w:line="14" w:lineRule="auto"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wpg">
           <w:drawing>
@@ -2614,72 +2831,82 @@
               </a:graphic>
               <wp14:sizeRelH relativeFrom="page">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="page">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:shape w14:anchorId="74812CF8" id="Text Box 3" o:spid="_x0000_s1029" type="#_x0000_t202" style="position:absolute;margin-left:343.15pt;margin-top:796pt;width:57.35pt;height:17.25pt;z-index:-4408;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB2aevaywEAAIADAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO0zAQfUfiHyy/06Rdll2ipitgtQhp&#10;WZAWPsB17MYi8ZgZt0n5esZO0+XyhnixxuPx8Tlnxuubse/EwSA58LVcLkopjNfQOL+r5dcvdy+u&#10;paCofKM68KaWR0PyZvP82XoIlVlBC11jUDCIp2oItWxjDFVRkG5Nr2gBwXg+tIC9irzFXdGgGhi9&#10;74pVWb4qBsAmIGhDxNnb6VBuMr61RsdP1pKJoqslc4t5xbxu01ps1qraoQqt0yca6h9Y9Mp5fvQM&#10;dauiEnt0f0H1TiMQ2LjQ0BdgrdMma2A1y/IPNY+tCiZrYXMonG2i/werHw6P4TOKOL6FkRuYRVC4&#10;B/2N2JtiCFSdapKnVFGq3g4foeFuqn2EfGO02Cf5LEgwDDt9PLtrxig0J69W1xcvL6XQfLRavi6v&#10;LpP7harmywEpvjfQixTUErl5GVwd7ilOpXNJesvDneu63MDO/5ZgzJTJ5BPfiXkct6NwTS0v0rtJ&#10;yxaaI6tBmMaCx5iDFvCHFAOPRC3p+16hkaL74NnzND9zgHOwnQPlNV+tZZRiCt/Fac72Ad2uZeTJ&#10;XA9v2DXrsqInFie63ObsyWkk0xz9us9VTx9n8xMAAP//AwBQSwMEFAAGAAgAAAAhAPbhmyDiAAAA&#10;DQEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1SNyo06CEEOJUqKjigDi0UKnHbWzi&#10;iNiObDd1/57lBLfdndHsm2aVzMhm5cPgrIDlIgOmbOfkYHsBnx+buwpYiGgljs4qARcVYNVeXzVY&#10;S3e2WzXvYs8oxIYaBegYp5rz0GllMCzcpCxpX84bjLT6nkuPZwo3I8+zrOQGB0sfNE5qrVX3vTsZ&#10;Afv1tHlLB43vcyFfX/KH7cV3SYjbm/T8BCyqFP/M8ItP6NAS09GdrAxsFFBW5T1ZSSgec2pFlipb&#10;0nCkU5mXBfC24f9btD8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAA&#10;AAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAA&#10;CwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAdmnr2ssBAACAAwAA&#10;DgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA9uGbIOIAAAAN&#10;AQAADwAAAAAAAAAAAAAAAAAlBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAADQFAAAA&#10;AA==&#10;" filled="f" stroked="f">
               <v:path arrowok="t"/>
               <v:textbox inset="0,0,0,0">
                 <w:txbxContent>
                   <w:p w14:paraId="5E2A80BA" w14:textId="77777777" w:rsidR="008B74C7" w:rsidRDefault="00132B61">
                     <w:pPr>
                       <w:spacing w:before="14" w:line="155" w:lineRule="exact"/>
                       <w:ind w:left="20"/>
                       <w:rPr>
                         <w:b/>
                         <w:sz w:val="14"/>
                       </w:rPr>
                     </w:pPr>
+                    <w:proofErr w:type="spellStart"/>
                     <w:r>
                       <w:rPr>
                         <w:b/>
                         <w:sz w:val="14"/>
                       </w:rPr>
                       <w:t>Telefon</w:t>
                     </w:r>
+                    <w:proofErr w:type="spellEnd"/>
                   </w:p>
                   <w:p w14:paraId="1F99409B" w14:textId="77777777" w:rsidR="008B74C7" w:rsidRDefault="00132B61">
                     <w:pPr>
                       <w:spacing w:line="155" w:lineRule="exact"/>
                       <w:ind w:left="20"/>
                       <w:rPr>
                         <w:sz w:val="14"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r>
                       <w:rPr>
                         <w:sz w:val="14"/>
                       </w:rPr>
-                      <w:t>08-524 800 00, vx</w:t>
+                      <w:t xml:space="preserve">08-524 800 00, </w:t>
                     </w:r>
+                    <w:proofErr w:type="spellStart"/>
+                    <w:r>
+                      <w:rPr>
+                        <w:sz w:val="14"/>
+                      </w:rPr>
+                      <w:t>vx</w:t>
+                    </w:r>
+                    <w:proofErr w:type="spellEnd"/>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="503312096" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="163EE859" wp14:editId="06644DB1">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="page">
                 <wp:posOffset>5519420</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:posOffset>10109200</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="459105" cy="219075"/>
@@ -2781,60 +3008,60 @@
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:shape w14:anchorId="163EE859" id="Text Box 2" o:spid="_x0000_s1030" type="#_x0000_t202" style="position:absolute;margin-left:434.6pt;margin-top:796pt;width:36.15pt;height:17.25pt;z-index:-4384;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDkP4nyygEAAIADAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO0zAQfUfiHyy/06QVBTZqugJWi5CW&#10;i7TsBziO3VgkHjPjNilfz9hpu8C+IV6s8Xh8fM6Z8eZ6GnpxMEgOfC2Xi1IK4zW0zu9q+fDt9sUb&#10;KSgq36oevKnl0ZC83j5/thlDZVbQQd8aFAziqRpDLbsYQ1UUpDszKFpAMJ4PLeCgIm9xV7SoRkYf&#10;+mJVlq+KEbANCNoQcfZmPpTbjG+t0fGLtWSi6GvJ3GJeMa9NWovtRlU7VKFz+kRD/QOLQTnPj16g&#10;blRUYo/uCdTgNAKBjQsNQwHWOm2yBlazLP9Sc9+pYLIWNofCxSb6f7D68+E+fEURp3cwcQOzCAp3&#10;oL8Te1OMgapTTfKUKkrVzfgJWu6m2kfINyaLQ5LPggTDsNPHi7tmikJz8uX6almupdB8tFpela/X&#10;yf1CVefLASl+MDCIFNQSuXkZXB3uKM6l55L0lodb1/e5gb3/I8GYKZPJJ74z8zg1k3AtE0nvJi0N&#10;tEdWgzCPBY8xBx3gTylGHola0o+9QiNF/9Gz52l+zgGeg+YcKK/5ai2jFHP4Ps5ztg/odh0jz+Z6&#10;eMuuWZcVPbI40eU2Z09OI5nm6Pd9rnr8ONtfAAAA//8DAFBLAwQUAAYACAAAACEACp42OuIAAAAN&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VI3KhTi4QmxKlQUcUBcWgBiaMbmzgi&#10;Xkexm7p/z3Kix515mp2p18kNbDZT6D1KWC4yYAZbr3vsJHy8b+9WwEJUqNXg0Ug4mwDr5vqqVpX2&#10;J9yZeR87RiEYKiXBxjhWnIfWGqfCwo8Gyfv2k1ORzqnjelInCncDF1lWcKd6pA9WjWZjTfuzPzoJ&#10;n5tx+5q+rHqbc/3yLB5256lNUt7epKdHYNGk+A/DX32qDg11Ovgj6sAGCauiFISSkZeCVhFS3i9z&#10;YAeSClHkwJuaX65ofgEAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAAL&#10;AAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDkP4nyygEAAIADAAAO&#10;AAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQAKnjY64gAAAA0B&#10;AAAPAAAAAAAAAAAAAAAAACQEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAMwUAAAAA&#10;" filled="f" stroked="f">
               <v:path arrowok="t"/>
               <v:textbox inset="0,0,0,0">
                 <w:txbxContent>
                   <w:p w14:paraId="0143DAD3" w14:textId="77777777" w:rsidR="008B74C7" w:rsidRDefault="00132B61">
                     <w:pPr>
                       <w:spacing w:before="14" w:line="155" w:lineRule="exact"/>
                       <w:ind w:left="20"/>
                       <w:rPr>
                         <w:b/>
                         <w:sz w:val="14"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r>
                       <w:rPr>
                         <w:b/>
                         <w:sz w:val="14"/>
                       </w:rPr>
                       <w:t>E-post</w:t>
                     </w:r>
                   </w:p>
-                  <w:p w14:paraId="232E761E" w14:textId="77777777" w:rsidR="008B74C7" w:rsidRDefault="0061702B">
+                  <w:p w14:paraId="232E761E" w14:textId="77777777" w:rsidR="008B74C7" w:rsidRDefault="00132B61">
                     <w:pPr>
                       <w:spacing w:line="155" w:lineRule="exact"/>
                       <w:ind w:left="20"/>
                       <w:rPr>
                         <w:sz w:val="14"/>
                       </w:rPr>
                     </w:pPr>
                     <w:hyperlink r:id="rId2">
-                      <w:r w:rsidR="00132B61">
+                      <w:r>
                         <w:rPr>
                           <w:sz w:val="14"/>
                         </w:rPr>
                         <w:t>awb@ki.se</w:t>
                       </w:r>
                     </w:hyperlink>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="503312120" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="51052AFC" wp14:editId="4E4EDB6A">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="page">
@@ -2897,60 +3124,52 @@
                             <w:rPr>
                               <w:b/>
                               <w:sz w:val="14"/>
                             </w:rPr>
                           </w:pPr>
                           <w:r>
                             <w:rPr>
                               <w:b/>
                               <w:sz w:val="14"/>
                             </w:rPr>
                             <w:t>Adress</w:t>
                           </w:r>
                         </w:p>
                         <w:p w14:paraId="697D3E70" w14:textId="77777777" w:rsidR="008B74C7" w:rsidRDefault="00132B61">
                           <w:pPr>
                             <w:spacing w:line="146" w:lineRule="exact"/>
                             <w:ind w:left="20"/>
                             <w:rPr>
                               <w:sz w:val="14"/>
                             </w:rPr>
                           </w:pPr>
                           <w:r>
                             <w:rPr>
                               <w:sz w:val="14"/>
                             </w:rPr>
-                            <w:t xml:space="preserve">Karolinska </w:t>
+                            <w:t>Karolinska Institutet</w:t>
                           </w:r>
-                          <w:proofErr w:type="spellStart"/>
-[...6 lines deleted...]
-                          <w:proofErr w:type="spellEnd"/>
                         </w:p>
                         <w:p w14:paraId="04D130EC" w14:textId="77777777" w:rsidR="008B74C7" w:rsidRDefault="00132B61">
                           <w:pPr>
                             <w:spacing w:line="160" w:lineRule="exact"/>
                             <w:ind w:left="24"/>
                             <w:rPr>
                               <w:sz w:val="14"/>
                             </w:rPr>
                           </w:pPr>
                           <w:r>
                             <w:rPr>
                               <w:sz w:val="14"/>
                             </w:rPr>
                             <w:t>SE-171 77 STOCKHOLM</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" anchor="t" anchorCtr="0" upright="1">
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="page">
@@ -3008,136 +3227,333 @@
                         <w:sz w:val="14"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r>
                       <w:rPr>
                         <w:sz w:val="14"/>
                       </w:rPr>
                       <w:t>SE-171 77 STOCKHOLM</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="57C1E0B9" w14:textId="77777777" w:rsidR="00014925" w:rsidRDefault="00014925">
+    <w:p w14:paraId="0EDB35CA" w14:textId="77777777" w:rsidR="00B05076" w:rsidRDefault="00B05076">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="29001BFB" w14:textId="77777777" w:rsidR="00014925" w:rsidRDefault="00014925">
+    <w:p w14:paraId="64564FEC" w14:textId="77777777" w:rsidR="00B05076" w:rsidRDefault="00B05076">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="58872F87" w14:textId="75FAE68E" w:rsidR="008B74C7" w:rsidRDefault="009B12B2">
+  <w:p w14:paraId="58872F87" w14:textId="2848A7A6" w:rsidR="008B74C7" w:rsidRDefault="002A79EC">
     <w:pPr>
       <w:pStyle w:val="BodyText"/>
       <w:spacing w:line="14" w:lineRule="auto"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251657216" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2E52E0EF" wp14:editId="5F082263">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="503315192" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6A82AEE8" wp14:editId="61F7E46E">
+              <wp:simplePos x="0" y="0"/>
+              <wp:positionH relativeFrom="column">
+                <wp:posOffset>3730906</wp:posOffset>
+              </wp:positionH>
+              <wp:positionV relativeFrom="paragraph">
+                <wp:posOffset>36340</wp:posOffset>
+              </wp:positionV>
+              <wp:extent cx="1813601" cy="269240"/>
+              <wp:effectExtent l="0" t="0" r="0" b="0"/>
+              <wp:wrapNone/>
+              <wp:docPr id="20" name="Text Box 20"/>
+              <wp:cNvGraphicFramePr/>
+              <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                  <wps:wsp>
+                    <wps:cNvSpPr txBox="1"/>
+                    <wps:spPr>
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="1813601" cy="269240"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect">
+                        <a:avLst/>
+                      </a:prstGeom>
+                      <a:solidFill>
+                        <a:schemeClr val="lt1"/>
+                      </a:solidFill>
+                      <a:ln w="6350">
+                        <a:noFill/>
+                      </a:ln>
+                    </wps:spPr>
+                    <wps:txbx>
+                      <w:txbxContent>
+                        <w:p w14:paraId="4E8DC6FF" w14:textId="71A00979" w:rsidR="009B12B2" w:rsidRPr="009B12B2" w:rsidRDefault="002A79EC" w:rsidP="009B12B2">
+                          <w:pPr>
+                            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+                            <w:rPr>
+                              <w:sz w:val="20"/>
+                              <w:szCs w:val="20"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r>
+                            <w:rPr>
+                              <w:sz w:val="20"/>
+                              <w:szCs w:val="20"/>
+                            </w:rPr>
+                            <w:t xml:space="preserve">Appendix to </w:t>
+                          </w:r>
+                          <w:proofErr w:type="spellStart"/>
+                          <w:r w:rsidR="009B12B2">
+                            <w:rPr>
+                              <w:sz w:val="20"/>
+                              <w:szCs w:val="20"/>
+                            </w:rPr>
+                            <w:t>Dnr</w:t>
+                          </w:r>
+                          <w:proofErr w:type="spellEnd"/>
+                          <w:r w:rsidR="009B12B2" w:rsidRPr="002A79EC">
+                            <w:rPr>
+                              <w:sz w:val="20"/>
+                              <w:szCs w:val="20"/>
+                            </w:rPr>
+                            <w:t xml:space="preserve">: </w:t>
+                          </w:r>
+                          <w:r w:rsidRPr="002A79EC">
+                            <w:rPr>
+                              <w:sz w:val="20"/>
+                              <w:szCs w:val="20"/>
+                            </w:rPr>
+                            <w:t>1-576</w:t>
+                          </w:r>
+                          <w:r w:rsidR="009B12B2" w:rsidRPr="002A79EC">
+                            <w:rPr>
+                              <w:sz w:val="20"/>
+                              <w:szCs w:val="20"/>
+                            </w:rPr>
+                            <w:t>/</w:t>
+                          </w:r>
+                          <w:r w:rsidR="000470B2" w:rsidRPr="002A79EC">
+                            <w:rPr>
+                              <w:sz w:val="20"/>
+                              <w:szCs w:val="20"/>
+                            </w:rPr>
+                            <w:t>202</w:t>
+                          </w:r>
+                          <w:r w:rsidRPr="002A79EC">
+                            <w:rPr>
+                              <w:sz w:val="20"/>
+                              <w:szCs w:val="20"/>
+                            </w:rPr>
+                            <w:t>4</w:t>
+                          </w:r>
+                        </w:p>
+                      </w:txbxContent>
+                    </wps:txbx>
+                    <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                      <a:prstTxWarp prst="textNoShape">
+                        <a:avLst/>
+                      </a:prstTxWarp>
+                      <a:noAutofit/>
+                    </wps:bodyPr>
+                  </wps:wsp>
+                </a:graphicData>
+              </a:graphic>
+              <wp14:sizeRelH relativeFrom="margin">
+                <wp14:pctWidth>0</wp14:pctWidth>
+              </wp14:sizeRelH>
+              <wp14:sizeRelV relativeFrom="margin">
+                <wp14:pctHeight>0</wp14:pctHeight>
+              </wp14:sizeRelV>
+            </wp:anchor>
+          </w:drawing>
+        </mc:Choice>
+        <mc:Fallback>
+          <w:pict>
+            <v:shapetype w14:anchorId="6A82AEE8" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+              <v:stroke joinstyle="miter"/>
+              <v:path gradientshapeok="t" o:connecttype="rect"/>
+            </v:shapetype>
+            <v:shape id="Text Box 20" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:293.75pt;margin-top:2.85pt;width:142.8pt;height:21.2pt;z-index:503315192;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCag6VdKwIAAFQEAAAOAAAAZHJzL2Uyb0RvYy54bWysVN1v2jAQf5+0/8Hy+0iglLWIUDEqpkmo&#10;rUSnPhvHIZEcn2cfJOyv39kJH+v2NO3FufN9/37nzB7aWrODcr4Ck/HhIOVMGQl5ZXYZ//66+nTH&#10;mUdhcqHBqIwflecP848fZo2dqhGUoHPlGCUxftrYjJeIdpokXpaqFn4AVhkyFuBqgaS6XZI70VD2&#10;WiejNJ0kDbjcOpDKe7p97Ix8HvMXhZL4XBReIdMZp94wni6e23Am85mY7pywZSX7NsQ/dFGLylDR&#10;c6pHgYLtXfVHqrqSDjwUOJBQJ1AUlVRxBppmmL6bZlMKq+IsBI63Z5j8/0srnw4b++IYtl+gJQID&#10;II31U0+XYZ62cHX4UqeM7ATh8QybapHJEHQ3vJmkQ84k2UaT+9E44ppcoq3z+FVBzYKQcUe0RLTE&#10;Ye2RKpLrySUU86CrfFVpHZWwCmqpHTsIIlFj7JEifvPShjUZn9zcpjGxgRDeZdaGClxmChK227Yf&#10;dAv5keZ30K2Gt3JVUZNr4fFFONoFGpn2G5/pKDRQEeglzkpwP/92H/yJIrJy1tBuZdz/2AunONPf&#10;DJF3PxwTRAyjMr79PCLFXVu21xazr5dAkxPA1F0Ugz/qk1g4qN/oGSxCVTIJI6l2xvEkLrHbeHpG&#10;Ui0W0YnWzwpcm42VIXVAOlDw2r4JZ3uekBh+gtMWiuk7ujrfEGlgsUcoqshlALhDtcedVjdS3D+z&#10;8Dau9eh1+RnMfwEAAP//AwBQSwMEFAAGAAgAAAAhAE5pMOnfAAAACAEAAA8AAABkcnMvZG93bnJl&#10;di54bWxMj0tPhEAQhO8m/odJm3gx7oCIEGTYGOMj8ebiI95mmRaITA9hZgH/ve1Jb9WpStXX5Xa1&#10;g5hx8r0jBfEmAoHUONNTq+Clvj/PQfigyejBESr4Rg/b6vio1IVxCz3jvAut4BLyhVbQhTAWUvqm&#10;Q6v9xo1I7H26yerA59RKM+mFy+0gL6LoSlrdEy90esTbDpuv3cEq+Dhr35/8+vC6JGky3j3OdfZm&#10;aqVOT9abaxAB1/AXhl98RoeKmfbuQMaLQUGaZylHWWQg2M+zJAaxV3CZxyCrUv5/oPoBAAD//wMA&#10;UEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5&#10;cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3Jl&#10;bHMvLnJlbHNQSwECLQAUAAYACAAAACEAmoOlXSsCAABUBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJz&#10;L2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEATmkw6d8AAAAIAQAADwAAAAAAAAAAAAAAAACFBAAA&#10;ZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAJEFAAAAAA==&#10;" fillcolor="white [3201]" stroked="f" strokeweight=".5pt">
+              <v:textbox>
+                <w:txbxContent>
+                  <w:p w14:paraId="4E8DC6FF" w14:textId="71A00979" w:rsidR="009B12B2" w:rsidRPr="009B12B2" w:rsidRDefault="002A79EC" w:rsidP="009B12B2">
+                    <w:pPr>
+                      <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+                      <w:rPr>
+                        <w:sz w:val="20"/>
+                        <w:szCs w:val="20"/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r>
+                      <w:rPr>
+                        <w:sz w:val="20"/>
+                        <w:szCs w:val="20"/>
+                      </w:rPr>
+                      <w:t xml:space="preserve">Appendix to </w:t>
+                    </w:r>
+                    <w:proofErr w:type="spellStart"/>
+                    <w:r w:rsidR="009B12B2">
+                      <w:rPr>
+                        <w:sz w:val="20"/>
+                        <w:szCs w:val="20"/>
+                      </w:rPr>
+                      <w:t>Dnr</w:t>
+                    </w:r>
+                    <w:proofErr w:type="spellEnd"/>
+                    <w:r w:rsidR="009B12B2" w:rsidRPr="002A79EC">
+                      <w:rPr>
+                        <w:sz w:val="20"/>
+                        <w:szCs w:val="20"/>
+                      </w:rPr>
+                      <w:t xml:space="preserve">: </w:t>
+                    </w:r>
+                    <w:r w:rsidRPr="002A79EC">
+                      <w:rPr>
+                        <w:sz w:val="20"/>
+                        <w:szCs w:val="20"/>
+                      </w:rPr>
+                      <w:t>1-576</w:t>
+                    </w:r>
+                    <w:r w:rsidR="009B12B2" w:rsidRPr="002A79EC">
+                      <w:rPr>
+                        <w:sz w:val="20"/>
+                        <w:szCs w:val="20"/>
+                      </w:rPr>
+                      <w:t>/</w:t>
+                    </w:r>
+                    <w:r w:rsidR="000470B2" w:rsidRPr="002A79EC">
+                      <w:rPr>
+                        <w:sz w:val="20"/>
+                        <w:szCs w:val="20"/>
+                      </w:rPr>
+                      <w:t>202</w:t>
+                    </w:r>
+                    <w:r w:rsidRPr="002A79EC">
+                      <w:rPr>
+                        <w:sz w:val="20"/>
+                        <w:szCs w:val="20"/>
+                      </w:rPr>
+                      <w:t>4</w:t>
+                    </w:r>
+                  </w:p>
+                </w:txbxContent>
+              </v:textbox>
+            </v:shape>
+          </w:pict>
+        </mc:Fallback>
+      </mc:AlternateContent>
+    </w:r>
+    <w:r w:rsidR="009B12B2">
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <mc:AlternateContent>
+        <mc:Choice Requires="wps">
+          <w:drawing>
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251657216" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2E52E0EF" wp14:editId="737C8A5C">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="page">
-                <wp:posOffset>5886072</wp:posOffset>
+                <wp:posOffset>5885180</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
-                <wp:posOffset>708509</wp:posOffset>
+                <wp:posOffset>711169</wp:posOffset>
               </wp:positionV>
-              <wp:extent cx="1398850" cy="369393"/>
-              <wp:effectExtent l="0" t="0" r="11430" b="12065"/>
+              <wp:extent cx="544830" cy="168910"/>
+              <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="16" name="Text Box 13"/>
               <wp:cNvGraphicFramePr>
                 <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
               </wp:cNvGraphicFramePr>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1">
                       <a:spLocks/>
                     </wps:cNvSpPr>
                     <wps:spPr bwMode="auto">
                       <a:xfrm>
                         <a:off x="0" y="0"/>
-                        <a:ext cx="1398850" cy="369393"/>
+                        <a:ext cx="544830" cy="168910"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                       <a:ln>
                         <a:noFill/>
                       </a:ln>
                       <a:extLst>
                         <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                           <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                             <a:solidFill>
                               <a:srgbClr val="FFFFFF"/>
                             </a:solidFill>
                           </a14:hiddenFill>
                         </a:ext>
                         <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                           <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                             <a:solidFill>
                               <a:srgbClr val="000000"/>
                             </a:solidFill>
                             <a:miter lim="800000"/>
                             <a:headEnd/>
                             <a:tailEnd/>
                           </a14:hiddenLine>
                         </a:ext>
                       </a:extLst>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w14:paraId="4244517E" w14:textId="5889E2CC" w:rsidR="008B74C7" w:rsidRDefault="00132B61">
+                        <w:p w14:paraId="4244517E" w14:textId="5889E2CC" w:rsidR="008B74C7" w:rsidRPr="002E7660" w:rsidRDefault="00132B61">
                           <w:pPr>
                             <w:spacing w:before="15"/>
                             <w:ind w:left="20"/>
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                           </w:pPr>
                           <w:r w:rsidRPr="002E7660">
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t xml:space="preserve">Sid: </w:t>
                           </w:r>
                           <w:r w:rsidRPr="002E7660">
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:fldChar w:fldCharType="begin"/>
                           </w:r>
                           <w:r w:rsidRPr="002E7660">
                             <w:rPr>
                               <w:sz w:val="20"/>
@@ -3159,105 +3575,74 @@
                             </w:rPr>
                             <w:t>2</w:t>
                           </w:r>
                           <w:r w:rsidRPr="002E7660">
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:fldChar w:fldCharType="end"/>
                           </w:r>
                           <w:r w:rsidRPr="002E7660">
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t xml:space="preserve"> / </w:t>
                           </w:r>
                           <w:r w:rsidR="00943A84">
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>2</w:t>
                           </w:r>
                         </w:p>
-                        <w:p w14:paraId="0A3DCA62" w14:textId="7AD689F7" w:rsidR="00D43DC8" w:rsidRDefault="00D43DC8">
-[...25 lines deleted...]
-                        </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" anchor="t" anchorCtr="0" upright="1">
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="page">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="page">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:shapetype w14:anchorId="2E52E0EF" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
-[...3 lines deleted...]
-            <v:shape id="Text Box 13" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:463.45pt;margin-top:55.8pt;width:110.15pt;height:29.1pt;z-index:-251659264;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#13;&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#13;&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#13;&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#13;&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#13;&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#13;&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#13;&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#13;&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#13;&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#13;&#10;IQDgIhylxgEAAHoDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO0zAQfUfiHyy/03S3YtVGTVfAahHS&#13;&#10;AistfIDj2I1F4jEzbpPy9YydpsvlDfFijT3j43POjLe3Y9+Jo0Fy4Ct5tVhKYbyGxvl9Jb9+uX+1&#13;&#10;loKi8o3qwJtKngzJ293LF9shlOYaWugag4JBPJVDqGQbYyiLgnRrekULCMZz0gL2KvIW90WDamD0&#13;&#10;viuul8ubYgBsAoI2RHx6NyXlLuNba3T8bC2ZKLpKMreYV8xrndZit1XlHlVonT7TUP/AolfO86MX&#13;&#10;qDsVlTig+wuqdxqBwMaFhr4Aa502WQOruVr+oeapVcFkLWwOhYtN9P9g9afjU3hEEce3MHIDswgK&#13;&#10;D6C/EXtTDIHKc03ylEpK1fXwERrupjpEyDdGi32Sz4IEw7DTp4u7ZoxCJ+zVZr1+zSnNudXNZrVZ&#13;&#10;JfsLVc63A1J8b6AXKagkcvcyujo+UJxK55L0mId713W5g53/7YAx00lmnwhP1ONYj1ydVNTQnFgH&#13;&#10;wjQQPMActIA/pBh4GCpJ3w8KjRTdB89up8mZA5yDeg6U13y1klGKKXwXpwk7BHT7lpEnWz28Yb+s&#13;&#10;y1KeWZx5coOzGedhTBP06z5XPX+Z3U8AAAD//wMAUEsDBBQABgAIAAAAIQDqEQ5Z5QAAABEBAAAP&#13;&#10;AAAAZHJzL2Rvd25yZXYueG1sTE89T8MwEN2R+A/WIbFRJxGkTRqnQq0qhqpDC0iMbmziiPgcxW7q&#13;&#10;/nuuEyynO71376NaRduzSY++cyggnSXANDZOddgK+HjfPi2A+SBRyd6hFnDVHlb1/V0lS+UueNDT&#13;&#10;MbSMRNCXUoAJYSg5943RVvqZGzQS9u1GKwOdY8vVKC8kbnueJUnOreyQHIwc9Nro5ud4tgI+18N2&#13;&#10;F7+M3E8v6m2TzQ/XsYlCPD7EzZLG6xJY0DH8fcCtA+WHmoKd3BmVZ72AIssLohKQpjmwGyN9nmfA&#13;&#10;TrTlxQJ4XfH/TepfAAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAA&#13;&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsA&#13;&#10;AAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAOAiHKXGAQAAegMAAA4A&#13;&#10;AAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAOoRDlnlAAAAEQEA&#13;&#10;AA8AAAAAAAAAAAAAAAAAIAQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAAyBQAAAAA=&#13;&#10;" filled="f" stroked="f">
+            <v:shape w14:anchorId="2E52E0EF" id="Text Box 13" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:463.4pt;margin-top:56pt;width:42.9pt;height:13.3pt;z-index:-251659264;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCsn7zKygEAAIADAAAOAAAAZHJzL2Uyb0RvYy54bWysU1Fv0zAQfkfiP1h+p2nHmErUdAKmIaTB&#10;kMZ+gOPYjUXiM3duk/LrOTtNB+wN8WJd7s6fv++7y+Z67DtxMEgOfCVXi6UUxmtonN9V8vHb7au1&#10;FBSVb1QH3lTyaEheb1++2AyhNBfQQtcYFAziqRxCJdsYQ1kUpFvTK1pAMJ6LFrBXkT9xVzSoBkbv&#10;u+JiubwqBsAmIGhDxNmbqSi3Gd9ao+O9tWSi6CrJ3GI+MZ91OovtRpU7VKF1+kRD/QOLXjnPj56h&#10;blRUYo/uGVTvNAKBjQsNfQHWOm2yBlazWv6l5qFVwWQtbA6Fs030/2D1l8ND+Ioiju9h5AFmERTu&#10;QH8n9qYYApWnnuQplZS66+EzNDxNtY+Qb4wW+ySfBQmGYaePZ3fNGIXm5JvLy/Vrrmgura7Wb1fZ&#10;/UKV8+WAFD8a6EUKKok8vAyuDncUExlVzi3pLQ+3ruvyADv/R4IbUyaTT3wn5nGsR+GaJJIvJS01&#10;NEdWgzCtBa8xBy3gTykGXolK0o+9QiNF98mz52l/5gDnoJ4D5TVfrWSUYgo/xGnP9gHdrmXkyVwP&#10;79g167KiJxYnujzmLPS0kmmPfv/OXU8/zvYXAAAA//8DAFBLAwQUAAYACAAAACEAtM6YMOAAAAAM&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VI3KgTI0IJcSpUVHFAHFpA4riNTRwR&#10;25Htpu7fsz3BbUczmn3TrLId2axDHLyTUC4KYNp1Xg2ul/DxvrlZAosJncLROy3hpCOs2suLBmvl&#10;j26r513qGZW4WKMEk9JUcx47oy3GhZ+0I+/bB4uJZOi5CnikcjtyURQVtzg4+mBw0muju5/dwUr4&#10;XE+b1/xl8G2+Uy/P4n57Cl2W8voqPz0CSzqnvzCc8QkdWmLa+4NTkY0SHkRF6ImMUtCoc6IoRQVs&#10;T9ftsgLeNvz/iPYXAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAA&#10;AAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEArJ+8ysoBAACAAwAADgAA&#10;AAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAtM6YMOAAAAAMAQAA&#10;DwAAAAAAAAAAAAAAAAAkBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAADEFAAAAAA==&#10;" filled="f" stroked="f">
               <v:path arrowok="t"/>
               <v:textbox inset="0,0,0,0">
                 <w:txbxContent>
-                  <w:p w14:paraId="4244517E" w14:textId="5889E2CC" w:rsidR="008B74C7" w:rsidRDefault="00132B61">
+                  <w:p w14:paraId="4244517E" w14:textId="5889E2CC" w:rsidR="008B74C7" w:rsidRPr="002E7660" w:rsidRDefault="00132B61">
                     <w:pPr>
                       <w:spacing w:before="15"/>
                       <w:ind w:left="20"/>
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r w:rsidRPr="002E7660">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t xml:space="preserve">Sid: </w:t>
                     </w:r>
                     <w:r w:rsidRPr="002E7660">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:fldChar w:fldCharType="begin"/>
                     </w:r>
                     <w:r w:rsidRPr="002E7660">
                       <w:rPr>
                         <w:sz w:val="20"/>
@@ -3279,77 +3664,50 @@
                       </w:rPr>
                       <w:t>2</w:t>
                     </w:r>
                     <w:r w:rsidRPr="002E7660">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:fldChar w:fldCharType="end"/>
                     </w:r>
                     <w:r w:rsidRPr="002E7660">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t xml:space="preserve"> / </w:t>
                     </w:r>
                     <w:r w:rsidR="00943A84">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>2</w:t>
                     </w:r>
                   </w:p>
-                  <w:p w14:paraId="0A3DCA62" w14:textId="7AD689F7" w:rsidR="00D43DC8" w:rsidRDefault="00D43DC8">
-[...25 lines deleted...]
-                  </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r w:rsidR="00132B61">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251656192" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4A72A411" wp14:editId="63A94A4D">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="page">
             <wp:posOffset>1449071</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="page">
             <wp:posOffset>458471</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1637664" cy="669290"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="17" name="image1.jpeg"/>
@@ -3384,51 +3742,51 @@
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0B2E1253"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B1B0576A"/>
     <w:lvl w:ilvl="0" w:tplc="041D000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="041D0019" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="041D0019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
@@ -3458,50 +3816,455 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="10D9151D"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="F368686A"/>
+    <w:lvl w:ilvl="0" w:tplc="69242530">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1BE718C2"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="F39C3396"/>
+    <w:lvl w:ilvl="0" w:tplc="04090011">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="35AB223A"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="137270E6"/>
+    <w:lvl w:ilvl="0" w:tplc="04090011">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="3D7F5EC6"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="33A4A714"/>
+    <w:lvl w:ilvl="0" w:tplc="DF6E2F32">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="1AA6B042">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="□"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:hint="default"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3F1E16E6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="50506130"/>
     <w:lvl w:ilvl="0" w:tplc="D74CF59A">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="988" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
         <w:spacing w:val="-2"/>
         <w:w w:val="100"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="D9D8D5A8">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1736" w:hanging="360"/>
@@ -3566,51 +4329,166 @@
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0994C210">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6272" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="5E80CF42">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7028" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4DBA1510"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="33A4A714"/>
+    <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="□"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:hint="default"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4DDB16E2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="38962DF2"/>
     <w:lvl w:ilvl="0" w:tplc="16D89A80">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="878" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
         <w:spacing w:val="-2"/>
         <w:w w:val="100"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="A0DED8A6">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -3680,303 +4558,625 @@
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="6B2A9508">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6226" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="DA5A463A">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6997" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="5AF074D6"/>
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="66EC37A9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="3D5C804E"/>
-    <w:lvl w:ilvl="0" w:tplc="1D129EB0">
+    <w:tmpl w:val="58FAC0B0"/>
+    <w:lvl w:ilvl="0" w:tplc="04090011">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="1AA6B042">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="□"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:hint="default"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6F461A80"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="7D48A604"/>
+    <w:lvl w:ilvl="0" w:tplc="04090011">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b w:val="0"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="73B6598F"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="F2C883DA"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:eastAsia="Times New Roman" w:hAnsi="Symbol" w:cs="Arial" w:hint="default"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="74984EE6"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="A6BCFA54"/>
+    <w:lvl w:ilvl="0" w:tplc="6106B1BA">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="159125780">
-    <w:abstractNumId w:val="2"/>
+    <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="570383434">
-    <w:abstractNumId w:val="1"/>
+    <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="847602101">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="781189696">
+  <w:num w:numId="4" w16cid:durableId="652564066">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="5" w16cid:durableId="1060326172">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="6" w16cid:durableId="154493853">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="7" w16cid:durableId="1501120999">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="8" w16cid:durableId="1045065740">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="9" w16cid:durableId="998459069">
     <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="10" w16cid:durableId="998844079">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="11" w16cid:durableId="745153177">
+    <w:abstractNumId w:val="10"/>
+  </w:num>
+  <w:num w:numId="12" w16cid:durableId="650988980">
+    <w:abstractNumId w:val="11"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="210"/>
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:trackRevisions/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="425"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:ulTrailSpace/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="008B74C7"/>
     <w:rsid w:val="00012E2B"/>
-    <w:rsid w:val="00014925"/>
+    <w:rsid w:val="00040A6F"/>
     <w:rsid w:val="000470B2"/>
     <w:rsid w:val="00063557"/>
     <w:rsid w:val="00064E5F"/>
+    <w:rsid w:val="000864A4"/>
     <w:rsid w:val="000A3C92"/>
     <w:rsid w:val="000D3061"/>
     <w:rsid w:val="00132B61"/>
     <w:rsid w:val="0016525B"/>
     <w:rsid w:val="0017041D"/>
+    <w:rsid w:val="0018298C"/>
     <w:rsid w:val="001918A2"/>
     <w:rsid w:val="001F3F1E"/>
     <w:rsid w:val="00224BD0"/>
     <w:rsid w:val="00246C73"/>
     <w:rsid w:val="0025361E"/>
     <w:rsid w:val="00270392"/>
     <w:rsid w:val="002A3F69"/>
+    <w:rsid w:val="002A79EC"/>
     <w:rsid w:val="002C790B"/>
     <w:rsid w:val="002E7660"/>
     <w:rsid w:val="00300A84"/>
     <w:rsid w:val="00311CCD"/>
     <w:rsid w:val="00321E7D"/>
     <w:rsid w:val="00351B9A"/>
-    <w:rsid w:val="00353BA7"/>
-    <w:rsid w:val="00371C77"/>
+    <w:rsid w:val="00472359"/>
     <w:rsid w:val="004C2D09"/>
     <w:rsid w:val="00525CB9"/>
+    <w:rsid w:val="00527815"/>
     <w:rsid w:val="005A362F"/>
-    <w:rsid w:val="005C3509"/>
     <w:rsid w:val="0061702B"/>
+    <w:rsid w:val="00663C54"/>
     <w:rsid w:val="00664530"/>
     <w:rsid w:val="006749DD"/>
     <w:rsid w:val="0069095C"/>
     <w:rsid w:val="0070368A"/>
-    <w:rsid w:val="007442D5"/>
     <w:rsid w:val="00776BE3"/>
+    <w:rsid w:val="007D067F"/>
+    <w:rsid w:val="007D7F3B"/>
     <w:rsid w:val="008230C4"/>
-    <w:rsid w:val="008233B8"/>
+    <w:rsid w:val="00833960"/>
     <w:rsid w:val="00841B53"/>
-    <w:rsid w:val="00872E2E"/>
     <w:rsid w:val="008A3894"/>
     <w:rsid w:val="008B74C7"/>
     <w:rsid w:val="008E6906"/>
     <w:rsid w:val="00943A84"/>
-    <w:rsid w:val="00964D1B"/>
     <w:rsid w:val="00971752"/>
     <w:rsid w:val="009B12B2"/>
     <w:rsid w:val="00A26C9F"/>
+    <w:rsid w:val="00A54314"/>
+    <w:rsid w:val="00A6420E"/>
     <w:rsid w:val="00AC5050"/>
     <w:rsid w:val="00AD57C8"/>
     <w:rsid w:val="00B05076"/>
     <w:rsid w:val="00B05122"/>
-    <w:rsid w:val="00B67AB0"/>
-    <w:rsid w:val="00B871D1"/>
     <w:rsid w:val="00B90028"/>
-    <w:rsid w:val="00BB3CFD"/>
     <w:rsid w:val="00C2312E"/>
-    <w:rsid w:val="00C42111"/>
-    <w:rsid w:val="00D121EA"/>
     <w:rsid w:val="00D17C46"/>
     <w:rsid w:val="00D42D05"/>
-    <w:rsid w:val="00D43DC8"/>
     <w:rsid w:val="00D56EC1"/>
+    <w:rsid w:val="00DC30C3"/>
+    <w:rsid w:val="00DD010B"/>
+    <w:rsid w:val="00E44CBD"/>
     <w:rsid w:val="00E60D1B"/>
     <w:rsid w:val="00E842A9"/>
     <w:rsid w:val="00E87CD6"/>
+    <w:rsid w:val="00EA7240"/>
     <w:rsid w:val="00EB562D"/>
+    <w:rsid w:val="00EE6361"/>
     <w:rsid w:val="00F04AB1"/>
     <w:rsid w:val="00F10BA7"/>
-    <w:rsid w:val="00FD667E"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="sv-SE"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
-  <w:listSeparator w:val=","/>
+  <w:listSeparator w:val=";"/>
   <w14:docId w14:val="1922EF3E"/>
   <w15:docId w15:val="{12B7691B-9E63-6946-9088-C7B033617F20}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
@@ -4524,737 +5724,106 @@
   <w:style w:type="character" w:customStyle="1" w:styleId="normaltextrun1">
     <w:name w:val="normaltextrun1"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rsid w:val="00063557"/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="eop">
     <w:name w:val="eop"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rsid w:val="00063557"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Revision">
     <w:name w:val="Revision"/>
     <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00F10BA7"/>
     <w:pPr>
       <w:widowControl/>
       <w:autoSpaceDE/>
       <w:autoSpaceDN/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:styleId="Hyperlink">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="002A79EC"/>
+    <w:rPr>
+      <w:color w:val="0000FF" w:themeColor="hyperlink"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="UnresolvedMention">
+    <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="002A79EC"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="1347633983">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.iucn.org/resources/conservation-tools/iucn-red-list-threatened-species" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.iucn.org/resources/conservation-tools/iucn-red-list-threatened-species" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:awb@ki.se" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ki.se/en/comparative-medicine/for-researchers/animal-welfare-body-awb/animal-research-outside-the-eu" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:awb@ki.se" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:awb@ki.se" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/></Relationships>
-</file>
-[...652 lines deleted...]
-</w:webSettings>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -5508,54 +6077,61 @@
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
+<file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
+</file>
+
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...1 lines deleted...]
-</p:properties>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100BC479C1E37E1CC47991D0CC782E8B278" ma:contentTypeVersion="4" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="6127b90a5bfcf72a973f905630b408d7">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="73826592-bde7-4f95-999a-f450d2f0c25c" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="ebf1f0d19e71b18abfbcec95bf73993f" ns2:_="">
     <xsd:import namespace="73826592-bde7-4f95-999a-f450d2f0c25c"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="73826592-bde7-4f95-999a-f450d2f0c25c" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
@@ -5661,121 +6237,130 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...4 lines deleted...]
-</FormTemplates>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement/>
+</p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A45E4C47-3DB7-4510-9874-E2CA0C46AD91}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{72F398A9-3B9B-4004-A67A-E25056DB48BA}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2A2CC449-0DC2-4D9D-939A-FF0D824F44E5}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="73826592-bde7-4f95-999a-f450d2f0c25c"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{72F398A9-3B9B-4004-A67A-E25056DB48BA}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8D0C8940-9461-4AC1-B630-F74CDD535748}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A45E4C47-3DB7-4510-9874-E2CA0C46AD91}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
-[...1 lines deleted...]
-  <Characters>3081</Characters>
+  <Pages>3</Pages>
+  <Words>693</Words>
+  <Characters>3954</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>25</Lines>
-  <Paragraphs>7</Paragraphs>
+  <Lines>32</Lines>
+  <Paragraphs>9</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3614</CharactersWithSpaces>
+  <CharactersWithSpaces>4638</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Dagmar Galter</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100BC479C1E37E1CC47991D0CC782E8B278</vt:lpwstr>
   </property>
 </Properties>
 </file>