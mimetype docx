--- v0 (2025-10-08)
+++ v1 (2025-12-12)
@@ -76,51 +76,50 @@
     <w:p w14:paraId="7220319B" w14:textId="77777777" w:rsidR="005879D8" w:rsidRDefault="005879D8" w:rsidP="005879D8"/>
     <w:p w14:paraId="581BF20B" w14:textId="77777777" w:rsidR="006C6842" w:rsidRPr="005879D8" w:rsidRDefault="006C6842" w:rsidP="005879D8">
       <w:pPr>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1985"/>
         <w:gridCol w:w="8363"/>
       </w:tblGrid>
       <w:tr w:rsidR="002220AE" w:rsidRPr="005879D8" w14:paraId="7E1295E6" w14:textId="77777777" w:rsidTr="005828F2">
         <w:trPr>
           <w:trHeight w:val="282"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4321736D" w14:textId="77777777" w:rsidR="002220AE" w:rsidRPr="00484186" w:rsidRDefault="002220AE" w:rsidP="005879D8">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:jc w:val="both"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005879D8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">Main </w:t>
             </w:r>
             <w:r w:rsidRPr="00484186">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -214,91 +213,88 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002220AE" w:rsidRPr="005879D8" w14:paraId="73E2D5E8" w14:textId="77777777" w:rsidTr="005828F2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2A0D96CF" w14:textId="77777777" w:rsidR="002220AE" w:rsidRPr="00484186" w:rsidRDefault="002220AE" w:rsidP="005879D8">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8363" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="665F5F95" w14:textId="77777777" w:rsidR="002220AE" w:rsidRPr="00484186" w:rsidRDefault="002220AE" w:rsidP="005879D8">
             <w:pPr>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002220AE" w:rsidRPr="005879D8" w14:paraId="0A3DC448" w14:textId="77777777" w:rsidTr="005828F2">
         <w:trPr>
           <w:trHeight w:val="347"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="60350C02" w14:textId="77777777" w:rsidR="002220AE" w:rsidRPr="00484186" w:rsidRDefault="002220AE" w:rsidP="005879D8">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:jc w:val="both"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005879D8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Project title</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -383,93 +379,90 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002220AE" w:rsidRPr="005879D8" w14:paraId="27BB87EA" w14:textId="77777777" w:rsidTr="005828F2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7E9FBC1E" w14:textId="77777777" w:rsidR="002220AE" w:rsidRPr="00484186" w:rsidRDefault="002220AE" w:rsidP="005879D8">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8363" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5100D36B" w14:textId="77777777" w:rsidR="002220AE" w:rsidRPr="00484186" w:rsidRDefault="002220AE" w:rsidP="005879D8">
             <w:pPr>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002220AE" w:rsidRPr="00101C0F" w14:paraId="5A47974A" w14:textId="77777777" w:rsidTr="005828F2">
+      <w:tr w:rsidR="002220AE" w:rsidRPr="009A1164" w14:paraId="5A47974A" w14:textId="77777777" w:rsidTr="005828F2">
         <w:trPr>
           <w:trHeight w:val="490"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6059DFE4" w14:textId="77777777" w:rsidR="002220AE" w:rsidRPr="00484186" w:rsidRDefault="008F52A4" w:rsidP="005879D8">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:jc w:val="both"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Division</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -894,54 +887,55 @@
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>vision</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="0783C56E" w14:textId="77777777" w:rsidR="00F32FA2" w:rsidRPr="006414A9" w:rsidRDefault="00F32FA2">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="4"/>
           <w:szCs w:val="4"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6539D4BE" w14:textId="77777777" w:rsidR="00060615" w:rsidRPr="00FD7F05" w:rsidRDefault="00060615" w:rsidP="00060615">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="76A3574F" w14:textId="77777777" w:rsidR="006C6842" w:rsidRPr="00060615" w:rsidRDefault="006C6842" w:rsidP="00060615">
+    <w:p w14:paraId="76A3574F" w14:textId="77777777" w:rsidR="006C6842" w:rsidRPr="009A1164" w:rsidRDefault="006C6842" w:rsidP="00060615">
       <w:pPr>
         <w:rPr>
           <w:vanish/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10348" w:type="dxa"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2977"/>
         <w:gridCol w:w="3119"/>
         <w:gridCol w:w="4252"/>
       </w:tblGrid>
       <w:tr w:rsidR="00587126" w:rsidRPr="00060615" w14:paraId="48BE64BD" w14:textId="77777777" w:rsidTr="005828F2">
         <w:trPr>
           <w:trHeight w:val="321"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10348" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
@@ -956,51 +950,51 @@
               </w:tabs>
               <w:spacing w:before="120" w:after="240"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00060615">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>CONTENTS</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00587126" w:rsidRPr="00101C0F" w14:paraId="05CF4049" w14:textId="77777777" w:rsidTr="005828F2">
+      <w:tr w:rsidR="00587126" w:rsidRPr="009A1164" w14:paraId="05CF4049" w14:textId="77777777" w:rsidTr="005828F2">
         <w:trPr>
           <w:trHeight w:val="3250"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w14:paraId="4B2B7735" w14:textId="77777777" w:rsidR="0090433F" w:rsidRDefault="00587126" w:rsidP="0090433F">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="900"/>
               </w:tabs>
               <w:spacing w:before="120" w:after="100" w:afterAutospacing="1"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="8B0058"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
@@ -1354,60 +1348,80 @@
             <w:r w:rsidRPr="00060615">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">Ethical considerations, </w:t>
             </w:r>
             <w:r w:rsidRPr="00060615">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:r w:rsidRPr="00060615">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>if appropriate</w:t>
+              <w:t xml:space="preserve">if </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00060615">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>appropriate</w:t>
             </w:r>
             <w:r w:rsidR="00131D43">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve">; </w:t>
+              <w:t>;</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="00131D43">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3CF38283" w14:textId="77777777" w:rsidR="00B86B33" w:rsidRPr="00B86B33" w:rsidRDefault="00B86B33" w:rsidP="00B86B33">
             <w:pPr>
               <w:pStyle w:val="Liststycke"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="37"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="36" w:right="-102" w:hanging="142"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00131D43">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
@@ -1887,51 +1901,579 @@
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="120"/>
         <w:ind w:right="142"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="8B0058"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0090433F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="8B0058"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Study 1 – </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7EFB1B04" w14:textId="77777777" w:rsidR="00704FEA" w:rsidRPr="00064259" w:rsidRDefault="00704FEA" w:rsidP="00704FEA">
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="Tabellrutnt"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1746"/>
+        <w:gridCol w:w="2502"/>
+        <w:gridCol w:w="1417"/>
+        <w:gridCol w:w="1560"/>
+        <w:gridCol w:w="1508"/>
+        <w:gridCol w:w="1747"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="0031746F" w:rsidRPr="008E4F04" w14:paraId="58798786" w14:textId="77777777" w:rsidTr="0014691F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1746" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="401DA029" w14:textId="77777777" w:rsidR="0031746F" w:rsidRPr="008E4F04" w:rsidRDefault="0031746F" w:rsidP="0014691F">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008E4F04">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Type of study</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2502" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4B9620C2" w14:textId="77777777" w:rsidR="0031746F" w:rsidRPr="008E4F04" w:rsidRDefault="0031746F" w:rsidP="0014691F">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5973807A" w14:textId="77777777" w:rsidR="0031746F" w:rsidRPr="008E4F04" w:rsidRDefault="0031746F" w:rsidP="0014691F">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1560" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3F14A588" w14:textId="77777777" w:rsidR="0031746F" w:rsidRPr="008E4F04" w:rsidRDefault="0031746F" w:rsidP="0014691F">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1508" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="161F2AC0" w14:textId="77777777" w:rsidR="0031746F" w:rsidRPr="008E4F04" w:rsidRDefault="0031746F" w:rsidP="0014691F">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1747" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="44B7C125" w14:textId="77777777" w:rsidR="0031746F" w:rsidRPr="008E4F04" w:rsidRDefault="0031746F" w:rsidP="0014691F">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0031746F" w14:paraId="4D655DEE" w14:textId="77777777" w:rsidTr="0014691F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1746" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="49510CC6" w14:textId="77777777" w:rsidR="0031746F" w:rsidRPr="008E4F04" w:rsidRDefault="001138C2" w:rsidP="0014691F">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                  <w:lang w:val="en-US"/>
+                </w:rPr>
+                <w:id w:val="120189853"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="0031746F" w:rsidRPr="008E4F04">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
+                    <w:sz w:val="18"/>
+                    <w:szCs w:val="18"/>
+                    <w:lang w:val="en-US"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="0031746F" w:rsidRPr="008E4F04">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Original paper</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2502" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4563F3C0" w14:textId="77777777" w:rsidR="0031746F" w:rsidRPr="008E4F04" w:rsidRDefault="001138C2" w:rsidP="0014691F">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                  <w:lang w:val="en-US"/>
+                </w:rPr>
+                <w:id w:val="993301403"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="0031746F" w:rsidRPr="008E4F04">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
+                    <w:sz w:val="18"/>
+                    <w:szCs w:val="18"/>
+                    <w:lang w:val="en-US"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="0031746F" w:rsidRPr="008E4F04">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Systematic Review</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="268AF534" w14:textId="77777777" w:rsidR="0031746F" w:rsidRPr="008E4F04" w:rsidRDefault="001138C2" w:rsidP="0014691F">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                  <w:lang w:val="en-US"/>
+                </w:rPr>
+                <w:id w:val="296341904"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="0031746F" w:rsidRPr="008E4F04">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
+                    <w:sz w:val="18"/>
+                    <w:szCs w:val="18"/>
+                    <w:lang w:val="en-US"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="0031746F" w:rsidRPr="008E4F04">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Other review</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1560" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3BED874F" w14:textId="77777777" w:rsidR="0031746F" w:rsidRPr="008E4F04" w:rsidRDefault="001138C2" w:rsidP="0014691F">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                  <w:lang w:val="en-US"/>
+                </w:rPr>
+                <w:id w:val="-435372359"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="0031746F" w:rsidRPr="008E4F04">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
+                    <w:sz w:val="18"/>
+                    <w:szCs w:val="18"/>
+                    <w:lang w:val="en-US"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="0031746F" w:rsidRPr="008E4F04">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Study protocol</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1508" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="226CBD1D" w14:textId="77777777" w:rsidR="0031746F" w:rsidRPr="008E4F04" w:rsidRDefault="001138C2" w:rsidP="0014691F">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                  <w:lang w:val="en-US"/>
+                </w:rPr>
+                <w:id w:val="439886741"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="0031746F" w:rsidRPr="008E4F04">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
+                    <w:sz w:val="18"/>
+                    <w:szCs w:val="18"/>
+                    <w:lang w:val="en-US"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="0031746F" w:rsidRPr="008E4F04">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Case report</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1747" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="409FCC17" w14:textId="77777777" w:rsidR="0031746F" w:rsidRPr="008E4F04" w:rsidRDefault="001138C2" w:rsidP="0014691F">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                  <w:lang w:val="en-US"/>
+                </w:rPr>
+                <w:id w:val="1258491193"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="0031746F" w:rsidRPr="008E4F04">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
+                    <w:sz w:val="18"/>
+                    <w:szCs w:val="18"/>
+                    <w:lang w:val="en-US"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="0031746F" w:rsidRPr="008E4F04">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Methods paper</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0031746F" w14:paraId="07EE68CD" w14:textId="77777777" w:rsidTr="0014691F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4248" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="44D1498E" w14:textId="77777777" w:rsidR="0031746F" w:rsidRPr="0031746F" w:rsidRDefault="0031746F" w:rsidP="0014691F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0031746F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Can be manuscript in thesis</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6232" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2BFF9B1D" w14:textId="77777777" w:rsidR="0031746F" w:rsidRPr="0031746F" w:rsidRDefault="0031746F" w:rsidP="0014691F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0031746F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Needs to be accepted before can be included in thesis</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="6812DE51" w14:textId="77777777" w:rsidR="004E199D" w:rsidRDefault="004E199D" w:rsidP="00704FEA">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7EFB1B04" w14:textId="21B62CC3" w:rsidR="00704FEA" w:rsidRPr="00064259" w:rsidRDefault="00704FEA" w:rsidP="00704FEA">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Hypothesis</w:t>
       </w:r>
       <w:r w:rsidRPr="00064259">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0248607E" w14:textId="77777777" w:rsidR="00704FEA" w:rsidRPr="00064259" w:rsidRDefault="00704FEA" w:rsidP="00704FEA">
       <w:pPr>
         <w:jc w:val="both"/>
@@ -2042,51 +2584,579 @@
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="120"/>
         <w:ind w:right="142"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="8B0058"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0090433F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="8B0058"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Study 2 – </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="118BCF8C" w14:textId="77777777" w:rsidR="00704FEA" w:rsidRPr="00064259" w:rsidRDefault="00704FEA" w:rsidP="00704FEA">
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="Tabellrutnt"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1746"/>
+        <w:gridCol w:w="2502"/>
+        <w:gridCol w:w="1417"/>
+        <w:gridCol w:w="1560"/>
+        <w:gridCol w:w="1508"/>
+        <w:gridCol w:w="1747"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="0031746F" w:rsidRPr="008E4F04" w14:paraId="6D7ECFFD" w14:textId="77777777" w:rsidTr="0014691F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1746" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="076023BC" w14:textId="77777777" w:rsidR="0031746F" w:rsidRPr="008E4F04" w:rsidRDefault="0031746F" w:rsidP="0014691F">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008E4F04">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Type of study</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2502" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0E47A6F6" w14:textId="77777777" w:rsidR="0031746F" w:rsidRPr="008E4F04" w:rsidRDefault="0031746F" w:rsidP="0014691F">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6DDCDFAA" w14:textId="77777777" w:rsidR="0031746F" w:rsidRPr="008E4F04" w:rsidRDefault="0031746F" w:rsidP="0014691F">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1560" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4D7D74B8" w14:textId="77777777" w:rsidR="0031746F" w:rsidRPr="008E4F04" w:rsidRDefault="0031746F" w:rsidP="0014691F">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1508" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="60F38957" w14:textId="77777777" w:rsidR="0031746F" w:rsidRPr="008E4F04" w:rsidRDefault="0031746F" w:rsidP="0014691F">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1747" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="79E8A7EB" w14:textId="77777777" w:rsidR="0031746F" w:rsidRPr="008E4F04" w:rsidRDefault="0031746F" w:rsidP="0014691F">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0031746F" w14:paraId="4C58E85B" w14:textId="77777777" w:rsidTr="0014691F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1746" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="34FE1339" w14:textId="77777777" w:rsidR="0031746F" w:rsidRPr="008E4F04" w:rsidRDefault="001138C2" w:rsidP="0014691F">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                  <w:lang w:val="en-US"/>
+                </w:rPr>
+                <w:id w:val="839740497"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="0031746F" w:rsidRPr="008E4F04">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
+                    <w:sz w:val="18"/>
+                    <w:szCs w:val="18"/>
+                    <w:lang w:val="en-US"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="0031746F" w:rsidRPr="008E4F04">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Original paper</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2502" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1234445B" w14:textId="77777777" w:rsidR="0031746F" w:rsidRPr="008E4F04" w:rsidRDefault="001138C2" w:rsidP="0014691F">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                  <w:lang w:val="en-US"/>
+                </w:rPr>
+                <w:id w:val="-1479378853"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="0031746F" w:rsidRPr="008E4F04">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
+                    <w:sz w:val="18"/>
+                    <w:szCs w:val="18"/>
+                    <w:lang w:val="en-US"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="0031746F" w:rsidRPr="008E4F04">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Systematic Review</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7A2F17F1" w14:textId="77777777" w:rsidR="0031746F" w:rsidRPr="008E4F04" w:rsidRDefault="001138C2" w:rsidP="0014691F">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                  <w:lang w:val="en-US"/>
+                </w:rPr>
+                <w:id w:val="-2076958398"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="0031746F" w:rsidRPr="008E4F04">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
+                    <w:sz w:val="18"/>
+                    <w:szCs w:val="18"/>
+                    <w:lang w:val="en-US"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="0031746F" w:rsidRPr="008E4F04">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Other review</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1560" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7BB6844A" w14:textId="77777777" w:rsidR="0031746F" w:rsidRPr="008E4F04" w:rsidRDefault="001138C2" w:rsidP="0014691F">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                  <w:lang w:val="en-US"/>
+                </w:rPr>
+                <w:id w:val="1035236763"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="0031746F" w:rsidRPr="008E4F04">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
+                    <w:sz w:val="18"/>
+                    <w:szCs w:val="18"/>
+                    <w:lang w:val="en-US"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="0031746F" w:rsidRPr="008E4F04">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Study protocol</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1508" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="23FE01F2" w14:textId="77777777" w:rsidR="0031746F" w:rsidRPr="008E4F04" w:rsidRDefault="001138C2" w:rsidP="0014691F">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                  <w:lang w:val="en-US"/>
+                </w:rPr>
+                <w:id w:val="253481847"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="0031746F" w:rsidRPr="008E4F04">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
+                    <w:sz w:val="18"/>
+                    <w:szCs w:val="18"/>
+                    <w:lang w:val="en-US"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="0031746F" w:rsidRPr="008E4F04">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Case report</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1747" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="629D6C84" w14:textId="77777777" w:rsidR="0031746F" w:rsidRPr="008E4F04" w:rsidRDefault="001138C2" w:rsidP="0014691F">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                  <w:lang w:val="en-US"/>
+                </w:rPr>
+                <w:id w:val="-765926928"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="0031746F" w:rsidRPr="008E4F04">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
+                    <w:sz w:val="18"/>
+                    <w:szCs w:val="18"/>
+                    <w:lang w:val="en-US"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="0031746F" w:rsidRPr="008E4F04">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Methods paper</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0031746F" w14:paraId="64895527" w14:textId="77777777" w:rsidTr="0014691F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4248" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="09D6D430" w14:textId="77777777" w:rsidR="0031746F" w:rsidRPr="0031746F" w:rsidRDefault="0031746F" w:rsidP="0014691F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0031746F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Can be manuscript in thesis</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6232" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1196E2D9" w14:textId="77777777" w:rsidR="0031746F" w:rsidRPr="0031746F" w:rsidRDefault="0031746F" w:rsidP="0014691F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0031746F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Needs to be accepted before can be included in thesis</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="4204551D" w14:textId="77777777" w:rsidR="0031746F" w:rsidRDefault="0031746F" w:rsidP="00704FEA">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="118BCF8C" w14:textId="60373BF7" w:rsidR="00704FEA" w:rsidRPr="00064259" w:rsidRDefault="00704FEA" w:rsidP="00704FEA">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Hypothesis</w:t>
       </w:r>
       <w:r w:rsidRPr="00064259">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3BA5FB69" w14:textId="77777777" w:rsidR="00704FEA" w:rsidRPr="00064259" w:rsidRDefault="00704FEA" w:rsidP="00704FEA">
       <w:pPr>
         <w:jc w:val="both"/>
@@ -2117,50 +3187,51 @@
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Significance</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5750E959" w14:textId="77777777" w:rsidR="00704FEA" w:rsidRPr="00064259" w:rsidRDefault="00704FEA" w:rsidP="00704FEA">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Ethical considerations, </w:t>
       </w:r>
       <w:r w:rsidRPr="00594F40">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>if appropriate</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5614D8D7" w14:textId="77777777" w:rsidR="00704FEA" w:rsidRDefault="00704FEA" w:rsidP="00704FEA">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00064259">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Specific learning and progression</w:t>
@@ -2197,87 +3268,614 @@
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="120"/>
         <w:ind w:right="142"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="8B0058"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0090433F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="8B0058"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Study 3 – </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="696A0471" w14:textId="77777777" w:rsidR="00704FEA" w:rsidRPr="00064259" w:rsidRDefault="00704FEA" w:rsidP="00704FEA">
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="Tabellrutnt"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1746"/>
+        <w:gridCol w:w="2502"/>
+        <w:gridCol w:w="1417"/>
+        <w:gridCol w:w="1560"/>
+        <w:gridCol w:w="1508"/>
+        <w:gridCol w:w="1747"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="0031746F" w:rsidRPr="008E4F04" w14:paraId="03536045" w14:textId="77777777" w:rsidTr="0014691F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1746" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4BF4F38B" w14:textId="77777777" w:rsidR="0031746F" w:rsidRPr="008E4F04" w:rsidRDefault="0031746F" w:rsidP="0014691F">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008E4F04">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Type of study</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2502" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0F2FFCD5" w14:textId="77777777" w:rsidR="0031746F" w:rsidRPr="008E4F04" w:rsidRDefault="0031746F" w:rsidP="0014691F">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3F0328FB" w14:textId="77777777" w:rsidR="0031746F" w:rsidRPr="008E4F04" w:rsidRDefault="0031746F" w:rsidP="0014691F">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1560" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="77480876" w14:textId="77777777" w:rsidR="0031746F" w:rsidRPr="008E4F04" w:rsidRDefault="0031746F" w:rsidP="0014691F">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1508" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="21798A8F" w14:textId="77777777" w:rsidR="0031746F" w:rsidRPr="008E4F04" w:rsidRDefault="0031746F" w:rsidP="0014691F">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1747" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4EC554CF" w14:textId="77777777" w:rsidR="0031746F" w:rsidRPr="008E4F04" w:rsidRDefault="0031746F" w:rsidP="0014691F">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0031746F" w14:paraId="13F5AB5B" w14:textId="77777777" w:rsidTr="0014691F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1746" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="30A0ED17" w14:textId="77777777" w:rsidR="0031746F" w:rsidRPr="008E4F04" w:rsidRDefault="001138C2" w:rsidP="0014691F">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                  <w:lang w:val="en-US"/>
+                </w:rPr>
+                <w:id w:val="-738560826"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="0031746F" w:rsidRPr="008E4F04">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
+                    <w:sz w:val="18"/>
+                    <w:szCs w:val="18"/>
+                    <w:lang w:val="en-US"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="0031746F" w:rsidRPr="008E4F04">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Original paper</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2502" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="28B463C6" w14:textId="77777777" w:rsidR="0031746F" w:rsidRPr="008E4F04" w:rsidRDefault="001138C2" w:rsidP="0014691F">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                  <w:lang w:val="en-US"/>
+                </w:rPr>
+                <w:id w:val="416986722"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="0031746F" w:rsidRPr="008E4F04">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
+                    <w:sz w:val="18"/>
+                    <w:szCs w:val="18"/>
+                    <w:lang w:val="en-US"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="0031746F" w:rsidRPr="008E4F04">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Systematic Review</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2B647A4C" w14:textId="77777777" w:rsidR="0031746F" w:rsidRPr="008E4F04" w:rsidRDefault="001138C2" w:rsidP="0014691F">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                  <w:lang w:val="en-US"/>
+                </w:rPr>
+                <w:id w:val="912668514"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="0031746F" w:rsidRPr="008E4F04">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
+                    <w:sz w:val="18"/>
+                    <w:szCs w:val="18"/>
+                    <w:lang w:val="en-US"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="0031746F" w:rsidRPr="008E4F04">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Other review</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1560" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="48B48781" w14:textId="77777777" w:rsidR="0031746F" w:rsidRPr="008E4F04" w:rsidRDefault="001138C2" w:rsidP="0014691F">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                  <w:lang w:val="en-US"/>
+                </w:rPr>
+                <w:id w:val="8183019"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="0031746F" w:rsidRPr="008E4F04">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
+                    <w:sz w:val="18"/>
+                    <w:szCs w:val="18"/>
+                    <w:lang w:val="en-US"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="0031746F" w:rsidRPr="008E4F04">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Study protocol</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1508" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="50BF4E28" w14:textId="77777777" w:rsidR="0031746F" w:rsidRPr="008E4F04" w:rsidRDefault="001138C2" w:rsidP="0014691F">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                  <w:lang w:val="en-US"/>
+                </w:rPr>
+                <w:id w:val="2130668465"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="0031746F" w:rsidRPr="008E4F04">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
+                    <w:sz w:val="18"/>
+                    <w:szCs w:val="18"/>
+                    <w:lang w:val="en-US"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="0031746F" w:rsidRPr="008E4F04">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Case report</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1747" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="56263CC1" w14:textId="77777777" w:rsidR="0031746F" w:rsidRPr="008E4F04" w:rsidRDefault="001138C2" w:rsidP="0014691F">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                  <w:lang w:val="en-US"/>
+                </w:rPr>
+                <w:id w:val="-1292129916"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="0031746F" w:rsidRPr="008E4F04">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
+                    <w:sz w:val="18"/>
+                    <w:szCs w:val="18"/>
+                    <w:lang w:val="en-US"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="0031746F" w:rsidRPr="008E4F04">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Methods paper</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0031746F" w14:paraId="2E29EA1B" w14:textId="77777777" w:rsidTr="0014691F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4248" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="52BB8378" w14:textId="77777777" w:rsidR="0031746F" w:rsidRPr="0031746F" w:rsidRDefault="0031746F" w:rsidP="0014691F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0031746F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Can be manuscript in thesis</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6232" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7EAF8262" w14:textId="77777777" w:rsidR="0031746F" w:rsidRPr="0031746F" w:rsidRDefault="0031746F" w:rsidP="0014691F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0031746F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Needs to be accepted before can be included in thesis</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="6E059D0A" w14:textId="77777777" w:rsidR="0031746F" w:rsidRDefault="0031746F" w:rsidP="00704FEA">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="696A0471" w14:textId="3B41FFF8" w:rsidR="00704FEA" w:rsidRPr="00064259" w:rsidRDefault="00704FEA" w:rsidP="00704FEA">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Hypothesis</w:t>
       </w:r>
       <w:r w:rsidRPr="00064259">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="233940F0" w14:textId="77777777" w:rsidR="00704FEA" w:rsidRPr="00064259" w:rsidRDefault="00704FEA" w:rsidP="00704FEA">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00064259">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Methodology/</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>approach/data analysis</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="667D0184" w14:textId="77777777" w:rsidR="00704FEA" w:rsidRDefault="00704FEA" w:rsidP="00704FEA">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Significance</w:t>
       </w:r>
@@ -2359,51 +3957,579 @@
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="120"/>
         <w:ind w:right="142"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="8B0058"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0090433F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="8B0058"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Study 4 – </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4B46E8E6" w14:textId="77777777" w:rsidR="00704FEA" w:rsidRPr="00064259" w:rsidRDefault="00704FEA" w:rsidP="00704FEA">
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="Tabellrutnt"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1746"/>
+        <w:gridCol w:w="2502"/>
+        <w:gridCol w:w="1417"/>
+        <w:gridCol w:w="1560"/>
+        <w:gridCol w:w="1508"/>
+        <w:gridCol w:w="1747"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="0031746F" w:rsidRPr="008E4F04" w14:paraId="3AE52373" w14:textId="77777777" w:rsidTr="0014691F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1746" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="335FA964" w14:textId="77777777" w:rsidR="0031746F" w:rsidRPr="008E4F04" w:rsidRDefault="0031746F" w:rsidP="0014691F">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008E4F04">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Type of study</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2502" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="77F22C67" w14:textId="77777777" w:rsidR="0031746F" w:rsidRPr="008E4F04" w:rsidRDefault="0031746F" w:rsidP="0014691F">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="209E6BC6" w14:textId="77777777" w:rsidR="0031746F" w:rsidRPr="008E4F04" w:rsidRDefault="0031746F" w:rsidP="0014691F">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1560" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7899443F" w14:textId="77777777" w:rsidR="0031746F" w:rsidRPr="008E4F04" w:rsidRDefault="0031746F" w:rsidP="0014691F">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1508" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2ADC235E" w14:textId="77777777" w:rsidR="0031746F" w:rsidRPr="008E4F04" w:rsidRDefault="0031746F" w:rsidP="0014691F">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1747" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5A459800" w14:textId="77777777" w:rsidR="0031746F" w:rsidRPr="008E4F04" w:rsidRDefault="0031746F" w:rsidP="0014691F">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0031746F" w14:paraId="246C0A2D" w14:textId="77777777" w:rsidTr="0031746F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1746" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="038DB864" w14:textId="77777777" w:rsidR="0031746F" w:rsidRPr="008E4F04" w:rsidRDefault="001138C2" w:rsidP="0014691F">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                  <w:lang w:val="en-US"/>
+                </w:rPr>
+                <w:id w:val="1679613466"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="0031746F" w:rsidRPr="008E4F04">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
+                    <w:sz w:val="18"/>
+                    <w:szCs w:val="18"/>
+                    <w:lang w:val="en-US"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="0031746F" w:rsidRPr="008E4F04">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Original paper</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2502" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6EE77DFC" w14:textId="77777777" w:rsidR="0031746F" w:rsidRPr="008E4F04" w:rsidRDefault="001138C2" w:rsidP="0014691F">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                  <w:lang w:val="en-US"/>
+                </w:rPr>
+                <w:id w:val="-489090403"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="0031746F" w:rsidRPr="008E4F04">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
+                    <w:sz w:val="18"/>
+                    <w:szCs w:val="18"/>
+                    <w:lang w:val="en-US"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="0031746F" w:rsidRPr="008E4F04">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Systematic Review</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="41D92C73" w14:textId="77777777" w:rsidR="0031746F" w:rsidRPr="008E4F04" w:rsidRDefault="001138C2" w:rsidP="0014691F">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                  <w:lang w:val="en-US"/>
+                </w:rPr>
+                <w:id w:val="1574317361"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="0031746F" w:rsidRPr="008E4F04">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
+                    <w:sz w:val="18"/>
+                    <w:szCs w:val="18"/>
+                    <w:lang w:val="en-US"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="0031746F" w:rsidRPr="008E4F04">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Other review</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1560" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="438B1404" w14:textId="77777777" w:rsidR="0031746F" w:rsidRPr="008E4F04" w:rsidRDefault="001138C2" w:rsidP="0014691F">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                  <w:lang w:val="en-US"/>
+                </w:rPr>
+                <w:id w:val="-297838015"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="0031746F" w:rsidRPr="008E4F04">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
+                    <w:sz w:val="18"/>
+                    <w:szCs w:val="18"/>
+                    <w:lang w:val="en-US"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="0031746F" w:rsidRPr="008E4F04">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Study protocol</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1508" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="498BA7EE" w14:textId="77777777" w:rsidR="0031746F" w:rsidRPr="008E4F04" w:rsidRDefault="001138C2" w:rsidP="0014691F">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                  <w:lang w:val="en-US"/>
+                </w:rPr>
+                <w:id w:val="-808087370"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="0031746F" w:rsidRPr="008E4F04">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
+                    <w:sz w:val="18"/>
+                    <w:szCs w:val="18"/>
+                    <w:lang w:val="en-US"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="0031746F" w:rsidRPr="008E4F04">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Case report</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1747" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0DB6446F" w14:textId="77777777" w:rsidR="0031746F" w:rsidRPr="008E4F04" w:rsidRDefault="001138C2" w:rsidP="0014691F">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                  <w:lang w:val="en-US"/>
+                </w:rPr>
+                <w:id w:val="-331833378"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="0031746F" w:rsidRPr="008E4F04">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
+                    <w:sz w:val="18"/>
+                    <w:szCs w:val="18"/>
+                    <w:lang w:val="en-US"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="0031746F" w:rsidRPr="008E4F04">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Methods paper</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0031746F" w14:paraId="4DBDFEE8" w14:textId="77777777" w:rsidTr="00865447">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4248" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2A37A949" w14:textId="74C4AD67" w:rsidR="0031746F" w:rsidRPr="0031746F" w:rsidRDefault="0031746F" w:rsidP="0031746F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0031746F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Can be manuscript in thesis</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6232" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3466259E" w14:textId="77777777" w:rsidR="0031746F" w:rsidRPr="0031746F" w:rsidRDefault="0031746F" w:rsidP="0014691F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0031746F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Needs to be accepted before can be included in thesis</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="3F85781C" w14:textId="77777777" w:rsidR="0031746F" w:rsidRDefault="0031746F" w:rsidP="00704FEA">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4B46E8E6" w14:textId="68668191" w:rsidR="00704FEA" w:rsidRPr="00064259" w:rsidRDefault="00704FEA" w:rsidP="00704FEA">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Hypothesis</w:t>
       </w:r>
       <w:r w:rsidRPr="00064259">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7A6191AC" w14:textId="77777777" w:rsidR="00704FEA" w:rsidRPr="00064259" w:rsidRDefault="00704FEA" w:rsidP="00704FEA">
       <w:pPr>
         <w:jc w:val="both"/>
@@ -2669,349 +4795,340 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D40D1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>TIME PLAN</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1099" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="47016394" w14:textId="77777777" w:rsidR="005828F2" w:rsidRPr="007D40D1" w:rsidRDefault="005828F2" w:rsidP="007D40D1">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="8B0058"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D40D1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="8B0058"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Year 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1100" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1B560234" w14:textId="77777777" w:rsidR="005828F2" w:rsidRPr="007D40D1" w:rsidRDefault="005828F2" w:rsidP="007D40D1">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="8B0058"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D40D1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="8B0058"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Year 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1099" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4D9F4BC6" w14:textId="77777777" w:rsidR="005828F2" w:rsidRPr="007D40D1" w:rsidRDefault="005828F2" w:rsidP="007D40D1">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="8B0058"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D40D1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="8B0058"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Year 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1100" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="732ABE52" w14:textId="77777777" w:rsidR="005828F2" w:rsidRPr="007D40D1" w:rsidRDefault="005828F2" w:rsidP="007D40D1">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="8B0058"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D40D1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="8B0058"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Year 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1100" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="49D4565C" w14:textId="77777777" w:rsidR="005828F2" w:rsidRPr="007D40D1" w:rsidRDefault="005828F2" w:rsidP="007D40D1">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="8B0058"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D40D1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="8B0058"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Year 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1099" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7201E9F3" w14:textId="77777777" w:rsidR="005828F2" w:rsidRPr="007D40D1" w:rsidRDefault="005828F2" w:rsidP="007D40D1">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="8B0058"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D40D1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="8B0058"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Year 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1100" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4E790A02" w14:textId="77777777" w:rsidR="005828F2" w:rsidRPr="007D40D1" w:rsidRDefault="005828F2" w:rsidP="007D40D1">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="8B0058"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D40D1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="8B0058"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Year 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1100" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1481DCF3" w14:textId="77777777" w:rsidR="005828F2" w:rsidRPr="007D40D1" w:rsidRDefault="005828F2" w:rsidP="007D40D1">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="8B0058"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D40D1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="8B0058"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Year 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005828F2" w14:paraId="06CCC1A1" w14:textId="77777777" w:rsidTr="007D40D1">
         <w:trPr>
           <w:trHeight w:val="291"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1803" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="64CD95FB" w14:textId="77777777" w:rsidR="005828F2" w:rsidRPr="007D40D1" w:rsidRDefault="005828F2" w:rsidP="007D40D1">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D40D1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Registration</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="549" w:type="dxa"/>
@@ -3398,51 +5515,50 @@
             <w:shd w:val="clear" w:color="auto" w:fill="FDEEE3"/>
           </w:tcPr>
           <w:p w14:paraId="758B947F" w14:textId="77777777" w:rsidR="005828F2" w:rsidRPr="007D40D1" w:rsidRDefault="005828F2" w:rsidP="007D40D1">
             <w:pPr>
               <w:spacing w:after="100" w:afterAutospacing="1"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="8B0058"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005828F2" w14:paraId="181FF95D" w14:textId="77777777" w:rsidTr="007D40D1">
         <w:trPr>
           <w:trHeight w:val="291"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1803" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="782CE9C5" w14:textId="77777777" w:rsidR="005828F2" w:rsidRPr="007D40D1" w:rsidRDefault="005828F2" w:rsidP="007D40D1">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D40D1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Study 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="549" w:type="dxa"/>
@@ -3845,51 +5961,50 @@
             <w:shd w:val="clear" w:color="auto" w:fill="FDEEE3"/>
           </w:tcPr>
           <w:p w14:paraId="44CA18A3" w14:textId="77777777" w:rsidR="005828F2" w:rsidRPr="007D40D1" w:rsidRDefault="005828F2" w:rsidP="007D40D1">
             <w:pPr>
               <w:spacing w:after="100" w:afterAutospacing="1"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="8B0058"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005828F2" w14:paraId="2FD8D0D5" w14:textId="77777777" w:rsidTr="007D40D1">
         <w:trPr>
           <w:trHeight w:val="291"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1803" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1DAE1797" w14:textId="77777777" w:rsidR="005828F2" w:rsidRPr="007D40D1" w:rsidRDefault="005828F2" w:rsidP="007D40D1">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D40D1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Study 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="549" w:type="dxa"/>
@@ -4274,51 +6389,50 @@
             <w:shd w:val="clear" w:color="auto" w:fill="FDEEE3"/>
           </w:tcPr>
           <w:p w14:paraId="7A086A09" w14:textId="77777777" w:rsidR="005828F2" w:rsidRPr="007D40D1" w:rsidRDefault="005828F2" w:rsidP="007D40D1">
             <w:pPr>
               <w:spacing w:after="100" w:afterAutospacing="1"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="8B0058"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005828F2" w14:paraId="35ABE4CA" w14:textId="77777777" w:rsidTr="007D40D1">
         <w:trPr>
           <w:trHeight w:val="281"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1803" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2BD05512" w14:textId="77777777" w:rsidR="005828F2" w:rsidRPr="007D40D1" w:rsidRDefault="005828F2" w:rsidP="007D40D1">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D40D1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Study 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="549" w:type="dxa"/>
@@ -4703,51 +6817,50 @@
             <w:shd w:val="clear" w:color="auto" w:fill="FDEEE3"/>
           </w:tcPr>
           <w:p w14:paraId="37D30677" w14:textId="77777777" w:rsidR="005828F2" w:rsidRPr="007D40D1" w:rsidRDefault="005828F2" w:rsidP="007D40D1">
             <w:pPr>
               <w:spacing w:after="100" w:afterAutospacing="1"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="8B0058"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005828F2" w14:paraId="6BE1AC7A" w14:textId="77777777" w:rsidTr="007D40D1">
         <w:trPr>
           <w:trHeight w:val="241"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1803" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1E74DFE5" w14:textId="77777777" w:rsidR="005828F2" w:rsidRPr="007D40D1" w:rsidRDefault="005828F2" w:rsidP="007D40D1">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D40D1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Study 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="549" w:type="dxa"/>
@@ -5132,51 +7245,50 @@
             <w:shd w:val="clear" w:color="auto" w:fill="FDEEE3"/>
           </w:tcPr>
           <w:p w14:paraId="7B9DB2CF" w14:textId="77777777" w:rsidR="005828F2" w:rsidRPr="007D40D1" w:rsidRDefault="005828F2" w:rsidP="007D40D1">
             <w:pPr>
               <w:spacing w:after="100" w:afterAutospacing="1"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="8B0058"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005828F2" w14:paraId="605A0EF7" w14:textId="77777777" w:rsidTr="007D40D1">
         <w:trPr>
           <w:trHeight w:val="291"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1803" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4BA2B922" w14:textId="77777777" w:rsidR="005828F2" w:rsidRPr="007D40D1" w:rsidRDefault="005828F2" w:rsidP="007D40D1">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D40D1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>PhD courses</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="549" w:type="dxa"/>
@@ -5561,51 +7673,50 @@
             <w:shd w:val="clear" w:color="auto" w:fill="FDEEE3"/>
           </w:tcPr>
           <w:p w14:paraId="3D50D076" w14:textId="77777777" w:rsidR="005828F2" w:rsidRPr="007D40D1" w:rsidRDefault="005828F2" w:rsidP="007D40D1">
             <w:pPr>
               <w:spacing w:after="100" w:afterAutospacing="1"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="8B0058"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005828F2" w14:paraId="5E3A81A2" w14:textId="77777777" w:rsidTr="007D40D1">
         <w:trPr>
           <w:trHeight w:val="291"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1803" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="79FCFA3C" w14:textId="77777777" w:rsidR="005828F2" w:rsidRPr="007D40D1" w:rsidRDefault="005828F2" w:rsidP="007D40D1">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D40D1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>PhD activities</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="549" w:type="dxa"/>
@@ -5993,51 +8104,50 @@
             <w:pPr>
               <w:spacing w:after="100" w:afterAutospacing="1"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="8B0058"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005828F2" w14:paraId="488B5514" w14:textId="77777777" w:rsidTr="007D40D1">
         <w:trPr>
           <w:trHeight w:val="291"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1803" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="058BFF6B" w14:textId="77777777" w:rsidR="005828F2" w:rsidRPr="007D40D1" w:rsidRDefault="005828F2" w:rsidP="007D40D1">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:ind w:right="-159"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D40D1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Half-time review</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -6476,51 +8586,50 @@
             <w:pPr>
               <w:spacing w:after="100" w:afterAutospacing="1"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="8B0058"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005828F2" w14:paraId="100E4A27" w14:textId="77777777" w:rsidTr="007D40D1">
         <w:trPr>
           <w:trHeight w:val="291"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1803" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="244BCE6A" w14:textId="5D5BDE28" w:rsidR="005828F2" w:rsidRPr="007D40D1" w:rsidRDefault="005828F2" w:rsidP="007D40D1">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D40D1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Dissertation</w:t>
             </w:r>
             <w:r w:rsidR="00B820A7">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <mc:AlternateContent>
@@ -7144,50 +9253,51 @@
     <w:p w14:paraId="57F69449" w14:textId="4586D43A" w:rsidR="00B86B33" w:rsidRPr="00B86B33" w:rsidRDefault="00B86B33" w:rsidP="005828F2">
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:ind w:right="283"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="8B0058"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B86B33">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="8B0058"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Brief description of research environment</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="01D2DA05" w14:textId="725DCCA0" w:rsidR="004A4B45" w:rsidRDefault="009172D5" w:rsidP="00EC42B3">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="333333"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="333333"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Describe the research environment where the student will carry out the</w:t>
       </w:r>
       <w:r w:rsidR="00E12894">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="333333"/>
@@ -7474,50 +9584,58 @@
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="MS Gothic">
+    <w:altName w:val="ＭＳ ゴシック"/>
+    <w:panose1 w:val="020B0609070205080204"/>
+    <w:charset w:val="80"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="222B3D28" w14:textId="77777777" w:rsidR="00680706" w:rsidRDefault="00680706">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="7B6A9FF2" w14:textId="77777777" w:rsidR="00680706" w:rsidRDefault="00680706">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
@@ -9160,51 +11278,52 @@
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="130289958">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="248541270">
     <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="1346589560">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="1600093770">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="757140742">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="1382099813">
     <w:abstractNumId w:val="11"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="108"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:documentProtection w:edit="forms" w:enforcement="0"/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
@@ -9225,64 +11344,66 @@
     <w:rsid w:val="000443D8"/>
     <w:rsid w:val="00045969"/>
     <w:rsid w:val="00052E9F"/>
     <w:rsid w:val="000572AE"/>
     <w:rsid w:val="00060615"/>
     <w:rsid w:val="000671FB"/>
     <w:rsid w:val="00067551"/>
     <w:rsid w:val="00074DF0"/>
     <w:rsid w:val="000808F0"/>
     <w:rsid w:val="00082C3B"/>
     <w:rsid w:val="000838AF"/>
     <w:rsid w:val="00086A6E"/>
     <w:rsid w:val="000879A9"/>
     <w:rsid w:val="000968CD"/>
     <w:rsid w:val="000A0B80"/>
     <w:rsid w:val="000A7AE4"/>
     <w:rsid w:val="000B34EE"/>
     <w:rsid w:val="000B38CB"/>
     <w:rsid w:val="000B5364"/>
     <w:rsid w:val="000C014A"/>
     <w:rsid w:val="000C1E0C"/>
     <w:rsid w:val="000C2277"/>
     <w:rsid w:val="000C2801"/>
     <w:rsid w:val="000C4595"/>
     <w:rsid w:val="000C71BB"/>
+    <w:rsid w:val="000D579C"/>
     <w:rsid w:val="000D7470"/>
     <w:rsid w:val="000E5012"/>
     <w:rsid w:val="000E793B"/>
     <w:rsid w:val="000F02C1"/>
     <w:rsid w:val="000F0F26"/>
     <w:rsid w:val="000F1624"/>
     <w:rsid w:val="000F1B1A"/>
     <w:rsid w:val="000F50C7"/>
     <w:rsid w:val="000F60D6"/>
     <w:rsid w:val="00101C0F"/>
     <w:rsid w:val="0010454F"/>
     <w:rsid w:val="00104EEB"/>
     <w:rsid w:val="00105B4A"/>
     <w:rsid w:val="00111DA0"/>
+    <w:rsid w:val="001138C2"/>
     <w:rsid w:val="00121F38"/>
     <w:rsid w:val="00122784"/>
     <w:rsid w:val="001267BB"/>
     <w:rsid w:val="00126B8A"/>
     <w:rsid w:val="00131C69"/>
     <w:rsid w:val="00131D43"/>
     <w:rsid w:val="001368E7"/>
     <w:rsid w:val="00136E54"/>
     <w:rsid w:val="001410C2"/>
     <w:rsid w:val="00141896"/>
     <w:rsid w:val="00144A68"/>
     <w:rsid w:val="0014772B"/>
     <w:rsid w:val="00152B76"/>
     <w:rsid w:val="00154B03"/>
     <w:rsid w:val="00156FBE"/>
     <w:rsid w:val="00161065"/>
     <w:rsid w:val="00161303"/>
     <w:rsid w:val="00163BCA"/>
     <w:rsid w:val="0016673C"/>
     <w:rsid w:val="00171CA7"/>
     <w:rsid w:val="0017269E"/>
     <w:rsid w:val="00173130"/>
     <w:rsid w:val="001756BC"/>
     <w:rsid w:val="00175CC5"/>
     <w:rsid w:val="00181A25"/>
@@ -9353,50 +11474,51 @@
     <w:rsid w:val="002D21B0"/>
     <w:rsid w:val="002D7E37"/>
     <w:rsid w:val="002E0B88"/>
     <w:rsid w:val="002E2D28"/>
     <w:rsid w:val="002E2E8A"/>
     <w:rsid w:val="002E6FCB"/>
     <w:rsid w:val="002F0E02"/>
     <w:rsid w:val="002F0E1B"/>
     <w:rsid w:val="002F1D26"/>
     <w:rsid w:val="002F2E85"/>
     <w:rsid w:val="002F387F"/>
     <w:rsid w:val="002F4F16"/>
     <w:rsid w:val="002F5848"/>
     <w:rsid w:val="00301702"/>
     <w:rsid w:val="00304C95"/>
     <w:rsid w:val="00305B9D"/>
     <w:rsid w:val="003062C7"/>
     <w:rsid w:val="00306305"/>
     <w:rsid w:val="00307EAD"/>
     <w:rsid w:val="00310A5F"/>
     <w:rsid w:val="00311F3E"/>
     <w:rsid w:val="00313FC0"/>
     <w:rsid w:val="00314019"/>
     <w:rsid w:val="00315375"/>
     <w:rsid w:val="003165A0"/>
+    <w:rsid w:val="0031746F"/>
     <w:rsid w:val="003235DF"/>
     <w:rsid w:val="00327148"/>
     <w:rsid w:val="003305FC"/>
     <w:rsid w:val="0033798E"/>
     <w:rsid w:val="00337E80"/>
     <w:rsid w:val="00340EB8"/>
     <w:rsid w:val="00342097"/>
     <w:rsid w:val="00342D4C"/>
     <w:rsid w:val="00342D92"/>
     <w:rsid w:val="00344EB7"/>
     <w:rsid w:val="00346E46"/>
     <w:rsid w:val="0034703D"/>
     <w:rsid w:val="00347D9A"/>
     <w:rsid w:val="00351323"/>
     <w:rsid w:val="00355FA5"/>
     <w:rsid w:val="00364B1B"/>
     <w:rsid w:val="003724A1"/>
     <w:rsid w:val="003759C7"/>
     <w:rsid w:val="00376C1C"/>
     <w:rsid w:val="00386E44"/>
     <w:rsid w:val="00392B49"/>
     <w:rsid w:val="00395762"/>
     <w:rsid w:val="00396D92"/>
     <w:rsid w:val="00396E78"/>
     <w:rsid w:val="00397998"/>
@@ -9436,50 +11558,51 @@
     <w:rsid w:val="00437823"/>
     <w:rsid w:val="0044164D"/>
     <w:rsid w:val="00445B75"/>
     <w:rsid w:val="004517F1"/>
     <w:rsid w:val="00461379"/>
     <w:rsid w:val="00465B09"/>
     <w:rsid w:val="004733E5"/>
     <w:rsid w:val="0047409A"/>
     <w:rsid w:val="0047577C"/>
     <w:rsid w:val="00483348"/>
     <w:rsid w:val="0049210D"/>
     <w:rsid w:val="00492B43"/>
     <w:rsid w:val="00493ABB"/>
     <w:rsid w:val="004A31F3"/>
     <w:rsid w:val="004A4B45"/>
     <w:rsid w:val="004B2E11"/>
     <w:rsid w:val="004B5549"/>
     <w:rsid w:val="004B6710"/>
     <w:rsid w:val="004B70AC"/>
     <w:rsid w:val="004C13C3"/>
     <w:rsid w:val="004C4218"/>
     <w:rsid w:val="004C7003"/>
     <w:rsid w:val="004C7A79"/>
     <w:rsid w:val="004D346E"/>
     <w:rsid w:val="004D79B3"/>
+    <w:rsid w:val="004E199D"/>
     <w:rsid w:val="004E7C8D"/>
     <w:rsid w:val="004F2C4E"/>
     <w:rsid w:val="004F2D40"/>
     <w:rsid w:val="004F5AD1"/>
     <w:rsid w:val="004F740A"/>
     <w:rsid w:val="004F7D19"/>
     <w:rsid w:val="00504C1D"/>
     <w:rsid w:val="00504D7D"/>
     <w:rsid w:val="00510A6B"/>
     <w:rsid w:val="00513013"/>
     <w:rsid w:val="005165EA"/>
     <w:rsid w:val="00517AE8"/>
     <w:rsid w:val="005245E0"/>
     <w:rsid w:val="0052647B"/>
     <w:rsid w:val="00526CBB"/>
     <w:rsid w:val="00527FED"/>
     <w:rsid w:val="005340E0"/>
     <w:rsid w:val="0053506E"/>
     <w:rsid w:val="00535D64"/>
     <w:rsid w:val="00537479"/>
     <w:rsid w:val="00540581"/>
     <w:rsid w:val="00541189"/>
     <w:rsid w:val="005518FF"/>
     <w:rsid w:val="00553129"/>
     <w:rsid w:val="005554FC"/>
@@ -9634,93 +11757,95 @@
     <w:rsid w:val="00837FB6"/>
     <w:rsid w:val="00840A6F"/>
     <w:rsid w:val="00847015"/>
     <w:rsid w:val="00850839"/>
     <w:rsid w:val="00852623"/>
     <w:rsid w:val="008557B4"/>
     <w:rsid w:val="008613AB"/>
     <w:rsid w:val="008624D7"/>
     <w:rsid w:val="0086358F"/>
     <w:rsid w:val="00866983"/>
     <w:rsid w:val="00886AC4"/>
     <w:rsid w:val="008920E6"/>
     <w:rsid w:val="00897CBF"/>
     <w:rsid w:val="008A0A84"/>
     <w:rsid w:val="008A1856"/>
     <w:rsid w:val="008A7656"/>
     <w:rsid w:val="008A7695"/>
     <w:rsid w:val="008B18FF"/>
     <w:rsid w:val="008B255D"/>
     <w:rsid w:val="008B7090"/>
     <w:rsid w:val="008C214A"/>
     <w:rsid w:val="008C2751"/>
     <w:rsid w:val="008C36F6"/>
     <w:rsid w:val="008D592A"/>
     <w:rsid w:val="008E1CFD"/>
+    <w:rsid w:val="008E4F04"/>
     <w:rsid w:val="008F04CD"/>
     <w:rsid w:val="008F4765"/>
     <w:rsid w:val="008F52A4"/>
     <w:rsid w:val="00903CBE"/>
     <w:rsid w:val="0090433F"/>
     <w:rsid w:val="009059BB"/>
     <w:rsid w:val="00905D74"/>
     <w:rsid w:val="009073E5"/>
     <w:rsid w:val="00911A33"/>
     <w:rsid w:val="00914AB3"/>
     <w:rsid w:val="009172D5"/>
     <w:rsid w:val="00917AF7"/>
     <w:rsid w:val="00921A59"/>
     <w:rsid w:val="0092425A"/>
     <w:rsid w:val="00925781"/>
     <w:rsid w:val="00933FBD"/>
     <w:rsid w:val="00934D1A"/>
     <w:rsid w:val="00937D5B"/>
     <w:rsid w:val="009423A9"/>
     <w:rsid w:val="00947561"/>
     <w:rsid w:val="009478E0"/>
     <w:rsid w:val="00950CB3"/>
     <w:rsid w:val="009510F1"/>
     <w:rsid w:val="009519B8"/>
     <w:rsid w:val="00952948"/>
     <w:rsid w:val="0095541A"/>
     <w:rsid w:val="009607A8"/>
     <w:rsid w:val="0096112B"/>
     <w:rsid w:val="00962072"/>
     <w:rsid w:val="0096758A"/>
     <w:rsid w:val="00973337"/>
     <w:rsid w:val="00974868"/>
     <w:rsid w:val="009757B1"/>
     <w:rsid w:val="00975960"/>
     <w:rsid w:val="009833BA"/>
     <w:rsid w:val="009911F1"/>
     <w:rsid w:val="00991AB2"/>
     <w:rsid w:val="00991BB1"/>
     <w:rsid w:val="009925EF"/>
     <w:rsid w:val="009934DD"/>
     <w:rsid w:val="00994B47"/>
     <w:rsid w:val="009958E7"/>
     <w:rsid w:val="00997BE3"/>
+    <w:rsid w:val="009A1164"/>
     <w:rsid w:val="009A373D"/>
     <w:rsid w:val="009A4089"/>
     <w:rsid w:val="009B08CB"/>
     <w:rsid w:val="009B2513"/>
     <w:rsid w:val="009C2859"/>
     <w:rsid w:val="009C2A1B"/>
     <w:rsid w:val="009C58FA"/>
     <w:rsid w:val="009C7F90"/>
     <w:rsid w:val="009D014E"/>
     <w:rsid w:val="009D0151"/>
     <w:rsid w:val="009D0398"/>
     <w:rsid w:val="009D15F1"/>
     <w:rsid w:val="009D57D2"/>
     <w:rsid w:val="009E1E79"/>
     <w:rsid w:val="009E4A56"/>
     <w:rsid w:val="009E70BB"/>
     <w:rsid w:val="009F0D57"/>
     <w:rsid w:val="009F17DB"/>
     <w:rsid w:val="009F475F"/>
     <w:rsid w:val="009F64EA"/>
     <w:rsid w:val="009F72D3"/>
     <w:rsid w:val="00A00F7C"/>
     <w:rsid w:val="00A0144E"/>
     <w:rsid w:val="00A03370"/>
     <w:rsid w:val="00A10DE4"/>
@@ -9792,50 +11917,51 @@
     <w:rsid w:val="00B47CA5"/>
     <w:rsid w:val="00B503F8"/>
     <w:rsid w:val="00B5544F"/>
     <w:rsid w:val="00B57CD3"/>
     <w:rsid w:val="00B62827"/>
     <w:rsid w:val="00B6383C"/>
     <w:rsid w:val="00B661AA"/>
     <w:rsid w:val="00B67F98"/>
     <w:rsid w:val="00B7395F"/>
     <w:rsid w:val="00B77E3D"/>
     <w:rsid w:val="00B820A7"/>
     <w:rsid w:val="00B83C06"/>
     <w:rsid w:val="00B86B33"/>
     <w:rsid w:val="00B90BF2"/>
     <w:rsid w:val="00B91A5C"/>
     <w:rsid w:val="00B95DB3"/>
     <w:rsid w:val="00B96377"/>
     <w:rsid w:val="00BA1FEE"/>
     <w:rsid w:val="00BA496B"/>
     <w:rsid w:val="00BA4E2A"/>
     <w:rsid w:val="00BA4FEF"/>
     <w:rsid w:val="00BA7304"/>
     <w:rsid w:val="00BA768E"/>
     <w:rsid w:val="00BB28E9"/>
     <w:rsid w:val="00BB4CC1"/>
+    <w:rsid w:val="00BC4A5F"/>
     <w:rsid w:val="00BD29FB"/>
     <w:rsid w:val="00BD6F9B"/>
     <w:rsid w:val="00BD70C8"/>
     <w:rsid w:val="00BE4C34"/>
     <w:rsid w:val="00BE5FC2"/>
     <w:rsid w:val="00BF3EB2"/>
     <w:rsid w:val="00BF4F43"/>
     <w:rsid w:val="00BF5BD9"/>
     <w:rsid w:val="00C0281B"/>
     <w:rsid w:val="00C02BE0"/>
     <w:rsid w:val="00C04EB8"/>
     <w:rsid w:val="00C062BD"/>
     <w:rsid w:val="00C11092"/>
     <w:rsid w:val="00C118E0"/>
     <w:rsid w:val="00C17582"/>
     <w:rsid w:val="00C17939"/>
     <w:rsid w:val="00C37016"/>
     <w:rsid w:val="00C37E31"/>
     <w:rsid w:val="00C409BC"/>
     <w:rsid w:val="00C4221B"/>
     <w:rsid w:val="00C45AC1"/>
     <w:rsid w:val="00C47072"/>
     <w:rsid w:val="00C4739F"/>
     <w:rsid w:val="00C5399B"/>
     <w:rsid w:val="00C54C39"/>
@@ -9954,50 +12080,51 @@
     <w:rsid w:val="00EE4F09"/>
     <w:rsid w:val="00EE5101"/>
     <w:rsid w:val="00EF0150"/>
     <w:rsid w:val="00EF0A84"/>
     <w:rsid w:val="00EF38BA"/>
     <w:rsid w:val="00F04145"/>
     <w:rsid w:val="00F058C7"/>
     <w:rsid w:val="00F1082C"/>
     <w:rsid w:val="00F111C1"/>
     <w:rsid w:val="00F146E7"/>
     <w:rsid w:val="00F245DB"/>
     <w:rsid w:val="00F24A3F"/>
     <w:rsid w:val="00F257F1"/>
     <w:rsid w:val="00F26D96"/>
     <w:rsid w:val="00F27C34"/>
     <w:rsid w:val="00F30DA7"/>
     <w:rsid w:val="00F32FA2"/>
     <w:rsid w:val="00F41A66"/>
     <w:rsid w:val="00F45018"/>
     <w:rsid w:val="00F45085"/>
     <w:rsid w:val="00F50F14"/>
     <w:rsid w:val="00F5160C"/>
     <w:rsid w:val="00F61115"/>
     <w:rsid w:val="00F6421F"/>
     <w:rsid w:val="00F65095"/>
+    <w:rsid w:val="00F674E7"/>
     <w:rsid w:val="00F73EBE"/>
     <w:rsid w:val="00F80786"/>
     <w:rsid w:val="00F8339D"/>
     <w:rsid w:val="00F84758"/>
     <w:rsid w:val="00F84B41"/>
     <w:rsid w:val="00F87E4E"/>
     <w:rsid w:val="00F93335"/>
     <w:rsid w:val="00F9564E"/>
     <w:rsid w:val="00FA3EBB"/>
     <w:rsid w:val="00FA6E0A"/>
     <w:rsid w:val="00FA7647"/>
     <w:rsid w:val="00FB2618"/>
     <w:rsid w:val="00FC1E75"/>
     <w:rsid w:val="00FC2631"/>
     <w:rsid w:val="00FC2FF4"/>
     <w:rsid w:val="00FC3412"/>
     <w:rsid w:val="00FC6FC6"/>
     <w:rsid w:val="00FD1C10"/>
     <w:rsid w:val="00FD36E9"/>
     <w:rsid w:val="00FD63F7"/>
     <w:rsid w:val="00FD7349"/>
     <w:rsid w:val="00FD7F05"/>
     <w:rsid w:val="00FE02F8"/>
     <w:rsid w:val="00FE0568"/>
     <w:rsid w:val="00FE4AFE"/>
@@ -11198,77 +13325,77 @@
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D74934EE-767D-394F-A263-968612279AF3}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
-[...1 lines deleted...]
-  <Characters>2810</Characters>
+  <Pages>3</Pages>
+  <Words>647</Words>
+  <Characters>3431</Characters>
   <Application>Microsoft Office Word</Application>
-  <DocSecurity>0</DocSecurity>
-[...1 lines deleted...]
-  <Paragraphs>6</Paragraphs>
+  <DocSecurity>4</DocSecurity>
+  <Lines>28</Lines>
+  <Paragraphs>8</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
-        <vt:lpstr>Rubrik</vt:lpstr>
+        <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpstr>Title</vt:lpstr>
+        <vt:lpstr>Rubrik</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>Studieplan</vt:lpstr>
       <vt:lpstr>Studieplan</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Förvaltningen</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3228</CharactersWithSpaces>
+  <CharactersWithSpaces>4070</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Studieplan</dc:title>
   <dc:subject>Studieplan</dc:subject>
   <dc:creator>helasp</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>